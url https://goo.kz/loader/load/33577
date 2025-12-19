--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,35764 +1,46352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0043631E" w:rsidRPr="0043631E" w:rsidRDefault="0043631E" w:rsidP="0043631E">
+    <w:p w:rsidR="000B6070" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...148 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A159C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Официальная ссылка </w:t>
-[...70 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>ЖОБА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0043631E" w:rsidRPr="0043631E" w:rsidRDefault="0043631E" w:rsidP="0043631E">
-[...34029 lines deleted...]
-    <w:p w:rsidR="00863448" w:rsidRPr="00863448" w:rsidRDefault="00863448" w:rsidP="00863448">
+    <w:p w:rsidR="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00863448" w:rsidRPr="00863448" w:rsidSect="009E60C8">
+    <w:p w:rsidR="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A159C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБТ немесе кешенді тестілеудің бейінді пәндері көрсетілген жоғары білімнің мамандықтар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9371" w:type="dxa"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="579"/>
+        <w:gridCol w:w="1240"/>
+        <w:gridCol w:w="3158"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="2083"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шифр </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мамандықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00093A9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>комбинациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00093A9D" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00093A9D" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A159C6" w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәрбиелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастауышта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқытудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдістемесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бастапқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әскери</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дефектология </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейнелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006A4305">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шынықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В010900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Физика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Химия  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">География </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="840"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В011900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ек</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқытпайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектептердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқытпайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектептердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>иология</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нформатика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нформатика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В012900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В013000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гуманитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Философия  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қатынастыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мәдениеттану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Филология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дінтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аударма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Археология </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> этнология </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В020900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шығыстану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В021000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>филологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В021100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Теология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В021200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Түркітану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В021500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исламтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В030100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқықтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В030200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В030300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В030400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кеден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құқық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкатану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аспаптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орындаушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вокалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дирижерлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Режиссура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Актерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Эстрада </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В040900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хореография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сценография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Композиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Операторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кескіндеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Графика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мүсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өнертану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В041900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұражай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ескерткіштерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В042000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>улет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В042100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дизайн </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В042200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баспа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В042300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Арт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - менеджмент </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, экономика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлеуметтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Саясаттану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Журналистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аймақтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Менеджмент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Есеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В050900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қаржы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жергілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басқару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Маркетинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Статистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлемді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="684"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұрағаттану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаттамалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В051900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нормалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В052100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аудит</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В052300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорт </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>менеджменті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информатика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Механика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Физика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ядролық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Биология </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экология   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В060900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">География </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В061000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гидрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В061100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Физика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> астрономия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В061200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Метеорология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Биотехнология </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Автоматтандыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басқару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүйелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Есептеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғдарламалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>компьютерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>модельдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Геология </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пайдалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазбалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>барлау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тау-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұнай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> газ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В070900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Металлургия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Материал </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жа</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Геодезия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> картография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Машина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Көлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> техника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Авиациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> техника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B071500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Теңіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аспап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жылу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>энергетикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>энергетикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В071900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радиотехника, электроника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>телекоммуникациялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейорганикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Органикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Полиграфия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Технологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>машиналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (сала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ағаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағаштан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолданылу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>саласы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жеңіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнеркәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құрастырылуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Азы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнімдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (сала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В072900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құрылыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1275"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құрылыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>материалдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бұйымдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құрастырылымдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өндіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоршаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ортаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тіршілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="930"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (сала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тоқыма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>материалдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жобалануы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пайдалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазбаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>133</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В073800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Материалдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қысыммен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B074300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұшатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аппараттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қозғалтқыштарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұшуда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В074500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құрылысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В074600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғарыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиялары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В074800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фармацевтикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В075000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Метрология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В075200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инженерлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үйелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>желілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В075300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балқуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қиын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейметалл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>силикатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>материалдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ауылшаруашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Агрономия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1065"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мал </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнімдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өндіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аңшылықтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнеркәсіпті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аулау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Су </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ресурстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суды </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>146</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аграрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> техника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> технология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ресурстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Топырақтану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> агрохимия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В080900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жеміс-көкөніс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В081000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мелиорациялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>баптау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>151</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В081100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өсімді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> карантин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="945"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В081200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ауыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шаруашылығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>энергиямен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қозғалысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тасымалдауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орналастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлеуметті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мәдени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тынығ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кадастр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В090900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Логистика (сала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В091000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кітапхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>162</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В091200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мейрамхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мейманхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бизнесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әскери</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В100100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В100200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпсізді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үйелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="660"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (медицина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В110100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мейірбике</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В110200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>167</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В110300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фармация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5В110400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медициналық-профилактикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12. ВЕТЕРИНАРИЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>169</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ветеринарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B120200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ветеринарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санитария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (медицина)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стоматология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9371" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B140100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орындаушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B140200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Халықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аспаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidTr="00A159C6">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5B140300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A159C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidRDefault="00A159C6" w:rsidP="00A159C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A159C6" w:rsidRPr="00A159C6" w:rsidSect="00A159C6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005A27B6"/>
+    <w:rsidRoot w:val="00542C19"/>
+    <w:rsid w:val="00093A9D"/>
     <w:rsid w:val="000B6070"/>
-    <w:rsid w:val="0043631E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00542C19"/>
+    <w:rsid w:val="006A4305"/>
+    <w:rsid w:val="00A159C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{BFC09408-2C94-468D-AFA7-7F93608D07A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font5">
-    <w:name w:val="font5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl63">
+    <w:name w:val="xl63"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
-[...14 lines deleted...]
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl65">
-    <w:name w:val="xl65"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl64">
+    <w:name w:val="xl64"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
-    <w:name w:val="xl66"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl65">
+    <w:name w:val="xl65"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
-[...70 lines deleted...]
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
-    <w:name w:val="xl70"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
-    <w:name w:val="xl71"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
-    <w:name w:val="xl72"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
-    <w:name w:val="xl73"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
-    <w:name w:val="xl74"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
+    <w:name w:val="xl71"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
+    <w:name w:val="xl72"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
+    <w:name w:val="xl73"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
-    <w:name w:val="xl75"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
-    <w:name w:val="xl76"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
-[...20 lines deleted...]
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl77">
+    <w:name w:val="xl77"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl78">
     <w:name w:val="xl78"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
+    <w:name w:val="xl79"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
-    <w:name w:val="xl79"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl80">
+    <w:name w:val="xl80"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl80">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl81">
     <w:name w:val="xl81"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl82">
     <w:name w:val="xl82"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl83">
+    <w:name w:val="xl83"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl84">
+    <w:name w:val="xl84"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl85">
+    <w:name w:val="xl85"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl86">
+    <w:name w:val="xl86"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl87">
+    <w:name w:val="xl87"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="FF0000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl83">
-    <w:name w:val="xl83"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl88">
+    <w:name w:val="xl88"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl89">
+    <w:name w:val="xl89"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl90">
+    <w:name w:val="xl90"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl91">
+    <w:name w:val="xl91"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl92">
+    <w:name w:val="xl92"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl93">
+    <w:name w:val="xl93"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl94">
+    <w:name w:val="xl94"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl95">
+    <w:name w:val="xl95"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl96">
+    <w:name w:val="xl96"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl84">
-    <w:name w:val="xl84"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl97">
+    <w:name w:val="xl97"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl98">
+    <w:name w:val="xl98"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl85">
-    <w:name w:val="xl85"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl99">
+    <w:name w:val="xl99"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
-[...90 lines deleted...]
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl90">
-    <w:name w:val="xl90"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl100">
+    <w:name w:val="xl100"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl91">
-    <w:name w:val="xl91"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl101">
+    <w:name w:val="xl101"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl92">
-    <w:name w:val="xl92"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl102">
+    <w:name w:val="xl102"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl93">
-    <w:name w:val="xl93"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl103">
+    <w:name w:val="xl103"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl94">
-    <w:name w:val="xl94"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl104">
+    <w:name w:val="xl104"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl95">
-    <w:name w:val="xl95"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl105">
+    <w:name w:val="xl105"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl106">
+    <w:name w:val="xl106"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl107">
+    <w:name w:val="xl107"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl108">
+    <w:name w:val="xl108"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl96">
-    <w:name w:val="xl96"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl109">
+    <w:name w:val="xl109"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl97">
-    <w:name w:val="xl97"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl110">
+    <w:name w:val="xl110"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl98">
-    <w:name w:val="xl98"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl111">
+    <w:name w:val="xl111"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A159C6"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A159C6"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl63">
+    <w:name w:val="xl63"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl64">
+    <w:name w:val="xl64"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl65">
+    <w:name w:val="xl65"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
+    <w:name w:val="xl71"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
+    <w:name w:val="xl72"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
+    <w:name w:val="xl73"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl77">
+    <w:name w:val="xl77"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl78">
+    <w:name w:val="xl78"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
+    <w:name w:val="xl79"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl80">
+    <w:name w:val="xl80"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl81">
+    <w:name w:val="xl81"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl82">
+    <w:name w:val="xl82"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl83">
+    <w:name w:val="xl83"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl84">
+    <w:name w:val="xl84"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl85">
+    <w:name w:val="xl85"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl86">
+    <w:name w:val="xl86"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl87">
+    <w:name w:val="xl87"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl88">
+    <w:name w:val="xl88"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl89">
+    <w:name w:val="xl89"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl90">
+    <w:name w:val="xl90"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl91">
+    <w:name w:val="xl91"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl92">
+    <w:name w:val="xl92"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl93">
+    <w:name w:val="xl93"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl94">
+    <w:name w:val="xl94"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl95">
+    <w:name w:val="xl95"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl96">
+    <w:name w:val="xl96"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl97">
+    <w:name w:val="xl97"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl98">
+    <w:name w:val="xl98"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl99">
     <w:name w:val="xl99"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl100">
+    <w:name w:val="xl100"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl101">
+    <w:name w:val="xl101"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl102">
+    <w:name w:val="xl102"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl103">
+    <w:name w:val="xl103"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl104">
+    <w:name w:val="xl104"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl105">
+    <w:name w:val="xl105"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl100">
-    <w:name w:val="xl100"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl106">
+    <w:name w:val="xl106"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl101">
-    <w:name w:val="xl101"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl107">
+    <w:name w:val="xl107"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009E60C8"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl108">
+    <w:name w:val="xl108"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0043631E"/>
+    <w:rsid w:val="00A159C6"/>
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl109">
+    <w:name w:val="xl109"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl110">
+    <w:name w:val="xl110"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl111">
+    <w:name w:val="xl111"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A159C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1376662955">
-[...12 lines deleted...]
-    <w:div w:id="1621183795">
+    <w:div w:id="1701931200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -36004,57 +46592,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>9969</Characters>
+  <Pages>7</Pages>
+  <Words>1642</Words>
+  <Characters>9363</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11694</CharactersWithSpaces>
+  <CharactersWithSpaces>10984</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Наужан Дидарбекова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>