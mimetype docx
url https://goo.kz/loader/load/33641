--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -2,669 +2,676 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00201F47" w:rsidRPr="00201F47" w:rsidRDefault="00201F47" w:rsidP="00201F47">
-      <w:pPr>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00184C19" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00201F47">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2016 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00201F47">
+        <w:t>О работе по повышению качества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жылы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00201F47">
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00201F47">
+        <w:t>оказания государственных услуг в 2016 году</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00184C19" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мемлекетт</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00184C19" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с Реестром государственных услуг, утвержденных постановлением Правительства РК от 18.09.2013 года № 983 (с дополнениями и изменениями от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15 декабря 2016 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. № 816) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отделом образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вида государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Непосредственно через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдел образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 2016 году было оказано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32268 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных слуг, в том числе через ЦОН 2585, (в 2015 году – 1972 услуг), что на 23,7 %  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>больше прошлого года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00184C19" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вид</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00201F47">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в электронном формате </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>недрена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> систем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Е - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При оказании государственных услуг работниками </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> допущено 5 нарушений при постановке в очередь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>детей дошкольного возраста (до 7 лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="007B0C7B" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По фактам нарушений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пециалист и заведующая сектором дошкольных учреждений получили дисциплинарное взыскание в виде замечания (приказа № 34 от 15.09.2016 и № 37 от 30.09.2016 год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00184C19" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отделом образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ік қызмет көрсету сапасын жоғарылату бойынша</w:t>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приняты соответствующие меры по недопущению впредь нарушений сроков и обеспечения качества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жұмыс туралы</w:t>
+        <w:t xml:space="preserve"> оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721A45" w:rsidRPr="00201F47" w:rsidRDefault="00201F47" w:rsidP="00721A45">
+    <w:p w:rsidR="00ED0720" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для повышения профессионального уровня сотрудников </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00201F47">
+        <w:t>отдела образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ҚР Үкіметінің 18.09.2013 жылғы № 983 қаулысымен (өзгертулер және толықтырулармен 15 желтоқсан 2016 ж. № 816) бекітілген мемлекеттік қызметтер Реестріне сәйкес</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00184C19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Павлодар қаласының білім беру бөлімімен мемлекеттік қызметтің 22 түрі көрсетіледі.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00721A45" w:rsidRPr="00201F47">
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00184C19">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> оказывающие государственные услуги, специалистами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>АО «Национальные информационные технологии» регулярно проводит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00184C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техническая учеба по вопросам оказания государственных услуг в электронном формате.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434268" w:rsidRPr="00E224F6" w:rsidRDefault="00E224F6" w:rsidP="00434268">
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00871310" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0720" w:rsidRPr="00F6135D" w:rsidRDefault="00ED0720" w:rsidP="00ED0720">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="005130DC" w:rsidRPr="00ED0720" w:rsidRDefault="005130DC" w:rsidP="00ED0720">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тікелей Павлодар қаласының білім беру бөлімімен 2016 жылы 32268 мемлекеттік қызмет көрсетілді</w:t>
-[...476 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00F6135D" w:rsidSect="00F72E04">
+    <w:sectPr w:rsidR="005130DC" w:rsidRPr="00ED0720" w:rsidSect="00F72E04">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -845,71 +852,72 @@
     <w:rsid w:val="00133D30"/>
     <w:rsid w:val="00137966"/>
     <w:rsid w:val="00184C19"/>
     <w:rsid w:val="00201F47"/>
     <w:rsid w:val="0024286C"/>
     <w:rsid w:val="002754CC"/>
     <w:rsid w:val="0032681B"/>
     <w:rsid w:val="003C4769"/>
     <w:rsid w:val="003D6356"/>
     <w:rsid w:val="003E3FA7"/>
     <w:rsid w:val="00434268"/>
     <w:rsid w:val="00452908"/>
     <w:rsid w:val="00452AD0"/>
     <w:rsid w:val="00452CAD"/>
     <w:rsid w:val="00475461"/>
     <w:rsid w:val="005130DC"/>
     <w:rsid w:val="0053016B"/>
     <w:rsid w:val="00615DA6"/>
     <w:rsid w:val="006A3C97"/>
     <w:rsid w:val="006F0841"/>
     <w:rsid w:val="00721A45"/>
     <w:rsid w:val="00745728"/>
     <w:rsid w:val="007B0C7B"/>
     <w:rsid w:val="00871310"/>
     <w:rsid w:val="00927E17"/>
+    <w:rsid w:val="009A5F8C"/>
     <w:rsid w:val="00A31FC2"/>
     <w:rsid w:val="00A37F35"/>
     <w:rsid w:val="00AF40B8"/>
     <w:rsid w:val="00AF444A"/>
     <w:rsid w:val="00B27600"/>
     <w:rsid w:val="00B41405"/>
     <w:rsid w:val="00BA6F78"/>
     <w:rsid w:val="00BE136A"/>
     <w:rsid w:val="00C066AB"/>
     <w:rsid w:val="00C121AC"/>
     <w:rsid w:val="00C15FEA"/>
     <w:rsid w:val="00C564F8"/>
     <w:rsid w:val="00CA0F16"/>
-    <w:rsid w:val="00CA1134"/>
     <w:rsid w:val="00CD57E4"/>
     <w:rsid w:val="00DF0B73"/>
     <w:rsid w:val="00E224F6"/>
     <w:rsid w:val="00E4017E"/>
     <w:rsid w:val="00E57072"/>
     <w:rsid w:val="00E666A9"/>
     <w:rsid w:val="00EA3C42"/>
+    <w:rsid w:val="00ED0720"/>
     <w:rsid w:val="00ED3C5A"/>
     <w:rsid w:val="00F55AFE"/>
     <w:rsid w:val="00F6135D"/>
     <w:rsid w:val="00F72E04"/>
     <w:rsid w:val="00F91239"/>
     <w:rsid w:val="00FC65B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -1812,92 +1820,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{939ED1AD-23BE-4F2B-9750-58A7E49F112E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62E20019-1354-40DF-A9B2-F6DBE5E08B50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>229</Words>
-  <Characters>1311</Characters>
+  <Words>211</Words>
+  <Characters>1206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1537</CharactersWithSpaces>
+  <CharactersWithSpaces>1415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Burmatovi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>