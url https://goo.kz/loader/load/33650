--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -2,72 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007305C2" w:rsidRPr="007305C2" w:rsidRDefault="007305C2">
+    <w:p w:rsidR="007305C2" w:rsidRPr="007305C2" w:rsidRDefault="00D9292F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007305C2">
+      <w:r w:rsidRPr="00D9292F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мамандыққа баулу сәттерінен суреттер 2018-2019 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007305C2">
+        <w:t>Фоты профориентационных работ</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқу жылы</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007305C2" w:rsidRPr="007305C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018-2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007305C2" w:rsidRDefault="007305C2">
       <w:r>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:6in;height:282pt">
@@ -500,156 +515,157 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00644B80" w:rsidRPr="00644B80" w:rsidSect="007305C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00754548" w:rsidRDefault="00754548" w:rsidP="00913E2E">
+    <w:p w:rsidR="00CF023A" w:rsidRDefault="00CF023A" w:rsidP="00913E2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00754548" w:rsidRDefault="00754548" w:rsidP="00913E2E">
+    <w:p w:rsidR="00CF023A" w:rsidRDefault="00CF023A" w:rsidP="00913E2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00754548" w:rsidRDefault="00754548" w:rsidP="00913E2E">
+    <w:p w:rsidR="00CF023A" w:rsidRDefault="00CF023A" w:rsidP="00913E2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00754548" w:rsidRDefault="00754548" w:rsidP="00913E2E">
+    <w:p w:rsidR="00CF023A" w:rsidRDefault="00CF023A" w:rsidP="00913E2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00365CBD"/>
     <w:rsid w:val="000458F3"/>
     <w:rsid w:val="001E7247"/>
     <w:rsid w:val="00365CBD"/>
     <w:rsid w:val="00513C3A"/>
     <w:rsid w:val="00644B80"/>
     <w:rsid w:val="006A39E6"/>
     <w:rsid w:val="007305C2"/>
-    <w:rsid w:val="00754548"/>
     <w:rsid w:val="00913E2E"/>
     <w:rsid w:val="00B00245"/>
+    <w:rsid w:val="00CF023A"/>
+    <w:rsid w:val="00D9292F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1176,65 +1192,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>13</Words>
-  <Characters>78</Characters>
+  <Words>12</Words>
+  <Characters>75</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>90</CharactersWithSpaces>
+  <CharactersWithSpaces>86</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>