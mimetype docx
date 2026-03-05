--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,630 +1,486 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001332F9" w:rsidRPr="00E9587B" w:rsidRDefault="00E9587B" w:rsidP="007165B7">
+    <w:p w:rsidR="001332F9" w:rsidRPr="00086A63" w:rsidRDefault="00264BA6" w:rsidP="007165B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ХАБАРЛАНДЫРУ</w:t>
+        <w:t>ОБЪЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00264BA6" w:rsidRPr="00086A63" w:rsidRDefault="00E9587B" w:rsidP="007165B7">
+    <w:p w:rsidR="00264BA6" w:rsidRPr="00086A63" w:rsidRDefault="00264BA6" w:rsidP="007165B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00264BA6" w:rsidRPr="00086A63">
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>!</w:t>
+        <w:t>Уважаемые родители!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A42E4" w:rsidRPr="00086A63" w:rsidRDefault="00E9587B" w:rsidP="007165B7">
+    <w:p w:rsidR="004A42E4" w:rsidRPr="00086A63" w:rsidRDefault="00F329FE" w:rsidP="007165B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жазғы тіл мектебі жұмысының басталуы</w:t>
+        <w:t>Начало</w:t>
       </w:r>
       <w:r w:rsidR="004A42E4" w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> работы Летней языковой школы: с 19.06. по 30.06.2017 года </w:t>
       </w:r>
-      <w:r w:rsidR="00005BFA">
-[...8 lines deleted...]
-      <w:r w:rsidR="004A42E4" w:rsidRPr="00086A63">
+    </w:p>
+    <w:p w:rsidR="00264BA6" w:rsidRPr="00086A63" w:rsidRDefault="004A42E4" w:rsidP="007165B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время работы: с 09:00 до 13:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00264BA6" w:rsidRPr="00005BFA" w:rsidRDefault="00005BFA" w:rsidP="007165B7">
+    <w:p w:rsidR="00AD325B" w:rsidRPr="00086A63" w:rsidRDefault="004A42E4" w:rsidP="007165B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Тематические занятия </w:t>
       </w:r>
-      <w:r w:rsidR="004A42E4" w:rsidRPr="00086A63">
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>09:00</w:t>
-[...25 lines deleted...]
-        <w:t>-ге дейін</w:t>
+        <w:t xml:space="preserve"> будут проходить на английском и казахском языках. Занятия проводят опытные и креативные педагоги: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD325B" w:rsidRPr="000C44E4" w:rsidRDefault="00983684" w:rsidP="007165B7">
-[...132 lines deleted...]
-    <w:p w:rsidR="00487468" w:rsidRPr="00086A63" w:rsidRDefault="000749E7" w:rsidP="007165B7">
+    <w:p w:rsidR="00D36E9F" w:rsidRPr="00086A63" w:rsidRDefault="00AD325B" w:rsidP="007165B7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бағдарламаға роботты техника, шахмат</w:t>
+        <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidR="00BB0C39">
+      <w:r w:rsidR="00523E25" w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, спорттық сабақтар, облыстық радио және теле</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidR="00EC0008">
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">дидарға экскурсия енгізілген. </w:t>
+        <w:t xml:space="preserve">ководитель Летней языковой школы, </w:t>
       </w:r>
-      <w:r w:rsidR="00BB0C39">
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учитель казахского языка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хамитова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сауле</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D36E9F" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лаззатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B3AEC" w:rsidRDefault="006A0B74" w:rsidP="007165B7">
+    <w:p w:rsidR="00AD325B" w:rsidRPr="00086A63" w:rsidRDefault="00AD325B" w:rsidP="007165B7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00BC13CC" w:rsidRPr="00086A63">
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
+        <w:t xml:space="preserve">Учитель английского языка Даутбаева Рената </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сабыровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00487468" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00487468" w:rsidRPr="00086A63" w:rsidRDefault="00487468" w:rsidP="007165B7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В программу включены занятия </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0E43" w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по робототехнике, шахматам, спортивные занятия, экскурсия на областное радио и телевидение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3AEC" w:rsidRDefault="00BC13CC" w:rsidP="007165B7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Продолжительность 1 занятия –</w:t>
       </w:r>
       <w:r w:rsidR="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 40</w:t>
       </w:r>
-      <w:r w:rsidR="00BC13CC" w:rsidRPr="00086A63">
+      <w:r w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA49CB" w:rsidRPr="00086A63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>мин.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A6E25" w:rsidRDefault="006A0B74" w:rsidP="007165B7">
+    <w:p w:rsidR="000A6E25" w:rsidRDefault="00BA3FCB" w:rsidP="007165B7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тестілеуден кейін 2 топ құрылады.</w:t>
+        <w:t>После тестирован</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия будут сформированы 2 группы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086A63" w:rsidRPr="00377F4C" w:rsidRDefault="00A83115" w:rsidP="007165B7">
+    <w:p w:rsidR="00086A63" w:rsidRPr="00086A63" w:rsidRDefault="000A6E25" w:rsidP="007165B7">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сабақтар қатар өтеді</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Занятия будут проходить параллельно: </w:t>
       </w:r>
       <w:r w:rsidR="00BA3FCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
+        <w:t>1 группа –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>топ</w:t>
+        <w:t xml:space="preserve"> английский язык</w:t>
       </w:r>
       <w:r w:rsidR="00BA3FCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>, 2 группа –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ағылшын тілі</w:t>
-[...41 lines deleted...]
-        <w:t>қазақ тілі</w:t>
+        <w:t xml:space="preserve"> казахский язык</w:t>
       </w:r>
       <w:r w:rsidR="00BA3FCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00377F4C" w:rsidRDefault="00377F4C" w:rsidP="00377F4C">
-[...21 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2896"/>
+        <w:gridCol w:w="2377"/>
         <w:gridCol w:w="2353"/>
-        <w:gridCol w:w="2353"/>
-        <w:gridCol w:w="2353"/>
+        <w:gridCol w:w="2391"/>
         <w:gridCol w:w="2353"/>
         <w:gridCol w:w="2401"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B3AEC" w:rsidRPr="003A4C8C" w:rsidTr="00FB76B4">
+      <w:tr w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidTr="00FB76B4">
         <w:trPr>
           <w:trHeight w:val="1278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -669,105 +525,73 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>summer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00A83115" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-              <w:t>!</w:t>
+              </w:rPr>
+              <w:t>Здравствуй, лето!</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
@@ -811,1647 +635,1405 @@
               </w:rPr>
               <w:t>My</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>family</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00001896" w:rsidRDefault="00001896" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Менің отбасым</w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Моя семья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>21.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="003A4C8C" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003A4C8C">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00F07495" w:rsidRDefault="00F07495" w:rsidP="007165B7">
+              </w:rPr>
+              <w:t>My</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>pets</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Менің үй жануарларым</w:t>
+              </w:rPr>
+              <w:t>Мои домашние питомцы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="003A4C8C" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003A4C8C">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00F07495" w:rsidRDefault="00F07495" w:rsidP="007165B7">
+              </w:rPr>
+              <w:t>My</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>hobby</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="003A4C8C" w:rsidRDefault="008D44FF" w:rsidP="008D44FF">
+              </w:rPr>
+              <w:t>Мое хобби</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Телефонмен сөйлесу әдебі </w:t>
+              </w:rPr>
+              <w:t>Речевой этикет телефонного разговора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="008D44FF" w:rsidRDefault="008D44FF" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қозғалмалы ойындар</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Английские подвижные игры </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="003A4C8C" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003A4C8C">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="008D44FF" w:rsidP="007165B7">
+              </w:rPr>
+              <w:t>My</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Менің туған қалам</w:t>
+              <w:t>Мой родной город</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B3AEC" w:rsidRPr="008A6C75" w:rsidTr="00FB76B4">
+      <w:tr w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidTr="00FB76B4">
         <w:trPr>
           <w:trHeight w:val="1268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="004A7FB5" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="004A7FB5" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Ағылшын тілі</w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
             </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Қазақ тілі</w:t>
+              <w:t>/ Казахский язык</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Робот</w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="004A7FB5" w:rsidP="008A6C75">
+              <w:t>Роботехника</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спортивное занятие.    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="008A6C75" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="336" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
             </w:r>
             <w:r w:rsidR="00523E25" w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="008A6C75" w:rsidP="007165B7">
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="336" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00CB766F" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00F55D93" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="336" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00CB766F" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00F55D93" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Казахский язык </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="336" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Қазақ тілі</w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00F55D93" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ Казахский </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55D93" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="008A6C75" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00DE4472" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00F55D93" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Ан</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>глийский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00CB766F" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/ Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00CB766F" w:rsidP="007165B7">
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Қазақ тілі</w:t>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахски</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>й язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00DE4472" w:rsidP="00DE4472">
-[...208 lines deleted...]
-              <w:t>блыстық радио және теледидарға экскурсия</w:t>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="195" w:hanging="195"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="195" w:hanging="195"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="195" w:hanging="195"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="195" w:hanging="195"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0079" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="195" w:hanging="195"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Экскурсия на областное радио</w:t>
             </w:r>
             <w:r w:rsidR="00523E25" w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> и телевидение </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00CB766F" w:rsidRPr="00086A63">
+              <w:lastRenderedPageBreak/>
+              <w:t>1.Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="006B722E" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="006B722E" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="006B722E" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="006B722E" w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00CB766F">
-[...144 lines deleted...]
-              <w:t xml:space="preserve"> Ағылшын тілі</w:t>
+            <w:r w:rsidR="000B60B3" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...137 lines deleted...]
-              <w:t>4.Шахматтар</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="000B60B3" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="000B60B3" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidR="000B60B3" w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4.Шахматы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidTr="00FB76B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>27.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00377F4C" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Weather</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...10 lines deleted...]
-              <w:t>Ауа райы</w:t>
+              <w:t xml:space="preserve">  Погода</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -2486,1053 +2068,759 @@
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00377F4C" w:rsidRDefault="00377F4C" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00586D7D" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+              </w:rPr>
+              <w:t>Английские сказки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00586D7D">
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00586D7D">
+              </w:rPr>
+              <w:t>Инсценирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00586D7D">
+              </w:rPr>
+              <w:t xml:space="preserve"> английской сказки «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              </w:rPr>
+              <w:t>Three</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Bears</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>29.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00377F4C" w:rsidRDefault="00377F4C" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ағылшын өлеңдері</w:t>
+              </w:rPr>
+              <w:t>Английские стихи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>30.06</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="00377F4C" w:rsidP="007165B7">
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Закрытие летней школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidTr="00FB76B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60B3" w:rsidRPr="004051BA" w:rsidRDefault="00C4653F" w:rsidP="004051BA">
-[...1 lines deleted...]
-              <w:pStyle w:val="a4"/>
+          <w:p w:rsidR="000B60B3" w:rsidRPr="00D36E9F" w:rsidRDefault="000B60B3" w:rsidP="000B60B3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
-              <w:rPr>
-[...45 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60B3" w:rsidRPr="00D36E9F" w:rsidRDefault="000B60B3" w:rsidP="000B60B3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
-              <w:rPr>
-[...45 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60B3" w:rsidRPr="00086A63" w:rsidRDefault="000B60B3" w:rsidP="000B60B3">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
-              <w:rPr>
-[...36 lines deleted...]
-              <w:pStyle w:val="a4"/>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Казахский язык </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B60B3" w:rsidRPr="00086A63" w:rsidRDefault="000B60B3" w:rsidP="00086A63">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
-              <w:rPr>
-[...31 lines deleted...]
-              <w:t>/ Қазақ тілі</w:t>
+              <w:ind w:left="284" w:hanging="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/ Казахский язык</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="00C4653F" w:rsidP="0091551F">
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="223" w:hanging="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="00C4653F" w:rsidP="0091551F">
+              <w:t>.Английский язык/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="223" w:hanging="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="001352A4" w:rsidP="0091551F">
+              <w:t>2.Английский язык/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="223" w:hanging="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="001352A4" w:rsidP="0091551F">
+              <w:t>Казахский язык/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="223" w:hanging="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="001352A4" w:rsidP="0091551F">
+              <w:t>Казахский язык/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="223" w:hanging="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>сабақтар</w:t>
+            <w:r w:rsidRPr="00086A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Спортивное занятие</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="0091551F">
             <w:pPr>
               <w:ind w:left="223"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="00C4653F" w:rsidP="0091551F">
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="280"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="00C4653F" w:rsidP="0091551F">
+              <w:t>.Английский язык/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="280"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="001352A4" w:rsidP="0091551F">
+              <w:t>2.Английский язык/Казахский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="280"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="001352A4" w:rsidP="0091551F">
+              <w:t>Казахский язык/Английский язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091551F" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="280"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Ағылшын тілі</w:t>
+              <w:t>Казахский язык/Английский язык</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00086A63" w:rsidRDefault="0091551F" w:rsidP="0091551F">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="280" w:hanging="280"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00086A63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шахмат</w:t>
-[...8 lines deleted...]
-              <w:t>тар</w:t>
+              <w:t>Шахматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D36E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...36 lines deleted...]
-              <w:t>Салтанатты жабылу</w:t>
+              <w:t>1.Защита проектов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D36E9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.Торжественное закрытие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2353" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
               <w:ind w:left="251"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B3AEC" w:rsidRPr="00D36E9F" w:rsidRDefault="002B3AEC" w:rsidP="007165B7">
             <w:pPr>
@@ -3550,98 +2838,98 @@
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004A42E4" w:rsidRPr="00086A63" w:rsidRDefault="004A42E4" w:rsidP="007165B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="004A42E4" w:rsidRPr="00086A63" w:rsidSect="000A6E25">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="10607300"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="085E5354"/>
     <w:lvl w:ilvl="0" w:tplc="31B2D2D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4908,138 +4196,118 @@
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C72AFA"/>
-    <w:rsid w:val="00001896"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000749E7"/>
     <w:rsid w:val="00086A63"/>
     <w:rsid w:val="000A6E25"/>
     <w:rsid w:val="000B60B3"/>
-    <w:rsid w:val="000C44E4"/>
-    <w:rsid w:val="001352A4"/>
     <w:rsid w:val="001B69A9"/>
     <w:rsid w:val="00264BA6"/>
     <w:rsid w:val="002B3AEC"/>
-    <w:rsid w:val="00377F4C"/>
-    <w:rsid w:val="003A4C8C"/>
     <w:rsid w:val="003B0E43"/>
-    <w:rsid w:val="004051BA"/>
     <w:rsid w:val="00453565"/>
     <w:rsid w:val="00487468"/>
     <w:rsid w:val="004A42E4"/>
-    <w:rsid w:val="004A7FB5"/>
     <w:rsid w:val="00523E25"/>
-    <w:rsid w:val="00585760"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006A0B74"/>
     <w:rsid w:val="006B722E"/>
     <w:rsid w:val="007165B7"/>
     <w:rsid w:val="007B5212"/>
-    <w:rsid w:val="00867638"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008D44FF"/>
     <w:rsid w:val="0091551F"/>
-    <w:rsid w:val="0093455F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A83115"/>
     <w:rsid w:val="00AD325B"/>
     <w:rsid w:val="00BA3FCB"/>
-    <w:rsid w:val="00BB0C39"/>
     <w:rsid w:val="00BC13CC"/>
-    <w:rsid w:val="00C4653F"/>
     <w:rsid w:val="00C72AFA"/>
-    <w:rsid w:val="00CB766F"/>
     <w:rsid w:val="00D36E9F"/>
-    <w:rsid w:val="00DE4472"/>
     <w:rsid w:val="00E57B45"/>
-    <w:rsid w:val="00E9587B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F07495"/>
     <w:rsid w:val="00F320A2"/>
     <w:rsid w:val="00F329FE"/>
     <w:rsid w:val="00F55D93"/>
     <w:rsid w:val="00FA49CB"/>
     <w:rsid w:val="00FC0079"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5153,64 +4421,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00867638"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D36E9F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
@@ -5451,58 +4717,58 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AD325B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5751,70 +5017,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>309</Words>
-  <Characters>1763</Characters>
+  <Words>344</Words>
+  <Characters>1963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2068</CharactersWithSpaces>
+  <CharactersWithSpaces>2303</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>zdvr6</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>