--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,1141 +1,2704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:p w:rsidR="00B61809" w:rsidRDefault="00F3725E" w:rsidP="00F3725E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...37 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>День талантов - 7 июня 2017 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
-[...29 lines deleted...]
-    <w:p w:rsidR="00DA0816" w:rsidRPr="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00F3725E" w:rsidRDefault="00F3725E" w:rsidP="00EA2945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Таңертеңгі жиын салауатты өмір салты «Абайлаңыз, гепатит" тақырыбы на арналды. Оқушыларға гепатиттің алдын алуы жайлы ақпараттар оқылды.</w:t>
+        </w:rPr>
+        <w:t>Линейка по здоровому образу жизни на тему "Осторожно, гепатит!" прошла в ЛОЦ "На волне детства". Учащиеся прочли стихот</w:t>
+      </w:r>
+      <w:r w:rsidR="004C678A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ворения и рассказали о профилактике гепатита.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA0816" w:rsidRPr="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:p w:rsidR="00AB71C5" w:rsidRDefault="00AB71C5" w:rsidP="00EA2945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA0816">
-[...15 lines deleted...]
-        <w:t>отрядтары №2 музыка мектебінде джаз әуеніне арналған концертті тамашалап қайтты.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67B6BC94" wp14:editId="686D5A7F">
+            <wp:extent cx="2207056" cy="1323975"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8" descr="F:\Лагерь 2017\20170607_091027.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 8" descr="F:\Лагерь 2017\20170607_091027.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2209823" cy="1325635"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4635A715" wp14:editId="1357AE84">
+            <wp:extent cx="2181225" cy="1308480"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="7" name="Рисунок 7" descr="F:\Лагерь 2017\20170607_091209.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7" descr="F:\Лагерь 2017\20170607_091209.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2179367" cy="1307366"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA0816" w:rsidRPr="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA0816">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA0816" w:rsidRPr="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA0816">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F615E0" w:rsidRPr="00DA0816" w:rsidRDefault="00DA0816" w:rsidP="00DA0816">
+    <w:p w:rsidR="004C678A" w:rsidRDefault="004C678A" w:rsidP="00EA2945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Витаминки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C27EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C27EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" посмотрели джазовый концерт в музыкальной школе № 2 и услышали много знакомых мелодий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB71C5" w:rsidRDefault="00AB71C5" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25CEC849" wp14:editId="08E65331">
+            <wp:extent cx="2692400" cy="1514475"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="F:\Лагерь 2017\IMG-20170612-WA0030.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="F:\Лагерь 2017\IMG-20170612-WA0030.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2697375" cy="1517273"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07123AE6" wp14:editId="616A3097">
+            <wp:extent cx="2819400" cy="1585912"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="F:\Лагерь 2017\IMG-20170612-WA0028.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="F:\Лагерь 2017\IMG-20170612-WA0028.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2821276" cy="1586967"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D78" w:rsidRDefault="00004D78" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отряд "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фиксики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" посетил</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> историко-краеведческий музей имени Г. Потанина. Там они посмотрели </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стел</w:t>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у, посвященную </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ервому </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">резиденту Республики Казахстан Н.А. Назарбаеву, увидели </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>скелеты животных</w:t>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и макеты птиц, занесенных в Красную книгу. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F615E0" w:rsidRPr="00DA0816">
+    <w:p w:rsidR="005556BF" w:rsidRDefault="00004D78" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41D7030C" wp14:editId="709CB64D">
+            <wp:extent cx="2943225" cy="1656990"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="F:\Лагерь 2017\IMG-20170607-WA0025.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="F:\Лагерь 2017\IMG-20170607-WA0025.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2944448" cy="1657678"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="470AAB19" wp14:editId="7F52B31F">
+            <wp:extent cx="2952750" cy="1662353"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="F:\Лагерь 2017\IMG-20170607-WA0029.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="F:\Лагерь 2017\IMG-20170607-WA0029.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2952750" cy="1662353"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005556BF" w:rsidRDefault="00004D78" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22AEB2AF" wp14:editId="2309B852">
+            <wp:extent cx="2943864" cy="1657350"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="F:\Лагерь 2017\IMG-20170607-WA0023.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="F:\Лагерь 2017\IMG-20170607-WA0023.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2943864" cy="1657350"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="005556BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46F0E5F9" wp14:editId="22B3668A">
+            <wp:extent cx="2943865" cy="1657350"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="F:\Лагерь 2017\IMG-20170607-WA0021.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="F:\Лагерь 2017\IMG-20170607-WA0021.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2943865" cy="1657350"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D78" w:rsidRDefault="005556BF" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Отряды "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балапан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поучаствовали в и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лазертагу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пейнтбол</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ангаре. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Детям выпала возможность как в кино, пострелять друг в друга из</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оружия  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и убегать от противника, прятаться за сооружениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C678A" w:rsidRDefault="00EF5C97" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="577170E2" wp14:editId="36046325">
+            <wp:extent cx="1019175" cy="1810307"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="14" name="Рисунок 14" descr="F:\Лагерь 2017\IMG-20170607-WA0040.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 14" descr="F:\Лагерь 2017\IMG-20170607-WA0040.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1020053" cy="1811867"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="615C627F" wp14:editId="303B9D18">
+            <wp:extent cx="3096133" cy="1743075"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="13" name="Рисунок 13" descr="F:\Лагерь 2017\IMG-20170607-WA0039.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 13" descr="F:\Лагерь 2017\IMG-20170607-WA0039.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3096133" cy="1743075"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF5C97" w:rsidRDefault="00EF5C97" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отряд "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hogwarts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" побывали в Ледовом дворце "Астана" и покатались на коньках. Многие дети уже могли кататься и совершали разные трюки на льду, где все за этим наблюдали с большим интересом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF5C97" w:rsidRDefault="00EF5C97" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A067E54" wp14:editId="662949D6">
+            <wp:extent cx="2014537" cy="2686050"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:docPr id="17" name="Рисунок 17" descr="F:\Лагерь 2017\IMG-20170607-WA0046.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 17" descr="F:\Лагерь 2017\IMG-20170607-WA0046.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2018627" cy="2691503"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F5499E5" wp14:editId="2BA0C893">
+            <wp:extent cx="2028825" cy="2705100"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="16" name="Рисунок 16" descr="F:\Лагерь 2017\IMG-20170607-WA0045.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 16" descr="F:\Лагерь 2017\IMG-20170607-WA0045.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2028825" cy="2705100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E2462B1" wp14:editId="64EAF2DF">
+            <wp:extent cx="2247900" cy="1685925"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="15" name="Рисунок 15" descr="F:\Лагерь 2017\IMG-20170607-WA0047.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 15" descr="F:\Лагерь 2017\IMG-20170607-WA0047.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2249420" cy="1687065"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA2945" w:rsidRDefault="00EA2945" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E3C3F" w:rsidRDefault="008E3C3F" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">"Алло, мы ищем таланты" под таким названием прошел конкурс в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЛОЦ "На волне детства". Каждый отряд представил вниманию зрителей музыкальный номер, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">который </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по достоинству </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>был</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценен жюри. При подведении итогов каждый участник был награжден грамотами в разных номинациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E3C3F" w:rsidRDefault="008E3C3F" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50C4E64B" wp14:editId="2CC3B233">
+            <wp:extent cx="2562225" cy="1921669"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="20" name="Рисунок 20" descr="F:\Лагерь 2017\IMG-20170607-WA0050.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 20" descr="F:\Лагерь 2017\IMG-20170607-WA0050.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2563852" cy="1922889"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A981808" wp14:editId="67DECC03">
+            <wp:extent cx="3371850" cy="1898299"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:docPr id="19" name="Рисунок 19" descr="F:\Лагерь 2017\IMG-20170607-WA0104.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 19" descr="F:\Лагерь 2017\IMG-20170607-WA0104.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3378083" cy="1901808"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E3C3F" w:rsidRPr="00EF5C97" w:rsidRDefault="008E3C3F" w:rsidP="00EA2945">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69457883" wp14:editId="292D293C">
+            <wp:extent cx="2552700" cy="1914525"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="21" name="Рисунок 21" descr="F:\Лагерь 2017\IMG-20170607-WA0054.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 21" descr="F:\Лагерь 2017\IMG-20170607-WA0054.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2555370" cy="1916528"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4493AF00" wp14:editId="70AD626C">
+            <wp:extent cx="2590800" cy="1943100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Рисунок 18" descr="F:\Лагерь 2017\IMG-20170607-WA0057.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 18" descr="F:\Лагерь 2017\IMG-20170607-WA0057.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2590800" cy="1943100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008E3C3F" w:rsidRPr="00EF5C97" w:rsidSect="005556BF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DA0816"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F615E0"/>
+    <w:rsidRoot w:val="00FB2BBF"/>
+    <w:rsid w:val="00004D78"/>
+    <w:rsid w:val="004C678A"/>
+    <w:rsid w:val="005556BF"/>
+    <w:rsid w:val="008E3C3F"/>
+    <w:rsid w:val="00AB71C5"/>
+    <w:rsid w:val="00B61809"/>
+    <w:rsid w:val="00EA2945"/>
+    <w:rsid w:val="00EF5C97"/>
+    <w:rsid w:val="00F3725E"/>
+    <w:rsid w:val="00FB2BBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D32BE35D-BABD-4EAB-AF69-69DCA513BBDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA0816"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00004D78"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00004D78"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00004D78"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00004D78"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>101</Words>
-  <Characters>581</Characters>
+  <Words>190</Words>
+  <Characters>1088</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>681</CharactersWithSpaces>
+  <CharactersWithSpaces>1276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Алёна Антонова</dc:creator>
+  <dc:creator>Захарова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>