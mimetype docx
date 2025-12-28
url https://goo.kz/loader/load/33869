--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,6739 +1,6841 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="485" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="39"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="39"/>
-[...8 lines deleted...]
-        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О государственной молодежной политике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="129" w:after="0" w:line="307" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 9 февраля 2015 года № 285-V ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Мәтін</w:t>
+          <w:t>Текст</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ресми жарияланым</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Официальная публикация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Ақпарат</w:t>
+          <w:t>Информация</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Өзгерістер тарихы</w:t>
+          <w:t>История изменений</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Сілтемелер</w:t>
+          <w:t>Ссылки</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Көшіру</w:t>
+          <w:t>Скачать</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-[...9 lines deleted...]
-        <w:ind w:left="450"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прочее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="16" w:after="0" w:line="485" w:lineRule="atLeast"/>
+        <w:ind w:left="485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="255"/>
+        <w:spacing w:after="0" w:line="243" w:lineRule="atLeast"/>
+        <w:ind w:left="275"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
-            <w:sz w:val="23"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>ОГЛАВЛЕНИЕ.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-[...18 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00D264C4">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>МАЗМҰНЫ</w:t>
+          <w:t>ОГЛАВЛЕНИЕ.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...26 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует общественные отношения, возникающие в сфере государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="243" w:after="146" w:line="421" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
-[...171 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) молодой специалист - гражданин Республики Казахстан, не достигший возраста двадцати девяти лет, освоивший образовательные учебные программы в организациях технического и профессионального, послесреднего, высшего и послевузовского образования и работающий не более трех лет по специальности, указанной в документе об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) молодая семья - семья, в которой оба супруга не достигли возраста двадцати девяти лет, либо неполная семья, в которой ребенка (детей) воспитывает один из родителей, не достигший возраста двадцати девяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) молодежь - граждане Республики Казахстан от четырнадцати до двадцати девяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) социальная инфраструктура для молодежи - система необходимых для реализации государственной молодежной политики объектов (зданий, строений, сооружений), а также организаций, которые осуществляют деятельность по охране здоровья, образованию, воспитанию, социальному обслуживанию, физическому, духовному и нравственному развитию молодых граждан, обеспечению их занятости и удовлетворению их общественных потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) мемлекеттiк жастар саясаты – мемлекет жүзеге асыратын және жастарды қолдау мен дамытуға бағытталған әлеуметтік-экономикалық, ұйымдастырушылық және құқықтық шаралар жүйесі;</w:t>
-[...86 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>      5) национальный доклад "Молодежь Казахстана" - ежегодный отчет, содержащий анализ реализации государственной молодежной политики и рекомендации по ее совершенствованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) государственная молодежная политика - система социально-экономических, организационных и правовых мер, осуществляемых государством и направленных на поддержку и развитие молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) уполномоченный орган по вопросам государственной молодежной политики (далее - уполномоченный орган) - центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) региональный форум молодежи - форум представителей молодежи, проводимый в целях формирования регионального уровня взаимодействия между местными исполнительными органами и молодежью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) республиканский форум молодежи - форум представителей молодежи, избранных на региональных форумах, проводимый в целях формирования общенационального уровня взаимодействия между государственными органами и молодежью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының мемлекеттік жастар саясаты саласындағы заңнамасы</w:t>
-[...61 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 2. Законодательство Республики Казахстан в сфере государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан в сфере государственной молодежной политики основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Мемлекеттік жастар саясатының мақсаты, міндеттері және қағидаттары</w:t>
-[...196 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 3. Цель, задачи и принципы государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Целью государственной молодежной политики является создание условий для полноценного духовного, культурного, образовательного, профессионального и физического развития молодежи, участия в процессе принятия решений, успешной социализации и направления ее потенциала на дальнейшее развитие страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Задачами государственной молодежной политики являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) защита прав и законных интересов молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) вовлечение молодежи в социально-экономическую и общественно-политическую жизнь страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2) азаматтық, жауапкершілік, еңбексүйгіштік;</w:t>
-[...111 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>      3) воспитание гражданственности и укрепление чувства казахстанского патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственная молодежная политика основывается на принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) приоритета культурных, нравственных и духовных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) гражданственности, ответственности, трудолюбия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) межконфессионального согласия и межэтнической толерантности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) преемственности поколений, приоритета семейного воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) участия молодежи в формировании и реализации государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) научного, комплексного и последовательного подхода в формировании и реализации государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Мемлекеттік жастар саясатының негізгі бағыттары</w:t>
-[...254 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:t>Статья 4. Основные направления государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Основными направлениями государственной молодежной политики являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечение доступного и качественного образования, развитие научно-технического потенциала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сохранение и укрепление здоровья, формирование здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) создание условий для трудоустройства и занятости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) создание условий для развития предпринимательской деятельности среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) развитие системы доступного жилья для молодых семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) повышение уровня правовой культуры, воспитание нетерпимости к проявлениям коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) формирование экологической культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) содействие развитию талантливой молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) обеспечение условий для культурного досуга и отдыха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="243" w:after="146" w:line="421" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 2. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ В СФЕРЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z5"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Қазақстан Республикасы Үкіметінің құзыреті</w:t>
-[...137 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 5. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разрабатывает основные направления государственной молодежной политики и организует ее осуществление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) вносит Президенту Республики Казахстан национальный доклад "Молодежь Казахстана";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) утверждает порядок присуждения, размер денежного вознаграждения и номинации Государственной молодежной премии "Дарын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z6"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Уәкілетті органның құзыреті</w:t>
-[...321 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 6. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) формирует и реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет координацию и методическое руководство местных исполнительных органов по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет разъяснительную работу по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществляет научное и методическое обеспечение государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) разрабатывает и утверждает нормативные правовые акты в сфере государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      12) "Дарын" мемлекеттік жастар сыйлығын беру тәртібін әзірлейді;</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>      8) организует и координирует работу по подготовке и внесению национального доклада "Молодежь Казахстана" в Правительство Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) разрабатывает и утверждает типовое положение о советах по делам молодежи при акиматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) разрабатывает и утверждает порядок проведения республиканского форума молодежи и типовые правила о региональном форуме молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) разрабатывает и утверждает типовое положение о молодежных ресурсных центрах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) разрабатывает порядок присуждения Государственной молодежной премии "Дарын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) содействует развитию волонтерской деятельности молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 6 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z7"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Білім беру саласындағы уәкілетті органның құзыреті</w:t>
-[...127 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 7. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области образования в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 7 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z8"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Ғылым саласындағы уәкілетті органның құзыреті</w:t>
-[...111 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 8. Компетенция уполномоченного органа в области науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области науки в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z9"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-бап. Денсаулық сақтау саласындағы уәкілетті органның құзыреті</w:t>
-[...128 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 9. Компетенция уполномоченного органа в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области здравоохранения в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам охраны здоровья и пропаганды здорового образа жизни среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 9 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z10"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10-бап. Еңбек жөніндегі уәкілетті мемлекеттік органның құзыреті</w:t>
-[...161 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 10. Компетенция уполномоченного государственного органа по труду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный государственный орган по труду в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) разрабатывает меры по содействию в трудоустройстве и занятости молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивает функционирование единого информационного портала "Молодежная биржа труда";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам содействия в трудоустройстве и занятости молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z11"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11-бап. Кәсіпкерлік жөніндегі уәкілетті органның құзыреті</w:t>
-[...136 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 11. Компетенция уполномоченного органа по предпринимательству</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган по предпринимательству в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) разрабатывает меры по развитию предпринимательской деятельности, осуществляемой молодежью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам развития предпринимательской деятельности среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="z12"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>Статья 12. Компетенция уполномоченного органа в области культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области культуры в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет комплекс мероприятий, направленных на поиск и поддержку талантливой молодежи и перспективных молодежных творческих коллективов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа, направленного на поддержку молодежных инициатив по вопросам культуры, укрепления общественного согласия и общенационального единства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>12-бап. Мәдениет саласындағы уәкілетті органның құзыреті</w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 12 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z115" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="z13"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Дене шынықтыру және спорт саласындағы уәкілетті органның құзыреті</w:t>
-[...177 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 13. Компетенция уполномоченного органа в области физической культуры и спорта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области физической культуры и спорта в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проводит соревнования с участием молодежи по видам спорта, в том числе национальным, техническим и прикладным видам, массовому спорту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет пропаганду знаний и достижений в области физической культуры и спорта, принципов здорового образа жизни, в том числе с участием спортсменов высокого класса из числа молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по развитию физической культуры и спорта среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 13 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="z14"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14-бап. Діни қызмет саласындағы уәкілетті органның құзыреті</w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 14. Компетенция уполномоченного органа в сфере религиозной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в сфере религиозной деятельности в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет разъяснительную работу среди молодежи по укреплению межконфессионального согласия и религиозной толерантности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по укреплению межконфессионального согласия и религиозной толерантности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам укрепления межконфессионального согласия и религиозной толерантности среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 14 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z15"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Ішкі істер органдарының құзыреті</w:t>
-[...177 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 15. Компетенция органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Органы внутренних дел в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализуют государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) принимают меры по профилактике правонарушений среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) принимают меры по военно-патриотическому воспитанию молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляют взаимодействие и сотрудничество с молодежными организациями по профилактике правонарушений среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляют формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по вопросам профилактики правонарушений среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 15 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z121" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z16"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Қорғаныс министрлігінің құзыреті</w:t>
-[...136 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 16. Компетенция Министерства обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Министерство обороны в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) принимает меры по военно-патриотическому воспитанию молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам обороны и воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z17"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>17-бап. Қоршаған ортаны қорғау саласындағы уәкілетті органның құзыреті</w:t>
-[...152 lines deleted...]
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+        <w:t>Статья 17. Компетенция уполномоченного органа в области охраны окружающей среды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области охраны окружающей среды в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) принимает меры по формированию экологической культуры среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам охраны окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа по участию молодежи в решении вопросов охраны окружающей среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 17 с изменением, внесенным Законом РК от 13.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z123" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 160-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="z18"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>18-бап. Бұқаралық ақпарат құралдары саласындағы уәкілетті органның құзыреті</w:t>
-[...96 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 18. Компетенция уполномоченного органа в области средств массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области средств массовой информации в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляет взаимодействие и сотрудничество с молодежными организациями по вопросам средств массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) размещает государственный заказ по проведению государственной информационной политики по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3) мемлекеттік жастар саясаты мәселелері бойынша мемлекеттік ақпараттық саясатты жүргізу жөніндегі мемлекеттік тапсырысты орналастырады;</w:t>
-[...36 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>      4) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="z19"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19-бап. Жергілікті өкілді және атқарушы органдардың құзыреті</w:t>
-[...321 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 19. Компетенция местных представительных и исполнительных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Местный представительный орган области, города республиканского значения и столицы, района (города областного значения) в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не реже одного раза в год заслушивает отчеты руководителей местных исполнительных органов о ходе реализации государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) принимает участие в деятельности советов по делам молодежи при акиматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) не реже одного раза в год проводит публичные слушания по вопросам реализации государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) осуществляет в соответствии с законодательством Республики Казахстан иные полномочия по обеспечению прав и законных интересов граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Местный исполнительный орган области, города республиканского значения и столицы, района (города областного значения) в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) реализует государственную молодежную политику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обеспечивает проведение мониторинга и оценки потребностей молодежи для выявления и решения актуальных проблем, повышения эффективности реализации государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивает реализацию политики занятости и трудоустройства молодежи, организует мониторинг рынка труда и практики трудоустройства молодых специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) содействует развитию волонтерской деятельности молодежи и молодежного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) создает молодежные ресурсные центры, обеспечивает и координирует их деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) обеспечивает проведение регионального форума молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      7) қазақстандық патриотизмді, конфессияаралық келісім мен этносаралық тағаттылықты нығайту жөнінде шаралар қолданады;</w:t>
-[...29 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:t>      7) принимает меры по укреплению казахстанского патриотизма, межконфессионального согласия и межэтнической толерантности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="243" w:after="146" w:line="421" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. МЕХАНИЗМЫ ФОРМИРОВАНИЯ И РЕАЛИЗАЦИИ ГОСУДАРСТВЕННОЙ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>АСЫРУДЫҢ ТЕТІКТЕРІ</w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="z20"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. Республикалық және өңірлік жастар форумдары</w:t>
-[...236 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 20. Республиканский и региональный форумы молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Форум молодежи проводится на республиканском и региональном уровнях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Республиканский форум молодежи обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) диалог и взаимодействие между центральными государственными органами и молодежью, молодежными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обсуждение вопросов реализации государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. На республиканском форуме молодежи обсуждается национальный доклад "Молодежь Казахстана", заслушиваются отчеты центральных и местных исполнительных органов, по итогам которого в Правительство Республики Казахстан вносятся рекомендации по совершенствованию государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Региональный форум молодежи обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) диалог и взаимодействие между местными исполнительными органами и молодежью, молодежными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обсуждение вопросов реализации государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) выработку рекомендаций по совершенствованию государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="z21"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>21-бап. Мемлекеттік жастар саясаты саласындағы консультативтік-кеңесші органдар</w:t>
-[...57 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 21. Консультативно-совещательные органы в сфере государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Совет по молодежной политике при Президенте Республики Казахстан является консультативно-совещательным органом, полномочия, организация и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жастар саясатын жетілдіру және ведомствоаралық өзара іс-қимылдың тиімділігін арттыру жөнінде ұсынымдар тұжырымдау мақсатында жүзеге асыратын консультативтік-кеңесші органдар болып табылады.</w:t>
-[...61 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>порядок деятельности которого определяются Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Советы по делам молодежи при акиматах являются консультативно-совещательными органами, создаваемыми в соответствии с законодательством Республики Казахстан и осуществляющими свою деятельность в целях выработки рекомендаций по совершенствованию государственной молодежной политики и повышению эффективности межведомственного взаимодействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Координационный совет по развитию молодежных организаций является консультативно-совещательным органом при уполномоченном органе, создаваемым в соответствии с законодательством Республики Казахстан и осуществляющим свою деятельность в целях выработки рекомендаций по эффективному взаимодействию, усилению координации и дальнейшему совершенствованию деятельности молодежных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. В центральных исполнительных органах могут создаваться советы по взаимодействию и сотрудничеству с неправительственными организациями, в том числе с привлечением молодежных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="z22"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22-бап. Жастарға арналған әлеуметтiк инфрақұрылым</w:t>
-[...61 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 22. Социальная инфраструктура для молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственные органы в соответствии с законодательством Республики Казахстан обеспечивают создание и функционирование социальной инфраструктуры для молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Молодежные организации могут получить в безвозмездное пользование здания, строения, сооружения и иное необходимое для осуществления их уставных целей имущество в порядке, определенном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="z23"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Жастар ресурстық орталықтары</w:t>
-[...86 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 23. Молодежные ресурсные центры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Молодежные ресурсные центры создаются с целью оказания услуг для поддержки и развития молодежи и молодежных организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Молодежные ресурсные центры осуществляют информационно-методическое, консультационное сопровождение и поддержку инициатив молодежи, мониторинг и анализ ситуации в молодежной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Услуги молодежных ресурсных центров, финансируемых за счет бюджетных средств, предоставляются бесплатно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="z24"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24-бап. "Жастар" ғылыми-зерттеу орталығы</w:t>
-[...86 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 24. Научно-исследовательский центр "Молодежь"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Научно-исследовательский центр "Молодежь" создается по решению Правительства Республики Казахстан в целях научного обеспечения реализации государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Научно-исследовательский центр "Молодежь" проводит научные исследования и осуществляет методическое обеспечение реализации государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Финансирование деятельности научно-исследовательского центра "Молодежь" осуществляется за счет бюджетных средств, а также иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="z25"/>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...212 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 25. Социальные службы для молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Социальные службы для молодежи осуществляют свою деятельность в целях создания условий для интеллектуального, духовного, физического, творческого развития, профессиональной подготовки и реализации предпринимательского потенциала молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Основными направлениями деятельности социальных служб для молодежи являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осуществление психолого-педагогической, медико-социальной, юридической помощи и консультирование молодежи, находящейся в трудной жизненной ситуации, вернувшейся из специальных организаций образования и организаций образования с особым режимом содержания, прошедшей лечение от алкоголизма, наркомании, токсикомании, а также молодежи из числа инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) профилактика противоправных действий молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) организация досуга молодежи по месту жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) поддержка и развитие предпринимательской деятельности молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) содействие развитию молодежного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) иные социально значимые направления, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="z26"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26-бап. Халықаралық ынтымақтастық</w:t>
-[...136 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 26. Международное сотрудничество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Международное сотрудничество Республики Казахстан в сфере государственной молодежной политики осуществляется на основе законодательства Республики Казахстан и международных договоров Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственные органы Республики Казахстан оказывают содействие международному сотрудничеству в сфере государственной молодежной политики путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) привлечения молодежи и молодежных организаций в деятельность международных организаций, членом которых является Республика Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) организации мероприятий, способствующих обмену опытом, развитию дружественных и деловых отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) организации иных мероприятий, не противоречащих законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="z27"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>27-бап. Мемлекеттік жастар саясатын қаржылық қамтамасыз ету</w:t>
-[...29 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:t>Статья 27. Финансовое обеспечение государственной молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Финансирование государственной молодежной политики осуществляется за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="243" w:after="146" w:line="421" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. УЧАСТИЕ МОЛОДЕЖИ В ФОРМИРОВАНИИ И РЕАЛИЗАЦИИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>ЖӘНЕ ІСКЕ АСЫРУҒА ҚАТЫСУЫ</w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="z28"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>28-бап. Жастар ұйымдары</w:t>
-[...161 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 28. Молодежные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Молодежная организация является неправительственной организацией, деятельность которой направлена на развитие, самореализацию, защиту прав и законных интересов молодежи, а также удовлетворение социальных, культурных, образовательных, духовных и иных потребностей молодежи, членами (участниками) которой являются представители молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Молодежные организации вправе принимать участие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обсуждении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актуальных вопросов государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) деятельности консультативно-совещательных органов в сфере государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) работе республиканского и регионального форумов молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) деятельности органов молодежного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="z29"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>29-бап. Жастардың волонтерлік қызметі</w:t>
-[...61 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Статья 29. Волонтерская деятельность молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Волонтерской деятельностью молодежи является добровольная общественно полезная деятельность, осуществляемая на безвозмездной основе в интересах физических и юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. Волонтерская деятельность молодежи не может быть направлена на поддержку политических партий и религиозных объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="z30"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>30-бап. Жастардың өзін-өзі басқаруы</w:t>
-[...54 lines deleted...]
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:t>Статья 30. Молодежное самоуправление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Молодежное самоуправление является формой организации деятельности молодежи по созданию условий для личностного и профессионального роста, успешной социализации в обществе, реализации ее интеллектуального и творческого потенциала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Органы молодежного самоуправления могут создаваться в организациях основного среднего, среднего (общего среднего, технического и профессионального образования), послесреднего, высшего, послевузовского образования и трудовых коллективах в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:before="243" w:after="146" w:line="421" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D264C4">
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
-          <w:sz w:val="32"/>
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="z31"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="00D264C4">
+      <w:r w:rsidRPr="00746CE9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31-бап. Осы Заңды қолданысқа енгізу тәртiбi</w:t>
-[...53 lines deleted...]
-        <w:r w:rsidRPr="00D264C4">
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Признать утратившим силу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00746CE9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Заңының</w:t>
+          <w:t>Закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D264C4">
-[...8 lines deleted...]
-        <w:t> (Қазақстан Республикасы Парламентінің Жаршысы, 2004 ж., № 16, 95-құжат; 2007 ж., № 10, 69-құжат; № 20, 152-құжат; 2010 ж., № 22, 130-құжат; 2011 ж., № 6, 49-құжат; № 11, 102-құжат; 2013 ж., № 14, 72, 75-құжаттар; 2014 ж., № 1, 4-құжат) күші жойылды деп танылсын.</w:t>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 7 июля 2004 года "О государственной молодежной политике в Республике Казахстан" (Ведомости Парламента Республики Казахстан, 2004 г, № 16, ст. 95; 2007 г, № 10, ст. 69; № 20, ст. 152; 2010 г., № 22, ст. 130; 2011 г., № 6, ст. 49; № 11, ст. 102; 2013 г., № 14, ст. 72, 75;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00746CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 г., № 1, ст. 4).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblW w:w="14432" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9124"/>
-        <w:gridCol w:w="4256"/>
+        <w:gridCol w:w="9387"/>
+        <w:gridCol w:w="5045"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidTr="00D264C4">
+      <w:tr w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidTr="00746CE9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3225" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="49" w:type="dxa"/>
+              <w:left w:w="81" w:type="dxa"/>
+              <w:bottom w:w="49" w:type="dxa"/>
+              <w:right w:w="81" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+          <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D264C4">
+            <w:r w:rsidRPr="00746CE9">
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidTr="00746CE9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="49" w:type="dxa"/>
+              <w:left w:w="81" w:type="dxa"/>
+              <w:bottom w:w="49" w:type="dxa"/>
+              <w:right w:w="81" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+          <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00746CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00746CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidTr="00D264C4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="49" w:type="dxa"/>
+              <w:left w:w="81" w:type="dxa"/>
+              <w:bottom w:w="49" w:type="dxa"/>
+              <w:right w:w="81" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D264C4" w:rsidRPr="00D264C4" w:rsidRDefault="00D264C4" w:rsidP="00D264C4">
+          <w:p w:rsidR="00746CE9" w:rsidRPr="00746CE9" w:rsidRDefault="00746CE9" w:rsidP="00746CE9">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D264C4">
+            <w:r w:rsidRPr="00746CE9">
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
-[...43 lines deleted...]
-              <w:t>Н.Назарбаев</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CE64B2" w:rsidRDefault="00CE64B2"/>
     <w:sectPr w:rsidR="00CE64B2" w:rsidSect="00CE64B2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -6763,53 +6865,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="17333567"/>
+    <w:nsid w:val="360C2AD1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C382DAD2"/>
+    <w:tmpl w:val="8C8421BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6912,53 +7014,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4AF56924"/>
+    <w:nsid w:val="68B817C4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AD261634"/>
+    <w:tmpl w:val="ED1AC51A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7061,67 +7163,68 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="93"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D264C4"/>
+    <w:rsidRoot w:val="00746CE9"/>
     <w:rsid w:val="00000636"/>
     <w:rsid w:val="000015D3"/>
     <w:rsid w:val="000015D5"/>
     <w:rsid w:val="000017DC"/>
     <w:rsid w:val="00001899"/>
     <w:rsid w:val="000030CD"/>
     <w:rsid w:val="0000369F"/>
     <w:rsid w:val="0000423F"/>
     <w:rsid w:val="000042F2"/>
     <w:rsid w:val="00004542"/>
     <w:rsid w:val="0000556F"/>
     <w:rsid w:val="00005C00"/>
     <w:rsid w:val="00006040"/>
     <w:rsid w:val="00007AE7"/>
     <w:rsid w:val="00007C2C"/>
     <w:rsid w:val="00010D72"/>
     <w:rsid w:val="000115FC"/>
     <w:rsid w:val="00011B88"/>
     <w:rsid w:val="00011FE8"/>
     <w:rsid w:val="00012975"/>
     <w:rsid w:val="000129BE"/>
     <w:rsid w:val="000129F5"/>
     <w:rsid w:val="00012A37"/>
     <w:rsid w:val="00012B46"/>
     <w:rsid w:val="00012C82"/>
@@ -8654,50 +8757,51 @@
     <w:rsid w:val="007305AD"/>
     <w:rsid w:val="007307CD"/>
     <w:rsid w:val="007313C9"/>
     <w:rsid w:val="0073168E"/>
     <w:rsid w:val="00731A10"/>
     <w:rsid w:val="00732A92"/>
     <w:rsid w:val="00732B26"/>
     <w:rsid w:val="0073434C"/>
     <w:rsid w:val="007362FF"/>
     <w:rsid w:val="00736AD2"/>
     <w:rsid w:val="0073771F"/>
     <w:rsid w:val="00737F52"/>
     <w:rsid w:val="007400EC"/>
     <w:rsid w:val="007400F1"/>
     <w:rsid w:val="00742206"/>
     <w:rsid w:val="00742777"/>
     <w:rsid w:val="00742D7D"/>
     <w:rsid w:val="00743229"/>
     <w:rsid w:val="00743E88"/>
     <w:rsid w:val="007449EE"/>
     <w:rsid w:val="0074537D"/>
     <w:rsid w:val="007453D2"/>
     <w:rsid w:val="00745997"/>
     <w:rsid w:val="00745DF6"/>
     <w:rsid w:val="00745F73"/>
+    <w:rsid w:val="00746CE9"/>
     <w:rsid w:val="00746E85"/>
     <w:rsid w:val="007473C2"/>
     <w:rsid w:val="00747C42"/>
     <w:rsid w:val="007508A9"/>
     <w:rsid w:val="00750D67"/>
     <w:rsid w:val="007530DE"/>
     <w:rsid w:val="007531DC"/>
     <w:rsid w:val="007538F8"/>
     <w:rsid w:val="00753924"/>
     <w:rsid w:val="007541C9"/>
     <w:rsid w:val="007549B0"/>
     <w:rsid w:val="00754BD5"/>
     <w:rsid w:val="00754FA9"/>
     <w:rsid w:val="0075518F"/>
     <w:rsid w:val="0075562A"/>
     <w:rsid w:val="00755A87"/>
     <w:rsid w:val="00755BEB"/>
     <w:rsid w:val="00756049"/>
     <w:rsid w:val="007566F0"/>
     <w:rsid w:val="00757FFE"/>
     <w:rsid w:val="0076014B"/>
     <w:rsid w:val="00760BE1"/>
     <w:rsid w:val="00760F1A"/>
     <w:rsid w:val="0076228C"/>
     <w:rsid w:val="00762B4C"/>
@@ -9908,51 +10012,50 @@
     <w:rsid w:val="00D050E8"/>
     <w:rsid w:val="00D0510D"/>
     <w:rsid w:val="00D06635"/>
     <w:rsid w:val="00D06BC4"/>
     <w:rsid w:val="00D06C1A"/>
     <w:rsid w:val="00D0792D"/>
     <w:rsid w:val="00D07ADB"/>
     <w:rsid w:val="00D114BF"/>
     <w:rsid w:val="00D12918"/>
     <w:rsid w:val="00D12924"/>
     <w:rsid w:val="00D130D3"/>
     <w:rsid w:val="00D139C3"/>
     <w:rsid w:val="00D14AE0"/>
     <w:rsid w:val="00D1673F"/>
     <w:rsid w:val="00D171D3"/>
     <w:rsid w:val="00D172F1"/>
     <w:rsid w:val="00D17410"/>
     <w:rsid w:val="00D1783A"/>
     <w:rsid w:val="00D17A06"/>
     <w:rsid w:val="00D2238D"/>
     <w:rsid w:val="00D22BEA"/>
     <w:rsid w:val="00D22DEA"/>
     <w:rsid w:val="00D232D5"/>
     <w:rsid w:val="00D2383B"/>
     <w:rsid w:val="00D245DA"/>
-    <w:rsid w:val="00D264C4"/>
     <w:rsid w:val="00D267B6"/>
     <w:rsid w:val="00D27C21"/>
     <w:rsid w:val="00D30969"/>
     <w:rsid w:val="00D309F1"/>
     <w:rsid w:val="00D3158D"/>
     <w:rsid w:val="00D3184D"/>
     <w:rsid w:val="00D332EC"/>
     <w:rsid w:val="00D3381C"/>
     <w:rsid w:val="00D33B1F"/>
     <w:rsid w:val="00D33D63"/>
     <w:rsid w:val="00D34AC2"/>
     <w:rsid w:val="00D35465"/>
     <w:rsid w:val="00D3546D"/>
     <w:rsid w:val="00D354C8"/>
     <w:rsid w:val="00D358E7"/>
     <w:rsid w:val="00D35FB7"/>
     <w:rsid w:val="00D37713"/>
     <w:rsid w:val="00D37CB4"/>
     <w:rsid w:val="00D41872"/>
     <w:rsid w:val="00D4236D"/>
     <w:rsid w:val="00D4250E"/>
     <w:rsid w:val="00D42673"/>
     <w:rsid w:val="00D429A5"/>
     <w:rsid w:val="00D4320D"/>
     <w:rsid w:val="00D43847"/>
@@ -10745,281 +10848,282 @@
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CE64B2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D264C4"/>
+    <w:rsid w:val="00746CE9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1633561471">
+    <w:div w:id="1365204606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1582712807">
+        <w:div w:id="1059015645">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="815335753">
+        <w:div w:id="419135240">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="348681900">
+            <w:div w:id="2076080928">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="422920084">
+            <w:div w:id="281151242">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="2075160386">
+        <w:div w:id="1223715079">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="946545533">
+            <w:div w:id="75130692">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/history" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000581_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/z285_1.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/z285_1.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000285/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/history" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/z150285.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/z150285.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000285/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000160" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000581_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11265,51 +11369,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>24521</Characters>
+  <Pages>16</Pages>
+  <Words>4394</Words>
+  <Characters>25050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28765</CharactersWithSpaces>
+  <CharactersWithSpaces>29386</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Марина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>