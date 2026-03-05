--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,4967 +1,6272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CD7C1C" w:rsidRPr="00CD7C1C" w:rsidRDefault="00CD7C1C" w:rsidP="00CD7C1C">
-[...452 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОЕКТ КОНЦЕПЦИЯ 12-ЛЕТНЕГО СРЕДНЕГО ОБРАЗОВАНИЯ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.  ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Концепция 12-летнего среднего образования Республики Казахстан (далее – Концепция) является основным документом, отражающим цель, задачи, принципы организации и направления развития системы среднего образования страны. Данная Концепция разработана в соответствии с Законом Республики Казахстан «Об образовании», «Стратегическим планом развития Республики Казахстан до 2010 года», Государственной программой развития образования  в Республике Казахстан на 2005-2010 гг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мировой опыт свидетельствует о необходимости опережающих темпов развития среднего образования, обеспечивающего подготовку выпускников для успешного участия в экономической и общественной жизни с учетом постоянного изменения мира. Важно усиление роли школьного образования в реализации задач личностного развития ученика, его социализации, психического и физического </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесбережения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель Концепции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обоснование стратегии развития и путей обновления системы среднего образования Республики Казахстан в условиях 12-летней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи Концепции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.     Определить цели, задачи, структуру, содержание образования и особенности организации образовательного процесса в 12-летней школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.     Определить научное обоснование новой модели образования, ориентированного на результат в условиях 12-летней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.     Определить условия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализации основополагающих  идей обновления системы среднего образования Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан в условиях 12-летней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. ОБОСНОВАНИЕ ПЕРЕХОДА НА 12-ЛЕТНЕЕ ОБУЧЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С УЧЕТОМ МИРОВЫХ ТЕНДЕНЦИЙ И  ОТЕЧЕСТВЕННОГО ОПЫТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Основными тенденциями мирового развития, обуславливающими существенные изменения в системе образования, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   ускорение темпов развития общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   переход к постиндустриальному, информационному обществу, расширение масштабов межкультурного взаимодействия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   возникновение и рост глобальных проблем, которые могут быть решены в результате международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   демократизация общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   динамичное развитие экономики, рост конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4.      Білім беру мазмұнын жаңартудың негізгі бағыттары.</w:t>
-[...626 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>·   рост значения человеческого капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с этим в системе образования развитых стран наметились тенденции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   обновления философии и методологии образования, изменения методов конструирования содержания образования, выработки более совершенных моделей содержания образования, поисков эффективных способов управления образованием, внедрение новых образовательных технологий и т.д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   преодоление традиционного репродуктивного стиля обучения и переход к новой развивающей, конструктивной модели образования, обеспечивающей познавательную активность и самостоятельность мышления школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   введение глубокой и активной профессиональной ориентации в более раннем возрасте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">·   усиление роли гражданско-патриотического, духовно-нравственного поликультурного, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесберегающего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и экологического воспитания учащейся молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·   повышение роли организации образования в социализации учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Казахстане за последние годы сделаны значительные шаги по обновлению системы образования. Так, осуществлены разработка и внедрение государственных общеобязательных стандартов образования, внедрение вариативного образования, начата работа по разработке критериев оценки качества образования и т. д. Но достигнутые результаты не в полной мере обеспечивают развитие человеческого капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Факторами, негативно влияющими на уровень развития системы образования Казахстана, остаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.     Информационная перегруженность содержания образования, ведущая к снижению мотивации обучения и ухудшению здоровья учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.     Отсутствие в школьном образовании </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностического</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целеполагания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.     Ориентация на получение формальных результатов, а не на развитие личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.     Сохранение устаревшей системы оценивания учебных достижений, которая не носит стимулирующий характер, не обеспечивает объективность и приводит к стрессовым ситуациям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.     Недостаточное развитие у старших подростков личностных, гражданских и нравственных качеств, отсутствие зрелых мотивов профессионального самоопределения, низкий уровень осознания собственных интересов и жизненных перспектив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Современное геополитическое, экономическое и социальное состояние казахстанского общества, интеграция в мировое образовательное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ІІ. 12 жылдық жалпы орта білім берудің мақсаты мен күтілетін нәтижелері</w:t>
-[...150 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>пространство требует модернизации системы среднего образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящий период сформировался определенный международный стандарт среднего образования, который рассчитан на 12-летнюю школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Декларации Совета Европы (1992) в мировом образовательном пространстве 12-летнее среднее образование реализуется в 136 странах, в том числе в развитых странах: США, Япония, Германия, Франция, Финляндия и т.д. Из стран постсоветского пространства  12-летний срок обучения  выбрали Узбекистан, Украина  и страны Балтии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проектирование и внедрение новой национальной модели 12-летнего образования обеспечит создание социально-педагогического ресурса развития человеческого капитала Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.     ЦЕННОСТИ  СИСТЕМЫ ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ценности и цели образования определяются с учетом, с одной стороны, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общеказахстанского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менталитета, национально-исторических и этнических традиций, с другой — общей культуры, включающей в себя критическое и этическое измерения и нацеленной на развитие общепланетарного мышления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обоснование  ценностей, на которые в ближайшем или отдаленном будущем будет ориентироваться система образования в Казахстане, позволяет наметить стратегию ее развития, становится духовным и нравственным ориентиром поступков и действий человека как субъекта ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Система образования должна ориентировать </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§  здоровье, культуру, общую и функциональную грамотность, профессиональную ориентацию как базу самореализации личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§  семью, Родину, мир как основу социализации личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§  познание, сохранение и преумножение естественного богатства природы как фундамент существования человека и человечества в целом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§  ответственность  за себя и страну, справедливость, толерантность, гармонию и любовь как условие гармоничного межличностного и  межкультурного взаимодействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эти жизненные  ориентиры  во взаимодействии друг с другом образуют ценностную базу, с которой начинается отсчет в развитии гуманистической культуры, составляющей основу ориентации сферы образования во всех   своих  звеньях на стратегические цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Национальные ценности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образованияопределяют</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уникальную устойчивую систему традиций и  ментальных особенностей народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Основные национальные ценности образования включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-    национальные ценности культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-    исторически сложившиеся традиции народа в области воспитания и обучения детей и юношества, выдержавшие испытание временем и составившие золотой фонд отечественной педагогики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-    классическое наследие выдающихся отечественных педагогов, их ведущие идеи, теории и концепции, оказавшие влияние на развитие педагогической мысли и практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа призвана обеспечить трансляцию национальной культуры и формирование национального самосознания, развитие ученика  от родной культуры к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общеказахстанской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и через нее – к мировой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование как ценность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представляет собой  духовную культуру нации, включающую в себя язык, религию, менталитет, национальные праздники, обрядовые формы, обычаи и традиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование как система</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предусматривает приобщение учащихся к основным ценностям в условиях целостного педагогического процесса школы и семьи на протяжении всех лет обучения  в школе соответственно уровням образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>¨        В начальной школе – погружение в мир преимущественно национально-этнических ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>¨        В основной школе – постижение преимущественно национально-государственных ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>¨        В профильной школе – постижение диалектического единства общечеловеческих, национальных и этнических  ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование как процесс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предусматривает приобщение  к общечеловеческим и национально-этническим ценностям в процессе социализации как системе взаимодействий человека: с самим собой,  с другими людьми (семьей, коллективом), с обществом, с природой, с религией, с культурой (материальной и духовной).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование как результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должно отражаться в конкретной модели выпускника уровня начального, основного среднего  и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.     ЦЕЛИ СРЕДНЕГО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ценности находят отражение в содержании образования, преломляясь и конкретизируясь через его цели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование ценностного отношения к природе как общему дому человечества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-         формирование представлений о человеке как субъекте жизни и высшей ценности на Земле;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование ценностного отношения к социальному устройству человеческой жизни (Родине, государству, семье, отечественной  истории  и настоящему);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование ценностного отношения к нормам культурной жизни в области  гигиены, права, эстетики, экономики и экологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование ценностного отношения к различным видам трудовой деятельности, профессии, социальному общению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         формирование жизненной позиции, развитие способности к индивидуальному выбору жизненного пути,  самореализации  и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самоактуализации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD7C1C" w:rsidRPr="00CD7C1C" w:rsidRDefault="00CD7C1C" w:rsidP="00CD7C1C">
-[...340 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускник казахстанской школы как субъект культуры характеризуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         знанием языка, истории, культуры своего народа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         ценностным отношением к  искусству, культуре, литературе, научным достижениям, результатам свободы, труда, истины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         умением обращаться с современной техникой и средствами коммуникации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         пониманием чувств и переживаний окружающих его людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         созиданием добра и  красоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         умением общаться на родном, государственном и иностранных языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели среднего образования определяют базовые компетенции выпускника школы, представленных  в виде  жизненных ролей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·        доброжелательный человек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·        заботливый член семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·        творческая индивидуальность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·        ответственный гражданин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·         здоровая и совершенствующаяся личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Базовые компетенции выпускника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школыдостигаются</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством развития  у учащихся ключевых и предметных компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевые компетенции создают предпосылки для формирования ценностей и мотивов, а также для развития  социальных и поведенческих норм жизнедеятельности человека; служат  основанием для определения   ожидаемых результатов по каждой  образовательной области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предметные компетенции  являются целями, определяющими смысл и назначение учебных курсов и модулей. Предметные компетенции являются действиями широкого спектра и описывают способы учебной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. СТРУКТУРА  СРЕДНЕГО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>12 жылдық жалпы орта білім берудің құрылымдық-мазмұндық моделі төмендегі ұстанымдар негізінде ұйымдастырылды:</w:t>
-[...667 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>Структура школьного образования Казахстана направлена на организацию системы воспитания и обучения учащихся в возрасте с 6 (7) до 17 (18) лет и отражает основополагающие принципы функционирования целостной системы образования такие, как принцип функциональной полноты системы среднего общего образования, преемственности, оптимизации учебно-воспитательного процесса, учет общемировой тенденции развития до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>университетского образования и т.п.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Структура школьного образования включает три уровня образования: начальное, основное среднее и общее среднее. Каждый из уровней имеет свое целевое назначение. С целью обеспечения гибкости, мобильности и эффективности структуры школы допускается самостоятельность каждой ступени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начальное образование (1-4 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основное назначение уровня начального образования заключается в создании педагогической среды для сотрудничества ученика и учителя, как равноправных субъектов образовательного процесса, в ходе которого:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) учитель оказывает педагогическую поддержку ученику в раскрытии его индивидуальности путем организации оптимального соотношения индивидуальной и совместной форм работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) ученик приобретает возможность удовлетворить интересы и тем самым понять, осмыслить, принять окружающую действительность в контексте пропедевтических знаний об обществе, человеке и природе, в результате которого овладевает умением учиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основное общее образование (5-10 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Соблюдая преемственность, уровень основного общего образования направлен на создание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>более расширенной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательной среды путем предоставления содержания образования, дополненного компонентами общечеловеческой  культуры в соответствии с возрастными возможностями учащихся. Это содержание  послужит средством и условием освоения учащимися социальных навыков, коммуникативной компетенцией, позволит им осознанно ориентироваться как в актуальной жизни, так и в последующей, быть мотивированным и к продолжению образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главной задачей уровня общего среднего образования является усвоение учащимися базисных основ системы наук и формирование у них высокой культуры межличностного и межэтнического общения на основе гармоничного сочетания национальных и общемировых духовных ценностей. Общее среднее образование создает основу общеобразовательной подготовки, формирует </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естественно-научное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и гуманитарное мировоззрение, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>-           Бір бейінді мектеп – бір бейінді оқытуды іске асыру;</w:t>
-[...576 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>личностные качества, обеспечивающие  успешную социально-психологическую адаптацию ученика  в обществе, его самоопределение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На этом уровне образования завершается основное базовое образование. Расширяется вариативная  часть учебного плана для изучения учебных курсов  по выбору, которые формирует у учащихся творческие способности и профессиональную ориентацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускники 10 класса участвуют в Национальном тестировании, по результатам которого определяется дальнейший путь продолжения учащимися образования. Учащиеся в соответствии с рейтинговыми показателями должны определиться с формой продолжения образования: либо профессиональный лицей или   колледж, либо в 11-12 классы профильного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общее среднее образование (11-12 классы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Общее среднее образование - завершающий этап общего образования и направлено на создание образовательного пространства по овладению учащимися предметными знаниями и компетенциями, достаточными для социального и профессионального самоопределения, самообразования, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формированию готовности к адаптации. В 11-12 классах обеспечивается переход от установки на получение знаний к овладению систематизированными представлениями о мире, обществе и человеке и умении самостоятельно расширять и углублять их.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основным направлением функциональной деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">средней школы является </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилизация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения. Обучение ведется на основе глубокой дифференциации и интеграции содержания образования. На учебные дисциплины по выбору приходится значительная доля учебного времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профильное обучение предполагает возможность учета особенностей индивидуальных образовательных траекторий старшеклассников. Ученики могут выбирать уровень, формы и способы обучения, реализовывать индивидуальные творческие программы в соответствии с интересами, способностями и проектируемыми профессиями. Особое место отводится творческим работам, в результате которых ученик видит продукцию в изучаемых областях и выбранных профилях – поисково-исследовательские, компьютерные  разработки, стихи, сочинения, научные проекты и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускник  средней школы профильного направления овладевает видами познавательной и коммуникативной деятельности, необходимыми  для учебы в высшем учебном заведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В условиях сельской местности профильное обучение в виду недостаточной обеспеченности учебно-методическим, кадровым потенциалом в полном объеме, малочисленности контингента учащихся может быть реализовано </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">12 </w:t>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие инновационные формы организации учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.  ОЦЕНИВАНИЕ УЧЕБНЫХ ДОСТИЖЕНИЙ УЧАЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За годы обучения в школе учащиеся приобретают базовые, ключевые и предметные компетенции на основе изучения семи взаимосвязанных образовательных областей: язык и литература, математика и информатика, естествознание, человек и общество, искусство, технология, физическая культура.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Знания и умения, приобретенные в рамках этих образовательных областей, позволит сформировать у учащихся коммуникативные, социальные, оценочные навыки, возможности учиться и практически применять полученные знания в повседневной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основным ориентиром определения ожидаемых результатов обучения учащихся на каждой ступени школы являются базовые компетенции, сформулированные в ключе долгосрочных последствий и установленные исходя из 6 сквозных компонентов содержания образования: умственного, нравственного, эстетического, коммуникативного, трудового, физического.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очерченные на рубежных этапах школьного образования (начальный, основной, старший) ожидаемые результаты,  отражают не только наиболее важные знания, навыки, отношения, но и показывают постепенную динамику учебных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для эффективного отслеживания учебных достижений учащихся ожидаемые результаты конкретизируются по уровням подготовки в рамках каждого из уровней школьного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В  начальном образовании определены два уровня общеобразовательной подготовки учащихся, которые описываются в форме ожидаемых результатов обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первый уровень подготовки достигается учащимися в результате обучения в 1-2 классах. Второй уровень описывает результаты обучения учащихся 3-4  классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На уровне общего среднего образования определены  три уровня общеобразовательной подготовки учащихся. Обучение в 5-6 классах соответствует третьему уровню общеобразовательной подготовки. Четвертый уровень характеризует результаты обучения в 7-8 классах. Результаты обучения в 9-10 классах соответствуют пятому уровню общеобразовательной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В результате обучения в 11-12 классах учащиеся достигают шестого уровня общеобразовательной подготовки, который позволяет им быть готовым и мотивированными к поступлению в вуз или к началу трудовой деятельности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Достижение ожидаемых результатов обучения (цели как учебные результаты), своевременное получение объективной, достоверной информации (количественной и качественной), необходимой для принятия управленческих решений, повышения эффективности работы образовательных организаций и всей системы образования в целом, актуализирует проблему разработки оценки качества образования, ее технологичности, в том числе, процедуру оценки результатов обучения учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предполагается, что оцениванию будут подлежать реальные результаты учащихся, свидетельствующие об их достижениях по усвоению предметных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗУНов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, и знания способов деятельности (компетенций) в контексте системы нравственных норм, ориентаций, общечеловеческих и национальных ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этом контексте инструментом оценивания учебных достижений учащихся планируется внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балльно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-накопительной системы оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балльно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-накопительная система оценивания учебных достижений учащихся включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         ориентирование на социализацию учащихся  посредством  механизма поддержки  успешности личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         дифференцирование уровней усвоения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗУНов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и знаний способов деятельности учащихся для отслеживания их конкретных результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         разработку </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериально</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-ориентированной шкалы оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечение объективности оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         предоставление возможности учащимся для осуществления самооценки своих достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечение прозрачности в накоплении баллов как основы для развития мотивации к успеху в учении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         соблюдение процедуры гласности оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание  учебных достижений учащихся подразделяется на внутреннее и внешнее оценивание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальные образовательные достижения учащихся за все время обучения в общеобразовательной школе оформляются документально и накапливаются в портфолио для дальнейшего продолжения образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отслеживание учебных достижений учащихся осуществляется на основе системы типовых измерителей – заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В заданиях, как средствах организации учебной деятельности учащихся, программируется учебная ситуация. При выполнении задания учащийся решает учебную ситуацию и показывает уровень усвоения учебного материала и тем самым  - достижения того или иного ожидаемого результата </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по каждой образовательной области для каждого уровня  общеобразовательной подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Система заданий разрабатывается в соответствии с ожидаемыми результатами по образовательным областям. Основными ориентирами при разработке систем типовых заданий являются уровни и этапы усвоения, которые, с точки зрения педагогической психологии, являются    содержанием учебной деятельности. Поэтому усвоение как целостный процесс состоит из трех этапов, на каждом из которых овладение системой предметных знаний в четыре уровня: знание, понимание, применение, умение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы усвоения характеризуют результаты репродуктивной, продуктивной и творческой учебной деятельности, которые условно  обозначаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         приобретение новых знаний и применение их в типичной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         преобразование знаний и применение их в нетипичных ситуациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         самостоятельное приобретение новых знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Система заданий как средство измерения достижений учащимися ожидаемых результатов по образовательным областям должна соответствовать характеристикам уровней усвоения на каждом из  вышеуказанных этапов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.  СОДЕРЖАНИЕ СРЕДНЕГО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Социальные перемены,  глобализация социально-экономических и политических сторон жизни общества  диктуют школе как социальному институту требование обновления содержания среднего общего образования с целью предоставления подрастающему поколению возможности получения качественного общего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этих условиях  основными направлениями обновления содержания среднего образования являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         развитие ценностей,  которые способствуют как развитию личности, так и  общества в целом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         приведение содержания школьного образования в соответствие с динамичными запросами современного общества с учетом закономерностей психолого-физиологического развития детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечение соответствия содержания образования новым современным требованиям по формированию компетенций, направленных на воспитание потребности и умения самостоятельно добывать и применять знания на практике и на развитие ученика как личности и субъекта деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         ориентирование содержания образования на  целенаправленное и систематическое приобщение учащихся к научным способам познания и самостоятельным исследованиям,  на широкое применение учебных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ситуаций, формирующих познавательную мотивацию и учитывающих дидактические возможности информационных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         обеспечение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гуманизации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержания образования, вариативности содержания, форм и методов обучения, возможностей и права выбора в процессе обучения индивидуальной программы обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         мотивирование через содержание задач воспитания трудолюбия, овладения основными понятиями рыночной экономики, менеджмента и маркетинга и умений применять их при реализации собственной продукции и услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование взглядов на будущее, укрепление моральных устоев, которые нужны человеку как члену общества и субъекту   международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         ориентация содержания образования на воспитание уважения к национальной культуре и открытости по отношению к другим культурным истокам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью сохранения системного подхода в целостном восприятии  мира содержание  среднего общего образования организуется по образовательным областям: язык и литература, математика и информатика, естествознание, человек и общество, искусство, технология, физическая подготовка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учебные предметы той или иной образовательной области уровней начального и основного среднего образования отражают минимальный обязательный объем содержания образования.  В основной школе систематические курсы  учебных предметов завершаются. На старшей  ступени в дополнение к обязательным курсам и модулям учащийся с целью реализации интересов  и способностей, профессиональной ориентации выбирает  к изучению те или иные учебные предметы. Содержание образования в 11-12 классах строится по принципу систематизации полученных знаний  и развития методологического мышления учащихся.       Для удовлетворения различных образовательных запросов учащихся и снятия перегрузки предусматривается интегрирование  традиционно сложившихся учебных предметов, которое позволяет уменьшить их количество и тем самым увеличить вариативную учебную нагрузку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для снятия перегрузки учащихся  1-7 классов также предусматривается введение в школе пятидневного режима рабочей недели. Один день недели - развивающий и направлен на организацию занятий, обеспечивающих личностную ориентацию обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Занятия  по интересам и способностям учащихся реализуются через индивидуальную и групповую поисково-исследовательскую работу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проектную деятельность учащихся в рамках ученического компонента содержания образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В образовательную  область «Язык и литература» входят: государственный язык, родной язык (соответствующий языку обучения в школе), иностранный язык, литература. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучение государственному языку предполагает формирование у учащихся лингвистической, языковой и коммуникативной компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся видят перспективу изучения государственного языка, на этой основе  осознают сферу применения усвоенных знаний в реальных жизненных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При обучении родному языку  основной акцент делается на овладение  письменной и устной речью на родном языке, формирование коммуникативной компетенции. Усиливается внимание к формированию этнокультуроведческой компетенции, к связи языка с национальными традициями и обычаями народа, к осознанию учащимися красоты и выразительности речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В условиях постепенного вхождения казахстанской системы образования в мировое образовательное пространство повышается роль изучения иностранных языков.  В обучении иностранному языку, как источнику знания о стране и мире, усиливается внимание к формированию познавательной и коммуникативной культуры личности учащегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучение литературе предполагает формирование нравственно-этической и культурно-эстетической компетенции. При определении содержания школьного курса литературы предполагается соблюдение соотношения казахской литературы и литературного наследия народов, проживающих в Казахстане, а также мировой литературы. В старших классах предлагается изучение интегрированного курса литературы, позволяющего ознакомить учащихся с сокровищницей мировой классики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модернизация содержания гуманитарных и общественных предметов образовательной области «Человек и Общество»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направлена на усиление нравственно-воспитательной функции учебных курсов и модулей:  история Казахстана, история,  самопознание, основы обществознания, основы правоведения, Казахстан в современном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В основной школе оно ориентируется на приобщение учащихся к гражданской культуре, изучению начал социологических, культурологических, политологических, правовых и экономических знаний. В профильной школе содержание интегрированного курса  обществоведения носит обобщающий методологический характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В содержании школьного исторического образования основное место занимает рассмотрение истории Казахстана. Предусматривается обновление содержания истории Казахстана с позиции переосмысления истории своего народа, ориентированного на принцип </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культуросообразности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В старших классах вводится  учебный курс «Казахстан в современном мире», интегрирующий содержание истории и социально-экономической географии Казахстана на современном этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание  образовательной области «Математика и информатика»  представлено учебными курсами и модулями: математика, алгебра, геометрия, информатика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При организации содержания математического образования  особое внимание уделяется развивающему потенциалу курсов, усилению их прикладной направленности, сбалансированной реализации двух  основных функций: собственно математического образования и образования с помощью математики. Владение математическим языком расширяет коммуникативные возможности выпускника школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание образовательной области «Естествознание» формирует у учащихся целостную картину мира, представления единства и многообразия свойств неживой  и живой природы. На уровне начального образования она представлена интегрированным курсом “Окружающий мир”, на уровнях основного и общего среднего образования предполагается систематическое изучение основ химии, физики, географии, биологии. Также в 5-6 и 11-12  классах вводится интегрированный курс «Естествознание».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главной целью образовательной области “Технология” является  формирование навыков поиска, систематизации и использования необходимой информации, проектирования предмета труда в соответствии с назначением ступени образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Курсы «Технология», «Информационные технологии», «Графика и проектирование» содействуют  в подготовке учащихся к  самостоятельной жизни, к овладению различными массовыми профессиями, к планированию своей практической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В обновленном виде трудовая подготовка учащихся старших классов призвана обеспечить развивающий характер трудового обучения с целью их профессиональной ориентации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Включение информационных технологий связано с необходимостью подготовки школьников к использованию их как средства повышения эффективной познавательной и практической деятельности при изучении всех предметов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Художественно-эстетическое образование в рамках образовательной области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"Искусство»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направлено на формирование у учащихся эстетического мировосприятия через освоение достояния общечеловеческой и национальной культуры соответственно закономерностям познания мира. С учетом задач каждого уровня образования  происходит осмысление и освоение учащимися основных видов искусства (музыка, изобразительное искусство, театр, хореография и др.) и собственной художественной  деятельности. В начальной школе вводится учебный предмет «Художественный труд».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание образовательной области «Физическая подготовка» организуется с учетом возрастных особенностей и возможностей учащихся и ориентирует их на  ведение  здорового образа жизни. В старших классах целесообразно введение курса «Основ безопасности жизнедеятельности».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. ОРГАНИЗАЦИЯ УЧЕБНОГО ПРОЦЕССА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При организации учебного процесса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00CD7C1C">
-[...580 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решающее значение имеют принципы многофакторности, комплексности, технологичности, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диагностичности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, интерактивности, действенности, оптимизации обучения как инструментарий активизации познавательной  деятельности и  самоидентификации учащихся. В контексте этих принципов, выступающих как дидактические основания,  обучение становится эффективным. Образовательный процесс, условно разделяемый на обучение и воспитание, создает условия для социализации обучающихся как деятельности по усвоению социального опыта, осмыслению общечеловеческих ценностей, осознанию смысла жизни и значимости созидания себя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитывая, что важнейшим фактором повышения качества является способ реализации образовательного процесса, рекомендуется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циклоблочная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или модульная форма его организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Циклоблочная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> система организации учебно-воспитательного процесса предусматривает возможность разных вариантов (моделей) циклов: недельные, двухнедельные, месячные, четвертные, полугодовые.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом существенно трансформируются функции педагогов, которые не только разрабатывают новые учебные программы интегрированного характера, но и создают или подбирают им технологии обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основным критерием отбора педагогических технологий является равноправие субъектов обучения, активная роль учащихся в учебном процессе. Предпочтение необходимо отдавать интерактивным методикам, в соответствии с которыми понижается информирующая функции педагога, и возрастает его роль как координатора, консультанта, организатора  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Әрекеттік қатынас оқушының әлеуеттік мүмкіндігін дамытуға және есепке алуға көзделген, әрекетті сабақтан тыс ұйымдастыру нысандарымен, саралау тапсырмаларымен, вариативті бағдарламалармен жететін, жеке білім алу міндеттерін толығымен шешуге мүмкіндік беретін </w:t>
-[...467 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>самостоятельной познавательной деятельности и творческой активности учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модульный способ организации процесса в старших классах позволяет включать в каждый модуль предметное содержание разных циклов: гуманитарного, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естественно-научного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, эстетического и др. Благодаря ему становится возможным реально обеспечить диверсификацию образовательного  процесса с учетом индивидуальных особенностей, познавательных интересов и способностей учащихся. Выбор тех или иных модулей позволяет построить индивидуальную образовательную траекторию для каждого ученика, что обеспечивает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>многовариантность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>многоуровневость</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения в достаточно широком диапазоне. Модульная организация учебного процесса позволяет за более короткие сроки достигать планируемых результатов обучения, учитывать психологические закономерности восприятия и освоения нового материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модульный учебный план школы отражается в модульном расписании, которое в зависимости от выбранного варианта организации образовательного процесса может определяться по полугодиям или неделям, либо представлять собой комплекс двух расписаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В связи с тем, что обучение является целенаправленно организованной взаимосвязанной деятельностью учителя (преподавание) и ученика (учение), следует разграничить цели каждого из  компонентов учебного процесса. Таксономии целей обучения, дифференцированные соответственно особенностям деятельности учителя и ученика призваны обеспечить технологичность учебного процесса и гарантировать успешное достижение планируемых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели преподавания (деятельность учителя):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         организация учебного процесса с учетом целей образовательной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         конструирование учебного процесса с ориентацией на решение задач обучения, воспитания и развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         регулирование деятельности обучающихся по усвоению учебного материала, направленного на самостоятельное приобретение субъективно новых знаний и умений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         создание условий для организации развития обучающихся, удовлетворения их образовательных запросов/потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечение условий для стимулирования положительных эмоций обучающихся от достигнутых результатов, от постижения ценностного смысла приобретаемых знаний, умений и навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         расширение образовательного пространства </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>психодиагностикалаудың, кеңес берудің, түзету мен түсіндірудің қажетті әдістерін білуі тиіс. </w:t>
-[...583 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>-         оценка текущих результатов для своевременной коррекции обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели учения (деятельность ученика):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         мотивация к самообучению, самовоспитанию и саморазвитию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         самоорганизация и самоуправление учебной деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         усвоение знаний, умений и навыков учебного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         освоение ключевых и предметных компетенций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         построение индивидуальной траектории образования в соответствии со своими  интересами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         использование возможностей информационных средств обучения, учебников и учебно-методических комплексов, программных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         самооценка и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самокоррекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. ОБЕСПЕЧЕНИЕ И ПОДДЕРЖКА УЧЕБНОГО ПРОЦЕССА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информационная среда учебного процесса. Объемная и многофункциональная информационная среда создается с помощью учебников и разнообразной методической литературы для учителей и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как на бумажных, так и на электронных носителях. Информационная среда обучения меняется в соответствии с изменением парадигмы образования. В настоящее время в центре учебно-образовательного процесса стоит личность учащегося как будущего активного участника в экономическом развитии страны. Система образования вооружает молодых людей познавательными, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мета-когнитивными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, социальными  и другими навыками, которые необходимы им в будущей жизни в обществе, природе и на рынке труда. Знания, умения и навыки, получаемые учащимися, обеспечиваются в учебно-образовательном процессе через содержание школьных учебников и компонентов учебно-методического комплекса, представленных в виде дидактических материалов, сборников задач и упражнений, сборников диктантов, справочников, таблиц и экранных пособий, хрестоматий, книг для чтения, рабочих тетрадей, альбомов сюжетных картинок, обучающих компьютерных программ и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разработка и издание учебников.  Учебники должны являться новыми как по содержанию, так и по форме.  Современный учебник – составная часть образовательной среды. Названная среда обеспечивает эмоционально-ценностное, социально-личностное и эстетическое развитие учащихся в соответствии с их интеллектуально-познавательным ростом в ходе обучения. Рациональное сочетание информационной части учебника с аппаратом организации усвоения предоставляет ученику возможность выбора сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дств дл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я выстраивания деятельности по самостоятельному познанию и самообразованию. Учебник не только обучает, но и проверяет уровень </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>-          тұлғалық-қызметтік, құзыреттілік тәсілдерге негізделген оқытудың әдістемелік жүйесіне;</w:t>
-[...375 lines deleted...]
-    <w:sectPr w:rsidR="004836DE">
+        <w:t>усвоения знаний, и способствует построению учебного процесса на основе педагогической технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При переходе на 12-летнее образование содержание учебных предметов изменяется  в сторону обновления учебного материала в соответствии с изменениями в окружающем мире и современными достижениями наук. В учебниках следует произвести перераспределение учебного материала между основной и старшей школой с целью уменьшения учебной нагрузки учащихся основной школы. В новых учебниках дается критическое осмысление места и роли данной дисциплины в общем содержании образования в школе, а цели и задачи курса соотносятся с современными требованиями к образованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новые учебники играют большую роль в жизни каждого учащегося. Это выражается в том, что они:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формируют и развивают в учащихся самостоятельность, инициативность, готовность к самообразованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         подготавливают к взаимодействию с окружающей средой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         нацеливают на профессиональное самоопределение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         ориентируют учащихся в окружающей жизни и помогают проектировать свое будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учебно-методические комплексы (далее – УМК) к учебнику, расширяя объем информационной среды учебного процесса, отличаются такими характерными признаками, как:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         информационная модель педагогической системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         дидактическая система учения – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самонаучения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         средство учебной коммуникации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Функциональное назначение компонентов УМК заключается в выражении материализованного содержания образования и служении в качестве средства педагогического взаимодействия участников учебно-образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программное обеспечение учебного процесса связано с созданием компьютерной сети системы образования и использованием информационных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программное обеспечение учебного процесса осуществляется на научной и системной основе и тогда информационные технологии изменяют содержание образования, вносят определенные изменения в методику традиционных учебных дисциплин. В результате возникает новая, компьютерная «среда обучения», которая выступают как ресурс повышения эффективности обучения. Особенность информационных технологий заключается в том, что они:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-         индивидуализируют обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечивают доступ к большим объемам информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         способствуют обработке отобранных сложных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         помогают в исследовании компьютерных моделей, изучаемых объектов и процессов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Компьютерная среда обучения способствует организации новых форм взаимодействия в процессе обучения и изменению содержания и характера деятельности учителя. Более того, информационные технологии совершенствуют управление учебным процессом, его организацию, контроль и планирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программное обеспечение выступает в следующем виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         контролирующие и тестирующие программы для осуществления обратной связи в процессе обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         программы-тренажеры, помогающие учащимся в самостоятельном переходе с одного уровня обучения на другой, начиная с базового, обязательного,  то есть репродуктивного, и, заканчивая продуктивным и творческим уровнями;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         информационно-справочные системы, позволяющие учащимся получать нужную информацию в любой момент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         профессионально ориентированные моделирующие программы и среды, призванные помочь учащимся в выборе будущей профессии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обучающие и развивающие компьютерные игры, способствующие развитию креативных и творческих навыков,  нацеливающие на реализацию компетенций, полученных в образовательном процессе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особое место в программном обеспечении занимают электронные учебники, которые будут доминировать в учебном процессе школ XXI века. Они создаются на системной основе. Только тогда содержание электронных учебников будет отличаться от содержания традиционных школьных учебников на бумажных носителях. Электронные учебники в силу своей многофункциональности способны заменить  собой традиционные школьные учебники и УМК к ним. В отличие от учебника на бумажных носителях электронные учебники обладают оперативностью, способностью установить быструю обратную связь, компактностью, наглядностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. ПЕДАГОГИЧЕСКИЕ КАДРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Будущее Казахстана в значительной мере зависит от того, какое место в системе социально-экономических и духовно-нравственных ценностей занимает Учитель. Необходимо не только обеспечить качественное профессиональное образование в вузе, но и социальные гарантии для педагогических кадров с целью укрепления престижа данной профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В связи с этим совершенствование системы подготовки и переподготовки обуславливает необходимость в осуществлении комплекса мер общегосударственного уровня, направленных на повышение качества подготовки учительских кадров, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         разработка новых законодательных и нормативных документов, определяющих долгосрочную государственную политику в области подготовки учителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         восстановление специализированных профилей вузов, готовящих учителей (педагогические институты, педагогические университеты, педагогические отделения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         подготовка учителя к работе в поликультурной образовательной среде, учитывая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>многоэтнический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контингент учащихся большинства школ республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификация и профессионализм педагогических кадров системы образования зависят, главным образом, от качества вузовской подготовки будущих учителей. Усовершенствованные учебные планы и программы институтов и университетов должны предусматривать включение будущего учителя в педагогическую деятельность с первых дней обучения в вузе, тесную взаимосвязь учебного процесса в вузе со школой через организацию непрерывной педагогической практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В педвузах может быть организовано дополнительное профессиональное образование для того, чтобы восполнить нехватку узких специалистов. Для получения дополнительного профессионального образования будущие специалисты на втором-третьем курсах обучения в педвузах выбирают еще одну педагогическую специальность, например: школьного психолога, социального педагога, или приобретают соответствующую квалификацию для работы в специализированном учебном заведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение потребности системы образования в педагогических кадрах связано с переподготовкой учителей в соответствии с нуждами определенного населенного пункта или региона. Повышение квалификации педагогических кадров системы образования носит системный характер, научно и методически обосновано, адаптировано к постоянно меняющимся условиям в образовательной сфере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переподготовка учителей учитывает реалии сегодняшнего дня, когда требуется получить новую профессию, специализироваться еще по одной или нескольким специальностям в связи с появлением новых учебных предметов и курсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Потребность в повышении квалификации педагогических кадров системы образования обусловлена реформированием системы образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выраженного изменением содержания образования, подходов к его структуре, оценке конечных результатов, научно-методического обеспечения и управления.  В связи с этим для системы повышения квалификации актуально решение следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         своевременное и оперативное повышение квалификации и переподготовки педагогических кадров различных категорий работников образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обновление содержания курсовой подготовки и переподготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         достаточное финансирование системы повышения квалификации со стороны государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         системное управление повышением квалификации учителей и руководителей школ, которое обеспечивало бы выполнение соответствующих положений Закона «Об образовании».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.  УПРАВЛЕНИЕ СИСТЕМОЙ ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для эффективного внедрения стандарта 12-летнего образования и обеспечения качества системы необходима разделенная ответственность школы как организации, местного сообщества, социальных партнеров и государственных органов управления на различных уровнях этого процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа является профессиональной организацией, которая обеспечивает организацию образовательного процесса для реализации стандартов образования. Школа составляет школьный учебный план с учетом государственных стандартов уровней образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важной составляющей в деятельности школы является обеспечение регулярной самооценки качества. Информационной основой обеспечения качества служат результаты текущей оценки учебных достижений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа для выполнения своих обязанностей обеспечивается профессиональной поддержкой. Школа вправе выбирать консультирующую организацию среди квалифицированных государственных и негосударственных организаций и университетов. Это гарантируется ее финансовой самостоятельностью в вопросах профессионального развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объектами контроля деятельности школы вышестоящими органами управления являются инспекция государственных стандартов уровней образования, в том числе учебного план и система обеспечения качества образования самой школой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа как социальный институт в процесс подготовки и пересмотра школьного учебного плана на регулярной основе вовлекает родителей и представителей местного сообщества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для учета интересов всех участников социального партнерства, базовые компетенции учащихся как цели системы образования национального уровня  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>и как основа для работы каждой школы в отдельности подготавливаются и пересматриваются совместно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Процессы подготовки, внедрения и эффективного функционирования государственных стандартов образования управляются государственными органами образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность центрального органа управления - это:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         организация, подготовка и внедрение базисного учебного плана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         проведение итоговых экзаменов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         организация отслеживания качества образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         формирование образовательной политики для обеспечения качества образования и внесения своевременных изменений в государственные стандарты образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность областного уровня управления - это:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         обеспечение профессиональной поддержки школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         отслеживание качества образования на региональном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         определение приоритетов развития образования в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         распределение финансовых ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственность районного (городского) уровня управления - это:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         организация профессиональной поддержки школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         инспекция наличия и выполнения школьного учебного плана и школьной системы обеспечения качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение качества школьного образования, его эффективность зависят от решения ряда проблем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-         совершенствования системы руководства, управления, отчетности и разработки соответствующих инструментов, позволяющих предоставить достоверную информацию по результатам, затраченным ресурсам, по успеваемости, навыкам, по разрешению проблем, по работе в команде, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самообученности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т.д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         повышения ответственности семьи, должностных учреждений за раннюю диагностику детей и создание образовательной среды для их развития с целью обеспечения прав детей с разными нуждами на образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         осуществления разумной децентрализации администрирования, управления школами, вовлечения партнеров, заинтересованных сторон и местного сообщества для экспертизы качества образования и оказания помощи школам в достижении целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         создания системы мониторинга качества образования, деятельности школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-         создания механизма активизации деятельности образовательных учреждений по внедрению принципов демократического управления школой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         создания службы независимого диагностирования качества образования в конце определенных классов (4, 6, 10, 12) для коррекции педагогического процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         разработки критериев единых экзаменов после основной школы и государственной (итоговой) аттестации выпускников школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         совершенствования системы аккредитации программ подготовки педагогических кадров, сертификации организации повышения квалификации учителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         создания рынка услуг вариативного образования, ориентированного на повышение квалификации конкретных учителей и адресную поддержку конкретной школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         координирования приоритетных направлений развития  педагогической науки, педагогических инноваций в практике школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         введения регулятивных механизмов рыночной системы в разработке и издании учебников и учебных пособий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качество образования характеризуется таким показателем, как адекватность образования потребностям личности и общества. Адекватность образования, являясь отражением процесса удовлетворения образовательных потребностей, в сущности, характеризует условия предоставления всем равного доступа к нему и равных возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение адекватности образования как показателя его качества зависит от ряда факторов, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         разработки единых критериев отслеживания учебных достижений учащихся в рамках каждого уровня школьного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         создания методических инструментариев, способствующих формированию у учащихся функциональной грамотности, т.е. их готовности к использованию полученных знаний и умений в реальной практике, на уровне проектирования содержания образовательной области (учебного предмета), учебников и учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-         включенности в сравнительно-сопоставительные исследования образовательных достижений учащихся в рамках международных программ TIMSS, PISA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. УСЛОВИЯ РЕАЛИЗАЦИИ КОНЦЕПЦИИ 12-ЛЕТНЕГО СРЕДНЕГО ОБРАЗОВАНИЯ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Реализация Концепции 12-летнего среднего образования Республики Казахстан сопровождается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>−       разработкой государственного общеобязательного стандарта 12-летнего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>−       разработкой концептуально-методических основ и содержания стандартов  по уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">−       разработкой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балльно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-накопительной  системы оценивания достижения ожидаемых результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>−       обеспечением учебно-методическими и материально-техническими средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>−       созданием психологической службы, новых форм организации профильного обучения в масштабах страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">−       адаптацией учителей через переподготовку и повышение квалификации к организации обучения, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ориентированному</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на достижение ожидаемых результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>−       финансовым и материально-техническим обеспечением перехода на 12-летнее обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111B56" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008633C5" w:rsidRPr="00111B56" w:rsidRDefault="00111B56" w:rsidP="00111B56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответственными исполнителями по реализации данной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концепцииявляются</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национальная  Академия образования им. Ы. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтынсарина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00111B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Национальный центр оценки качества образования, Республиканский методический центр информатизации образования, Национальный центр тестирования, Республиканский научно-практический центр «Учебник», Республиканский институт повышения квалификации руководящих и научно-педагогических кадров системы образования, подведомственные организации и органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008633C5" w:rsidRPr="00111B56">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006B4A48"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CD7C1C"/>
+    <w:rsidRoot w:val="007B1D80"/>
+    <w:rsid w:val="00111B56"/>
+    <w:rsid w:val="007B1D80"/>
+    <w:rsid w:val="008633C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5105,185 +6410,76 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...38 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...67 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -5404,220 +6600,82 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...38 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...67 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...27 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -5872,55 +6930,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>25458</Characters>
+  <Pages>23</Pages>
+  <Words>7529</Words>
+  <Characters>42919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>212</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>357</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29865</CharactersWithSpaces>
+  <CharactersWithSpaces>50348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Администратор</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>