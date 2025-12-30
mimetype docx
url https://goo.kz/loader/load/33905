--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,23458 +1,14653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002A3EBB" w:rsidRDefault="002A3EBB" w:rsidP="00B914C3">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ПРИНЦИПЫ КРИТЕРИАЛЬНОГО ОЦЕНИВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критериальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание реализуется согласно следующим принципам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Взаимосвязь обучения и оценивания. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание является</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неотъемлемой частью обучения и непосредственно связано с целями учебной</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программы и ожидаемыми результатами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объективность, достоверность и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>валидность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет точную и надежную информацию. Существует уверенность</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что используемые критерии и инструменты оценивают достижение</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целей обучения и ожидаемых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ясность и доступность. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценивание предоставляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>понятную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прозрачную информацию, повышает вовлеченность и ответственность всех участников образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Непрерывность. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание является непрерывным процессом,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>позволяющим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своевременно и систематически отслеживать прогресс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных достижений обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Направленность на развитие. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты оценивания инициируют и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E0501" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяют направление развития системы образования, школы, учителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>СТРУКТУРА КРИТЕРИАЛЬНОГО ОЦЕНИВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для сбора данных об успеваемости и прогрессе в обучении в течение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного года осуществляются два вида оценивания: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивание и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание (Рисунок 2). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивание, в свою очередь, включает процедуры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за раздел/сквозную тему, четверть и уровень среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подходы к оцениванию могут отличаться в зависимости от содержания</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмета и вида </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является неотъемлемой частью процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения и проводится регулярно учителем в течение четверти. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивание обеспечивает непрерывную обратную связь между обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и учителем без выставления баллов и оценок. При </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивании</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право на ошибку и ее исправление. Это позволяет</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определить возможности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выявить трудности, помочь в</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижении наилучших результатов, своевременно корректировать учебный</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится для предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителям</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и родителям информации о прогрессе обучающихся по</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завершении разделов/сквозных тем учебных программ и определенного</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебного периода (четверть/триместр, учебный год, уровень среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования) с выставлением баллов и оценок. Это позволяет определять</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и фиксировать уровень усвоения содержания учебной программы за</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Подходы к оцениванию могут отличаться в зависимости от содержания</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмета и вида </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является неотъемлемой частью процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучения и проводится регулярно учителем в течение четверти. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивание обеспечивает непрерывную обратную связь между обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и учителем без выставления баллов и оценок. При </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивании</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право на ошибку и ее исправление. Это позволяет</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определить возможности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выявить трудности, помочь в</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижении наилучших результатов, своевременно корректировать учебный</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводится для предоставления учителям,</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся и родителям информации о прогрессе обучающихся по</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завершении разделов/сквозных тем учебных программ и определенного</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебного периода (четверть/триместр, учебный год, уровень среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00782411">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования) с выставлением баллов и оценок. Это позволяет определять</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и фиксировать уровень усвоения содержания учебной программы за</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания используются</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителями для планирования учебного процесса, рефлексии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00AA37EB" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12E14">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и улучшения собственной практики преподавания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Критериалды </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание является процессом, который оказывает</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>непосредственное влияние на рост и развитие учебных достижений и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает обратную связь между учителем и обучающимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях эффективного обучения необходимо наблюдать за </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ба</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в процессе обучения для определения прогресса и текущего уровня</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>понимания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• определение и представление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целей обучения и критериев</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• создание среды для продуктивного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коллаборативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поможет выявить доказательства того, что и на каком уровне достиг</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающийся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• обеспечение конструктивной обратной связи, способствующей развитию</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• вовлечение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в качестве источника взаимного обучения друг</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>друга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• позиционирование обучающихся как «создателей» своего обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание должно быть неотъемлемой частью обучения,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37EB">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а не рассматриваться как дополнительные упражнения или тесты. Цели</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения и ожидаемые результаты по каждому из разделов учебной</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программы определяют содержание практики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания не будет стандартизирован, т.е.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каждый учитель самостоятельно сможет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>определять собственную практику</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания и нести ответственность за ее результаты. Процесс</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания в деятельности учителя требует реализации</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующих этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• планирование и организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• выбор методов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• анализ результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• предоставление обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирование и организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель должен охватить все цели обучения учебной программы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания. В помощь учителю подготовлены</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сборники заданий для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, включающие критерии</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания по целям обучения, образцы заданий с дескрипторами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для того чтобы сделать процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания эффективным,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитель может использовать задания, предложенные в сборниках. Кроме</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этого, учителю предоставляется возможность самостоятельной подготовки</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инструментов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания. Для этого на этапе планирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителю рекомендуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• изучить учебную программу, учебный план и провести анализ целей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• составить критерии оценивания на основе целей обучения согласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебной программе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• распределить критерии оценивания </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по уровням мыслительных навыков </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обеспечения дифференцированного подхода </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составлении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• составить задания в соответствии с критериями оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• разработать к каждому заданию дескрипторы, которые описывают</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00AF41F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основные этапы его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполнения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.У</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>читель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрабатывает или подбирает задания с учетом индивидуальных</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особенностей своих обучающихся и контекста обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждому заданию составляются дескрипторы. Дескрипторы к заданиям</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны быть ясными и точными, чтобы решение учителя при оценивании</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>было объективным. Кроме того, дескрипторы позволяют определить, на</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">каком этапе выполнения задания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> испытывает трудности. Это</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способствует предоставлению конструктивной о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>братной связи обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF41F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и родителям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...192 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...40 lines deleted...]
-      </w:r>
+        <w:t>15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для улучшения навыков по планированию и организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания учителю необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• повышать качество и увеличивать количество используемых методов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания с использованием заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• применять эффективные формы предоставления обратной связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">• составлять план урока, отражающий процесс применения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>на</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• проводить анализ уроков (качество работ обучающихся; качество</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>қ</w:t>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инструментов оценивания; обратная связь от обучающихся, коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беседа с родителями и др.) для рефлексии и улучшения практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В повседневной практике </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания можно использовать</w:t>
+      </w:r>
+      <w:r w:rsidR="00552FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">различные методы для измерения уровня усвоения, прогресса </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ты</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>, сенімді және айқын болып табылады.  Бұ</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00552FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Две звезды и одно пожелание», «Сигналы рукой», «Светофор», «Индекс</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">карточки для обобщения», «Одноминутное эссе», «Речевые </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образцы»</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>л</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,«</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>бағалау барысында қ</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трехминутная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пауза», «Словесная оценка», викторины, опросы и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания можно использовать на </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>олданылатын</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разных</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>п</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этапах</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t>оқушылардың оқу жеті</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации учебной деятельности как в процессе объяснения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>темы, выполнения заданий, так и во время предоставления обратной связи</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ст</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Методы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания могут использоваться</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при организации индивидуальной, парной и групповой работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание в индивидуальной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание предоставляет уникальную возможность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>л</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осмыслить результаты собственной учебной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это позволит позиционировать их как «создателей» своего обучения и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повысить ответственность за полученные результаты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12E14">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания в индивидуальной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителю необходимо систематически наблюдать за деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>н</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">болып келеді. Ол мақсаттардың </w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и фиксировать промежуточные результаты. При фиксировании</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результатов следует обращать </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ай</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внимание</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">түрлерінің (қалыптастырушы және жиынтық) және бағалау </w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как на положительные стороны, так</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и на недостатки работ обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Следует помнить, что обсуждение результатов индивидуальных работ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00EE50DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необходимо проводить непосредственно с обучающимся. Также важным</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является предоставление возможности обучающимся высказать собственное</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мнение. При планировании дальнейшей работы с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>р</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитывать его потребности и возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Один из важнейших этапов при организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– это проведение анализа результатов работ обучающихся. Учителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендуется систематически проводить анализ результатов наблюдения/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания на протяжении всего процесса обучения. Например, учитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может использовать специально разработанные листы наблюдения для</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведения более детального анализа резу</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льтатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания позволяет получить</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информацию о трудностях, с которыми столкнулись </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ба</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающиеся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>принять решения о необходимых мерах по их преодолению. Например,</w:t>
+      </w:r>
+      <w:r w:rsidR="00552FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анализ результатов проверочных работ позволит выявить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• группы детей, для которых определенные задания представляют</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сложность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>п</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдельных</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся, испытывающих трудности по теме, разделу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• наиболее трудные, проблемные для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопросы, задания,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>темы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чтобы анализ результатов положительно влиял на практику учителя,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• определять реальную, значимую и практико-ориентированную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00552FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требующую решений и действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• проводить анализ для достижения конкретных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">целей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и выполнимых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>задач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• основывать анализ на фактах и доказательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• рассматривать критически </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>варианты решений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, т.е. анализировать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сильные и слабые стороны, достоинства и недостатки, планируемые и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>альтернативные решения проблемы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• составить детальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">план </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действий, как именно надо изменить</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>собственную практику, чтобы устранить ее недостатки и решить</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• придерживаться краткого и понятного стиля в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фиксировании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результатов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анализа (дневник, портфолио, статья, презентации и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• делиться результатами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своей деятельности с коллегами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• проводить анализ систематически, сохраняя преемственность и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ориентируясь на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">потребности обучающихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и помощь коллег.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">анықтауға, жеке даму траекториясын </w:t>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание проводится для определения и фиксирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уровня усвоения содержания учебной программы за определенный период</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения. В процессе фиксирования осуществляется сбор доказательств,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демонстрирующих знания и навыки обучающихся согласно содержанию</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной программы. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание проводится в течение</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверти (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за раздел/сквозную тему), в конце</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверти (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть) и по завершении уровня</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования (основное среднее, общее среднее).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение о баллах/уровнях/оценках по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания принимается учителем в соответствии с критериями оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для оказания помощи учителю в принятии объективного решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">относительно каждого обучающегося к заданиям </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за раздел/сквозные темы разрабатываются дескрипторы, для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за четверть используются схемы выставления баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Информация по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, как и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, может быть </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>жасау</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использована</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для планирования,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коррекции и проведения анализа процесса обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методическому объединению по предмету рекомендуется составить</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания на учебный год с указанием периодов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методов, контрольных заданий по всем видам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за раздел/сквозную тему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за раздел/сквозную тему проводится </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ба</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завершении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> раздела или сквозной темы согласно учебным программам и</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">планам. В результате данного вида </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставляются баллы, которые учитываются при выставлении оценок за</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задания для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел/сквозную тему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатываются в соответствии с целями обучения и критериями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00EE50DE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивания. В методических рекомендациях по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представлены образцы заданий для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за раздел/сквозную тему. Методы и задания для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за раздел/сквозную тему определяются и разрабатываются школами</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть измеряет прогресс в обучении за</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">четверть и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет доказательства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о знаниях, навыках и понимании</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержания учебной программы. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводится в конце учебной четверти с выставлением баллов, которые</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитываются при выставлении оценки за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть предполагает проведение различного</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рода контрольно-проверочных работ. При разработке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо учитывать то, что они должны включать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разноуровневые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>задания, которые будут демонстрировать достижение различных уровней</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыслительных навыков, включая проверку уровней мышления высокого</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка: анализ, синтез и оценка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, составляемый </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методическими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объединениями на учебный год, также должен включать процедуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сумм</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ланирование и организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldItalicMT" w:hAnsi="TimesNewRomanPS-BoldItalicMT" w:cs="TimesNewRomanPS-BoldItalicMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>за четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирование </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть, в первую </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>очередь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключает</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обзор целей обучения учебной программы, так как оценивание</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверяет их усвоение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При планировании и организации данной процедуры оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">используются спецификации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверти </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">образцами заданий, которые представлены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> методических </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендациях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Спецификация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть определяет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>структуру, содержание и включает следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• цель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• обзор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanKZ" w:hAnsi="TimesNewRomanKZ" w:cs="TimesNewRomanKZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– продолжительность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanKZ" w:hAnsi="TimesNewRomanKZ" w:cs="TimesNewRomanKZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– структура оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanKZ" w:hAnsi="TimesNewRomanKZ" w:cs="TimesNewRomanKZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– количество заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanKZ" w:hAnsi="TimesNewRomanKZ" w:cs="TimesNewRomanKZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– распределение баллов по заданиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• инструкции по проведению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• образцы заданий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• схемы выставления баллов к заданиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждая школа имеет возможность использовать </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>м</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложенные</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...21 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образцы или разрабатывать задания самостоятельно. Разработка заданий</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть осуществляется на основе единых</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требований для всех классов одной параллели согласно спецификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задания могут быть различных видов: диктанты, изложение, эссе, тесты,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лабораторные работы, контрольные работы, проекты и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть составляется</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">график </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть, который утверждается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом директора школы и доводится до сведения </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>О</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t>мағлұматтар жинақтау бағалаудың екі тү</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей в начале четверти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть проводится в одинаковых условиях</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для одной параллели. Повторное выполнение (переписывание) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за четверть не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае отсутствия обучающегося во время проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за четверть по уважительной причине (болезнь, смерть близких</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родственников, участие в конференциях, олимпиадах, научных и спортивных</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соревнованиях и др.) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>р</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешается пройти его в течение двух</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>недель после прибытия в школу, при этом используются дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">варианты заданий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Материалы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть необходимо хранить</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в недоступном месте для </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>қалыптастырушы және жиынтық (бөлім/ ортақ тақырыптар бойынша</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>өткізілетін бағалау, тоқсандық жиынтық бағалау, орта білім деңгейі бойынша</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до самого выполнения. С целью</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения безопасности рекомендуется, чтобы задания хранились в</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенном месте, к которому будет доступ только у определенных</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудников (например, заместителей директора).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поскольку </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть обычно проводится</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителями, есть вероятность того, что в кабинете, где обучающиеся будут</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполнять задания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, будет находиться лишь один</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитель. По возможности рекомендуется, чтобы любой свободный учитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">помог учителю в организации и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверть, например, в роли наблюдателя. Важно, чтобы во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть, учителя вели непрерывное наблюдение</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за проведением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания и не выполняли никакие другие</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действия (например, проверка тетрадей, работа за компьютером).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кабинеты, где будет проводиться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны быть заранее подготовлены учителем. Рекомендуется, чтобы</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окружение было знакомым обучающимся: это должен быть кабинет, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">котором у </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>)б</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обычно проходят уроки. При подготовке кабинета</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необходимо учитывать следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бағалау түрлер</w:t>
-[...36 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• продумать, как рассадить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, чтобы удостовериться, что они</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будут работать самостоятельно, без шума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• рекомендуется, чтобы обучающиеся сидели по одному, лицом к доске,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чтобы не заглядывать в работы других обучающихся.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• расстояние между партами должно позволить учителю и наблюдателям</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свободно подойти к любому обучающемуся, если возникнут вопросы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• доска, на которой могут быть написаны основные инструкции и указано</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время, должна находиться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перед</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• необходимо закрыть или убрать со стен материалы информационного</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">характера или плакаты, которые могут помочь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполнении заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">До проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть учитель должен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>убедиться, что обучающиеся не принесли с собой запрещенные предметы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые могут помочь им при выполнении заданий. Обучающиеся могут</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE50DE">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принести с собой только предметы, инструменты или материалы, которые</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указаны в спецификации по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию за четверть. Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запрещенных предметов должно рассматриваться как нарушение правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB62F1" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Более детальная информация по организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за четверть представлена в инструкции для учителя по проведению</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сумма</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тивного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть разрабатывается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующими схемами выставления баллов, образцы которых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в методических рекомендациях по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно данным схемам учителя выставляют баллы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учителю необходимо удостовериться, что баллы за каждый ответ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставлены и результаты записаны правильно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учитель и обучающиеся могут использовать результаты оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для измерения прогресса в обучении. Результаты и обратная связь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:drawing>
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должны мотивировать к обучению, быть понятными </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся и</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлять возможность задумываться о своих результатах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель может использовать результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверть для того, чтобы анализировать, насколько эффективно обучающиеся</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>усвоили содержание учебной программы и какие навыки приобрели. Как и</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивании, данная информация может помочь учителям</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при планировании процесса обучения в будущем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...206 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">сабақты ары қарай </w:t>
+        <w:t>31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Модерация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>жоспарлау</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...29 lines deleted...]
-        <w:t>Жиынтық бағалау мұғалімдер мен оқушыларға белгілі бі</w:t>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модерация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>р</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предназначена</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t>аяқтағанда (ә</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обсуждения учителями результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ обучающихся за четверть с целью стандартизации</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивания. Для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создается комиссия из числа</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителей, работающих в одной параллели. Они обсуждают предварительное</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивание работ по определенному предмету, чтобы обеспечить единое</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">понимание схемы выставления баллов учителями. Председателем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может быть как руководитель методического объединения, так и любой</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитель-предметник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителю также необходимо учитывать, что по итогам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть может быть изменен как в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сторону увеличения, так и в сторону уменьшения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия учителя при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процесс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть проводится в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• оценивает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу обучающегося в соответствии со схемой</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выставления баллов. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>р</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баллы выставляются карандашом;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ушы</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• отбирает образцы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ (с максимальным, минимальным</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллами; работы, оценивание которых вызывает затруднение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• зашифровывает личные данные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на отобранных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образцах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ и готовит их копии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• обсуждает с коллегами результаты работ и убеждается, что все баллы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставлены в соответствии со схемой выставления баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• при необходимости вносит изменения в результаты или в схему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставления баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• подписывает протокол заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• с учетом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пересматривает работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и может</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как в сторону увеличения, так и в сторону уменьшения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>• выставляет окончательные баллы ручкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• выставляет окончательные баллы в электронный журнал регистрации</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результатов оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимые условия для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>успешной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: культура</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудничества, открытая и прозрачная коммуникация, конструктивная</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обратная связь и профессиональная поддержка в коллективе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...197 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">Мұғалімдер қалыптастырушы және жиынтық </w:t>
+        <w:t>32</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ПОРТФОЛИО ОБУЧАЮЩЕГОСЯ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью отслеживания прогресса обучающегося учителю следует хранить</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работы, выполненные </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>ба</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-        <w:t>оқушыларға кері байланыс бері</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за определенный период обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портфолио обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направлено на повышение объективности и</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прозрачности оценивания результатов обучающихся. Портфолио – это</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целенаправленный сбор работ обучающегося, которые показывают его</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результаты обучения, прогресс и учебные достижения по одному или</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нескольким предметам в определенный период учебного года. Портфолио</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составляется на 1 учебный год. По завершении учебного года его следует</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>передать обучающимся и их родителям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портфолио должно включать работы </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>п</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выполненные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивании за разделы/сквозные темы и за четверти</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с критериями оценивания и схемами выставления баллов, рефлексию</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося и обратную связь учителя с рекомендациями.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оно может также включать рабочие тетради, рисунки обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фотографии обучающихся в процессе выполнения практических заданий,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результаты выполненных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследований, комментарии</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя к работам. Некоторые работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> могут храниться в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронной версии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендуемая структура портфолио </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• титульный лист;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• разделители по предметам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы за разделы/сквозные темы, за четверти, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>например</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исьменные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы, презентации, контрольные работы, эссе и т.д. с</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериями оценивания и схемами выставления баллов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• работы обучающихся, выполненные в процессе повседневного обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и отражающие уровень учебных достижений;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• рекомендации, отзывы, обратная связь учителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• рефлексия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма портфолио зависит от предмета и возраста обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, портфолио по ИКТ и информатике могут быть в электронной</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форме (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портфолио) и храниться на электронном носителе</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(диске).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>33</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>алау</w:t>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>МЕХАНИЗМ ВЫСТАВЛЕНИЯ ОЦЕНОК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за разделы/сквозные темы и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">четверть фиксируются в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронном журнале регистрации результатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания (далее – электронный журнал)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Все расчеты баллов и оценок</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются в электронном журнале автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выставление результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативног</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разделы/сквозные</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">темы и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четверти</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в электронном журнале предоставляет</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информацию о баллах и оценках, которые используются для анализа и</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совершенствования практики обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> набирает 50% оценки за четверть</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ по разделам/сквозным темам, 50% - результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суммативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>работы за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Годовая оценка</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процентное соотношение набранной </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>суммы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к максимально возможному баллу за все четверти</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB62F1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>согласно шкале перевода баллов в оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По завершении четверти результаты всех видов оценивания будут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассчитаны по единой шкале перевода баллов в оценки от «1» до «5»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для обеспечения прозрачности оценивания, сопоставимости и единого</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D13795" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>понимания всеми участн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иками образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шкала перевода баллов в оценки</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13795">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-ItalicMT" w:hAnsi="TimesNewRomanPS-ItalicMT" w:cs="TimesNewRomanPS-ItalicMT"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>е аттестован «1»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SymbolMT" w:hAnsi="SymbolMT" w:cs="SymbolMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-20% </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Неудовлетворительно «2»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>21%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SymbolMT" w:hAnsi="SymbolMT" w:cs="SymbolMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-50% </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Удовлетворительно «3»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>51%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SymbolMT" w:hAnsi="SymbolMT" w:cs="SymbolMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-80% </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Хорошо «4»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>81%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="SymbolMT" w:hAnsi="SymbolMT" w:cs="SymbolMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-100% </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Отлично «5»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>34</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Выставление баллов за раздел/сквозную тему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...6 lines deleted...]
-        <w:t>алау</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающийся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...29 lines deleted...]
-        <w:t>мен ә</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по итогам каждой процедуры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за раздел/сквозную тему получает результат в виде количества набранных</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов из максимально возможных и соответствующего уровня учебных</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижений. В свою очередь, уровень учебных достижений может служить</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прогнозным индик</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атором будущей четверной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценки</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...53 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ровень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>достижений</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Процентное содержание</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прогнозная оценка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...6 lines deleted...]
-        <w:t>п</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Высокий</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...30 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 81%-100% соответствует оценке «5»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...6 lines deleted...]
-        <w:t>о</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Средний</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...30 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21%-80% соответствует оценкам «3 - 4»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Низкий</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0-20% соответствует оценкам «1 - 2»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Выставление четвертных оценок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 1 классе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 1-го полугодия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание не</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводится. Четвертная оценка выставляется только в 3 и 4 четверти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Четвертные оценки складываются из результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за разделы/сквозные темы и за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во 2-4 классах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четвертные оценки складываются из результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за разделы/сквозные темы и четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для выставления оценок за четверть используются результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел/сквозную тему и четверть в следующем</w:t>
+      </w:r>
+      <w:r w:rsidR="006B10C1">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процентном соотношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="006B10C1" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MinionPro-Bold" w:hAnsi="MinionPro-Bold" w:cs="MinionPro-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12E14">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 50% оценки за четверть формируется по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A12E14">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за разделы/сквозные темы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 50% оценки за четверть формируется по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...48 lines deleted...]
-        <w:t>алау</w:t>
+        </w:rPr>
+        <w:t>СО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...760 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>) Удельный вес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>СО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделы/сквозные темы 50%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>СО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за четверть 50%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS-BoldMT" w:hAnsi="TimesNewRomanPS-BoldMT" w:cs="TimesNewRomanPS-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...910 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Оценка за четверть 100%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-        <w:t>мұғ</w:t>
+          <w:color w:val="0000AC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Выставление годовых оценок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12E14" w:rsidRDefault="00A12E14" w:rsidP="00A12E14">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Годовая оценка </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C7D91">
-[...8 lines deleted...]
-        <w:t>ал</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C7D91">
-[...18390 lines deleted...]
-    <w:sectPr w:rsidR="009F6922" w:rsidRPr="009826ED" w:rsidSect="009F6922">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по предмету формируется из результатов  всех четырех четвертей (в 1 классе за 3-4 четверти).</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A12E14" w:rsidSect="00AA37EB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="TimesNewRomanPS-BoldMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPS-BoldItalicMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MinionPro-Bold">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanKZ">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="TimesNewRomanPS-ItalicMT">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...8 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="SymbolMT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="108"/>
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="244"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E568F4"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FB0559"/>
+    <w:rsidRoot w:val="00761B37"/>
+    <w:rsid w:val="00552FE3"/>
+    <w:rsid w:val="005E0501"/>
+    <w:rsid w:val="006B10C1"/>
+    <w:rsid w:val="00761B37"/>
+    <w:rsid w:val="00782411"/>
+    <w:rsid w:val="00A12E14"/>
+    <w:rsid w:val="00A954D9"/>
+    <w:rsid w:val="00AA37EB"/>
+    <w:rsid w:val="00AF41F1"/>
+    <w:rsid w:val="00D13795"/>
+    <w:rsid w:val="00DB62F1"/>
+    <w:rsid w:val="00E32CB5"/>
+    <w:rsid w:val="00EE50DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-      </w:rPr>
-[...287 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -23587,61 +14782,284 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00A954D9"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00A954D9"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23675,84 +15093,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -23883,86 +15303,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>26354</Characters>
+  <Pages>12</Pages>
+  <Words>3809</Words>
+  <Characters>21712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>219</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>180</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30916</CharactersWithSpaces>
+  <CharactersWithSpaces>25471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Нурсулу</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>масакбаева г.м.</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>