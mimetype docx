--- v0 (2025-12-08)
+++ v1 (2026-03-29)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00A31209" w:rsidRDefault="00FC2E87" w:rsidP="00FC2E87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC2E87">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC2E87" w:rsidRDefault="00FC2E87" w:rsidP="00FC2E87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -306,2356 +306,3468 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC2E87" w:rsidRDefault="00C60496" w:rsidP="00FC2E87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00244DD6" w:rsidRPr="006B353E" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
       <w:pPr>
         <w:ind w:left="6372"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        «Бекітемін»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="006B353E" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    мектеп директор</w:t>
+      </w:r>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="006B353E" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақылжанова С.З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="006B353E" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Утверждаю»</w:t>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="00554472">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00244DD6" w:rsidRPr="00554472" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кенжекөл ЖОМ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ияткерлік тәрбие, ақпараттық мәдениет тәрбиесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша жұмыс жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>по</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> интеллектуальному </w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">воспитанию </w:t>
+        <w:t>-201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и воспитанию информационной культуры</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в Кенжекольской СОШ на 201</w:t>
-[...56 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цель: </w:t>
-[...17 lines deleted...]
-      </w:r>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...324 lines deleted...]
-        <w:t>формированию высокой информационной культуры.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір тұлғаның зияткерлік мүмкіндігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшбасшылық қасиеттерін және дарындылығын дамытуды қамтамасыз ететін уәждемелік кеңістік құру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау критерийлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасы арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өмір бойы білім алуына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өздігімен білім алуы және алған ақпаратты пайдалану біліктілігіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыни тұрғыдан ойлау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талдау және алған ақпаратты тиімді пайдалану қабілетіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеушілік және жобалық қызмет біліктерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инновацияға қабілеттілікті меңгеруіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пікірталас жүргізу дағдыларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасампаз қызметке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>топтағы жұмысқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>корпоративтік рухты нығайтуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттың түрлі дереккөздеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажетті ақпарат алу арналары мен іздестіру жолдарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз қызметінің түрлі салаларынан алынған ақпаратқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қауымдастығына қосылу дәрежесіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернеттегі девиантты мінез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құлыққа қарсылық білдіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпарат дереккөздерін таңдау және талдау жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өздігімен іздестіру жолдары мен тәсілдеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сауаттылық қалыптастыруға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық қызметте және байланыс жасауда этикалық нормаларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001150E2" w:rsidRPr="00AB5241" w:rsidRDefault="001150E2" w:rsidP="001150E2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары ақпараттық мәдениет қалыптастыруға ұмтылу және қызығушылық білдіру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00244DD6" w:rsidRPr="00512812" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512812">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Мероприятия </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRPr="00512812" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512812">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Сроки </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRPr="00512812" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512812">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Ответственные</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRPr="00512812" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512812">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Работа кружков физико -математического направления «Алгоритм», «Архимед», «Логикалық есептерді шығару», «Қызықты математика», </w:t>
+              <w:t xml:space="preserve"> «Алгоритм», «Архимед», «Логикалық есептерді шығару», «Қызықты математика», </w:t>
             </w:r>
             <w:r w:rsidR="00AD2505">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Физика әлемінде»</w:t>
             </w:r>
+            <w:r w:rsidR="00512812">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физико-математикалық бағыттағы үйірмелер жұмысы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>В течение года</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу жылы бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...30 lines deleted...]
-              <w:t>Руководители кружков</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үйірме жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Викторина «Незнайка и все, все, все» для 5-х классов</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00512812">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-ші сыныптарға арналған </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Незнайка </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және бәрі, бәрі, бәрі</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>викторина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00C60496" w:rsidP="00244DD6">
-[...30 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00512812">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КТК </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз көңілді және білгір балалармыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 7-10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ауылдың мәдени-сауық орталығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00244DD6" w:rsidRPr="007425C4" w:rsidTr="00244DD6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>КВН «Мы веселые и умные ребята» 7-10 классы</w:t>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пәндік олимпиада</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...30 lines deleted...]
-              <w:t>Досуг.центр села</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Е.М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Джагапарова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пән-мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Предметная олимпиада </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00512812">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00512812">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> эрудит»</w:t>
+            </w:r>
+            <w:r w:rsidR="00512812">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...30 lines deleted...]
-              <w:t>Учителя-предметники</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="007425C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Конкурс «Юный эрудит»</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00512812">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7-11 сыныптар арасында </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адам білімінің құндылығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іскери ойыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00C60496" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Серимова М.Ш.</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="007425C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Деловая игра «Сокровища человеческих знаний» среди     7-11 классов</w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00204CCC" w:rsidP="00204CCC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТК</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экономикалық казино</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-8 сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00C60496" w:rsidP="00244DD6">
-[...31 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00C60496" w:rsidRDefault="007425C4" w:rsidP="00C60496">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00244DD6" w:rsidTr="00244DD6">
+      <w:tr w:rsidR="00AD2505" w:rsidRPr="00204CCC" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>КВН «Экономическое казино»7-8 классы</w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00204CCC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бізді оқыдың ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00244DD6" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C60496" w:rsidRDefault="00C60496" w:rsidP="00C60496">
-[...23 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007425C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2505" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00204CCC" w:rsidP="00204CCC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-8 сыныптар арасындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интеллектуалды</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аукцион» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C60496" w:rsidRDefault="007425C4" w:rsidP="00C60496">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD2505" w:rsidRPr="007425C4" w:rsidTr="00244DD6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Викторина «А нас вы читали?» 7-8 классы</w:t>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00605E3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қиял әлемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ертегі шығармаларының конкурсы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00512812" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C60496" w:rsidRDefault="007425C4" w:rsidP="00C60496">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіл мұғалімдерінің ӘБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD2505" w:rsidRPr="00605E3F" w:rsidTr="00244DD6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Январь </w:t>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00605E3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қашан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> интеллектуал</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ды ойыны, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9-10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.С. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C60496" w:rsidRDefault="007425C4" w:rsidP="00C60496">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD2505" w:rsidRPr="007425C4" w:rsidTr="00244DD6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00204CCC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Олар Отан үшін шайқасты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> электрондық </w:t>
+            </w:r>
+            <w:r w:rsidR="00605E3F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>презентация конкурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Калиева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2505">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кульжанов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.К.</w:t>
             </w:r>
             <w:r w:rsidR="00C60496">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Серимова М.Ш.</w:t>
-[...16 lines deleted...]
-              <w:t>Классные руководители</w:t>
+              <w:t xml:space="preserve">Шуйкенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2505" w:rsidTr="00244DD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t>Конкурс «Интеллектуальный аукцион» среди 5-8 классов</w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="000F4911" w:rsidP="00204CCC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүз мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Неге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?» </w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әлемді шарлауда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00204CCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD2505" w:rsidRDefault="00AD2505" w:rsidP="00244DD6">
-[...560 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00AD2505" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4911">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C60496" w:rsidRDefault="007425C4" w:rsidP="00C60496">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60496">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F4911" w:rsidRDefault="007425C4" w:rsidP="00244DD6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00244DD6" w:rsidRPr="00244DD6" w:rsidRDefault="00244DD6" w:rsidP="00244DD6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FC2E87" w:rsidRPr="00FC2E87" w:rsidRDefault="00FC2E87" w:rsidP="00FC2E87">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC2E87" w:rsidRPr="00FC2E87" w:rsidSect="00A31209">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times CA">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="45DB33C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F768864"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2732,269 +3844,511 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC2E87"/>
     <w:rsid w:val="000F4911"/>
+    <w:rsid w:val="001150E2"/>
+    <w:rsid w:val="00204CCC"/>
     <w:rsid w:val="00244DD6"/>
+    <w:rsid w:val="00512812"/>
+    <w:rsid w:val="00605E3F"/>
     <w:rsid w:val="0063352A"/>
+    <w:rsid w:val="007425C4"/>
     <w:rsid w:val="00850F88"/>
+    <w:rsid w:val="009F0251"/>
     <w:rsid w:val="00A31209"/>
     <w:rsid w:val="00AB6116"/>
     <w:rsid w:val="00AD2505"/>
     <w:rsid w:val="00C3059C"/>
     <w:rsid w:val="00C5500C"/>
     <w:rsid w:val="00C60496"/>
     <w:rsid w:val="00C73DC8"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00FC2E87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{B424402E-7776-4FEB-8C77-B9F2ACED37BE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E5602D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC2E87"/>
     <w:rPr>
@@ -3011,72 +4365,79 @@
     <w:semiHidden/>
     <w:rsid w:val="00FC2E87"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00244DD6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00244DD6"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="001150E2"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3331,66 +4692,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>409</Words>
-  <Characters>2337</Characters>
+  <Words>431</Words>
+  <Characters>2457</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2741</CharactersWithSpaces>
+  <CharactersWithSpaces>2883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>