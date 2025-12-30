--- v0 (2025-12-08)
+++ v1 (2025-12-30)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00A31209" w:rsidRDefault="0001448F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001448F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0001448F" w:rsidRDefault="0001448F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
@@ -278,53 +278,53 @@
     </w:p>
     <w:p w:rsidR="0001448F" w:rsidRDefault="0001448F" w:rsidP="0001448F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0001448F" w:rsidRDefault="00305B82" w:rsidP="00305B82">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00305B82">
         <w:rPr>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3893775" cy="2228850"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\1\Desktop\ulttik-salt-dastur-290x166.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\ulttik-salt-dastur-290x166.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -411,3264 +411,2602 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Кенжекөл, </w:t>
       </w:r>
       <w:r w:rsidR="00305B82">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
+    <w:p w:rsidR="00554472" w:rsidRPr="006B353E" w:rsidRDefault="006D262E" w:rsidP="00554472">
       <w:pPr>
         <w:ind w:left="6372"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00554472" w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
+      <w:r w:rsidR="00554472" w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRPr="006B353E" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін»</w:t>
+        <w:t>д</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">    мектеп директоры:</w:t>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иректор школы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
+    <w:p w:rsidR="00554472" w:rsidRPr="006B353E" w:rsidRDefault="00554472" w:rsidP="00554472">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Акылжанова С.З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
+    <w:p w:rsidR="00554472" w:rsidRPr="006B353E" w:rsidRDefault="00554472" w:rsidP="00554472">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
-[...17 lines deleted...]
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRPr="006B353E" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554472">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRPr="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-        <w:t>Мақсаты</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальному </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанию </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в Кенжекольской СОШ на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00305B82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00305B82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Тұлғаны ұлттық және жалпыадамзаттық құндылықтарға бағдарлау</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель: </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00554472" w:rsidRDefault="00554472" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ориентация личности на общечеловеческие и национальные ценности</w:t>
       </w:r>
+      <w:r w:rsidR="006D262E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,  уважение к родному и государственному языкам, культуре казахского народа, этносов и этнических групп Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ана тілін және мемлекеттік тілді</w:t>
+        <w:t>Критерии оценивания:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="00554472">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) проявление чувства гордости и ответственности по отношению к:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қазақ халқының</w:t>
+        </w:rPr>
+        <w:t>этническому самосознанию, этнической идентичности;</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владению родным и государственным языками;</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қазақстан Республикасындағы этностар мен этникалық топтардың мәдениетін құрметтеуге тәрбиелеу</w:t>
+        </w:rPr>
+        <w:t>культурному наследию своего народа;</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обычаям и традициям казахского и своего народа;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00212D9B" w:rsidRDefault="00212D9B" w:rsidP="00212D9B">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Бағалау критерийлері</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этнокультуре Казахстана;</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>другим культурам этносов Казахстана;</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-[...4 lines deleted...]
-        <w:t>(</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>межэтническому миру и согласию.</w:t>
       </w:r>
-      <w:r>
-[...280 lines deleted...]
-    <w:p w:rsidR="002941C9" w:rsidRPr="00212D9B" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+    </w:p>
+    <w:p w:rsidR="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="11199" w:type="dxa"/>
         <w:tblInd w:w="-1310" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="715"/>
         <w:gridCol w:w="6096"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2687"/>
       </w:tblGrid>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Шаралар </w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Мерзімі</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сроки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Жауаптылар</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRDefault="00435D50" w:rsidP="002D52E1">
-[...14 lines deleted...]
-              <w:t>Кітап көрмелері</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Книжные выставки:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Наш город Астана»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00AF513F" w:rsidP="00AF513F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="002D52E1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...49 lines deleted...]
-              <w:t>«</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казахский язык – наш духовный стержень</w:t>
             </w:r>
             <w:r w:rsidR="002D52E1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="00AF513F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Люди казахского ренессанса»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00F726CC" w:rsidP="00F726CC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мы-народ Казахстана»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="00F726CC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Родники народной мудрости»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F726CC" w:rsidRPr="00AF513F" w:rsidRDefault="00F726CC" w:rsidP="00F726CC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мудрость народной педагогики»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00F726CC" w:rsidP="00F726CC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F726CC" w:rsidRDefault="002D52E1" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00435D50">
-[...238 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00F726CC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...75 lines deleted...]
-              <w:t>сәуір</w:t>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Серимова </w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Қазақстан халқының тілдер мерекесі</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Празднование Дня языков народа Казахстана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00AF513F" w:rsidP="00435D50">
-[...22 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22 сентября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...58 lines deleted...]
-              <w:t>Тарих және қоғамтану ӘБ</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО учителей языковых дисциплин</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО истории и общественных дисциплин</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="00AF513F" w:rsidP="00F726CC">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="00F726CC">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Работа кружков «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұлттық дүниетаным</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00435D50">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00AF513F" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...42 lines deleted...]
-              <w:t>Үйірме жетекшілері</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF513F" w:rsidRPr="00AF513F" w:rsidRDefault="00AF513F" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители кружков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Тазша бала»</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 4-ші сынып оқушылары арасында мақал-мәтел жарысы</w:t>
+              <w:t>Конкурс на знание пословиц и поговорок  среди 4-х классов «Тазша бала»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Бастауыш сынып ӘБ</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00F726CC" w:rsidRDefault="00F726CC" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...39 lines deleted...]
-              <w:t>малақ)</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Неделя национальных игр (асық, тоғызқумалақ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="00435D50">
-[...23 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23-28 ноября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">Турсынов </w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хуан Х.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E53BCD" w:rsidRPr="00E53BCD" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Турсынов О.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="00435D50">
-[...39 lines deleted...]
-              <w:t>сыныптар</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков «Убранство юрты» среди 3-5 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...71 lines deleted...]
-            <w:r w:rsidR="00E504A3">
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E53BCD" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Абдрахманова А.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E53BCD" w:rsidRPr="00E53BCD" w:rsidRDefault="00E504A3" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ш</w:t>
             </w:r>
             <w:r w:rsidR="00E53BCD">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">аяхсултанова </w:t>
+              <w:t>аяхсултанова А.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002941C9" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002941C9" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...24 lines deleted...]
-              <w:t>бар заттар конкурсы</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс на лучшую поделку с элементами казахского орнамента  среди 5-8 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...16 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="002941C9" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002941C9" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...51 lines deleted...]
-              <w:t xml:space="preserve">Айтмакова </w:t>
+          <w:p w:rsidR="002941C9" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Абельдинов К.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E53BCD" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айтмакова Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D52E1" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00305B82" w:rsidP="00305B82">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Открытое занятие кружка </w:t>
             </w:r>
             <w:r w:rsidR="00E53BCD">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Ұлттық дүниетаным»</w:t>
             </w:r>
-            <w:r w:rsidR="00435D50">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E53BCD" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Кумарова </w:t>
+          <w:p w:rsidR="00E53BCD" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кумарова А.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D52E1" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="00435D50">
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> викторина</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Викторина для 4-5 классов «Что ты знаешь о традициях и обычаях казахского народа»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00E53BCD" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Радикова </w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00E53BCD" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D52E1" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...31 lines deleted...]
-              <w:t>конкурсы</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іт сұлтаны» среди 7-8 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">Радикова </w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BD7167" w:rsidRPr="00BD7167" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D52E1" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D52E1" w:rsidRDefault="002D52E1" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="00435D50">
-[...55 lines deleted...]
-              <w:t>сыныптар</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вечер «Наурыз-праздник мира и добра»,  9-11 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Айтмакова </w:t>
+          <w:p w:rsidR="002D52E1" w:rsidRPr="00BD7167" w:rsidRDefault="00BD7167" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С. Айтмакова Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00082931" w:rsidTr="00082931">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00082931" w:rsidRPr="00082931" w:rsidRDefault="00082931" w:rsidP="002D52E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6096" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00082931" w:rsidRDefault="00435D50" w:rsidP="00435D50">
-[...31 lines deleted...]
-              <w:t>» конкурсы</w:t>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Әжелер сайысы», посвященный 8 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="00435D50">
-[...23 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 марта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00235498" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...15 lines deleted...]
-              <w:t>Г.С.</w:t>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00235498" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00082931" w:rsidRPr="00235498" w:rsidTr="00082931">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="002D52E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс «Қыз сыны» среди 8-10 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00082931" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00082931" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00082931" w:rsidRDefault="00235498" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО учителей каз.языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00235498" w:rsidRPr="00235498" w:rsidTr="00082931">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00235498" w:rsidP="002D52E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00235498" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>День единства народа Казахстана. Фестиваль дружбы народов  1-11 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24-28</w:t>
             </w:r>
             <w:r w:rsidR="00235498">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жомартова </w:t>
-[...117 lines deleted...]
-              <w:t xml:space="preserve"> наурыз</w:t>
+              <w:t xml:space="preserve"> апреля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00235498" w:rsidRDefault="00435D50" w:rsidP="002941C9">
-[...119 lines deleted...]
-              <w:t>24-28</w:t>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00235498" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00235498" w:rsidRDefault="00305B82" w:rsidP="002941C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
             </w:r>
             <w:r w:rsidR="00235498">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-              <w:t>пән-мұғалімдері</w:t>
+              <w:t xml:space="preserve"> учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002941C9" w:rsidRPr="00435D50" w:rsidRDefault="002941C9" w:rsidP="002941C9">
+    <w:p w:rsidR="002941C9" w:rsidRPr="002941C9" w:rsidRDefault="002941C9" w:rsidP="002941C9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00554472" w:rsidRPr="0001448F" w:rsidRDefault="00554472" w:rsidP="00554472">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00554472" w:rsidRPr="0001448F" w:rsidSect="00A31209">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times CA">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="6FAF6806"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16541858"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3745,623 +3083,361 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0001448F"/>
     <w:rsid w:val="0001448F"/>
     <w:rsid w:val="00082931"/>
-    <w:rsid w:val="00212D9B"/>
     <w:rsid w:val="00235498"/>
     <w:rsid w:val="002941C9"/>
     <w:rsid w:val="002D52E1"/>
     <w:rsid w:val="00305B82"/>
-    <w:rsid w:val="00435D50"/>
     <w:rsid w:val="00455EB8"/>
     <w:rsid w:val="00507FD5"/>
     <w:rsid w:val="00554472"/>
     <w:rsid w:val="0063352A"/>
     <w:rsid w:val="006532AD"/>
-    <w:rsid w:val="006C2334"/>
     <w:rsid w:val="006D262E"/>
     <w:rsid w:val="00845374"/>
-    <w:rsid w:val="00A200C2"/>
     <w:rsid w:val="00A31209"/>
     <w:rsid w:val="00AB6116"/>
     <w:rsid w:val="00AF513F"/>
     <w:rsid w:val="00BD7167"/>
     <w:rsid w:val="00C3059C"/>
     <w:rsid w:val="00C5500C"/>
     <w:rsid w:val="00E504A3"/>
     <w:rsid w:val="00E53BCD"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00F726CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{71F093B5-3F39-4911-A8A7-AD17024B5A4C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E5602D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002941C9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002941C9"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00305B82"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00305B82"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...12 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -4616,66 +3692,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>360</Words>
-  <Characters>2055</Characters>
+  <Words>367</Words>
+  <Characters>2094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2411</CharactersWithSpaces>
+  <CharactersWithSpaces>2457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>