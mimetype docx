--- v0 (2025-12-09)
+++ v1 (2025-12-11)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00F2068B" w:rsidRDefault="004A234D" w:rsidP="004A234D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A234D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
       <w:pPr>
@@ -258,6667 +258,8357 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004A234D" w:rsidRDefault="00347987" w:rsidP="004A234D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRPr="006B353E" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="6372"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B353E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B353E">
+        <w:t xml:space="preserve">       «Бекітемін»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Утверждаю»</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">       мектеп директоры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B353E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>иректор школы:</w:t>
+        <w:t>Ақылжанова С.З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRPr="006B353E" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B353E">
-[...24 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A234D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кенжекөл жалпы орта білім беру мектебінің 2015-2016 оқу жылына арналған </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">План </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақстандық патриотизм және азаматтық тәрбие, құқықтық тәрбие бойынша жұмыс жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRPr="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
-[...81 lines deleted...]
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B353E">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A234D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>формирование патриота и гражданина</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңа демократиялық қоғамда өмір сүруге қабілетті азаматты және патриотты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғаның саяси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құқықтық және сыбайлас жемқорлыққа қарсы мәдениетін</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>политической</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалар мен жастардың құқықтық санасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>правовой и антикоррупционной культурыличности</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда балалар мен жастар ортасындағы қатыгездік пен зорлық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>правосознания детей и молодежи</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зомбылыққа қарсы тұру даярлығын қалыптастыру</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRPr="000C71C2" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000C71C2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау критерийлері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасы арқылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отанға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік құрылысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік саясатқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік идеологияға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР Конституциясы мен заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>государственному строю</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік рәміздерге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елтаңба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>государственной политике</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әнұран</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>государственной идеологии</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ту</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құқықтық тәртіпке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елдегі ұлтаралық және конфессияаралық келісімге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>государственным символам (гербу</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>халықтар достығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>дружбе народов</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз елінің экономикалық және әлеуметтік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәдени даму саласындағы жетістіктеріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқа адамның құндылықтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құқықтары мен бостандығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>ценностям</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз өлкесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>правам и свободам другого человека</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шағын аудан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табиғатына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәдени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарихи өміріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құқықтық білімге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>культурно</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заңдылық және сыбайлас жемқорлыққа қарсы жүріс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">исторической жизни своего края </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұрысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...32 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="004A234D">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">); </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заң талаптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құқықтары мен міндеттеріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік құндылықтарға құрметпен қарау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мақтаныш сезім және жауапкершілік таныту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
+    <w:p w:rsidR="00AF51AE" w:rsidRDefault="00AF51AE" w:rsidP="00AF51AE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004A234D" w:rsidRPr="000C71C2" w:rsidRDefault="004A234D" w:rsidP="000C71C2">
-[...28 lines deleted...]
-    <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
+    <w:p w:rsidR="000C71C2" w:rsidRPr="00AF51AE" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="11282" w:type="dxa"/>
         <w:tblInd w:w="-1206" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5884"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="3022"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C71C2" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
+          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="004951B1" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C71C2">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мероприятия</w:t>
+              <w:t xml:space="preserve">Шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
+          <w:p w:rsidR="000C71C2" w:rsidRPr="004951B1" w:rsidRDefault="004951B1" w:rsidP="004951B1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000C71C2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Сроки</w:t>
+              <w:t>Мерз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>імі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
+          <w:p w:rsidR="000C71C2" w:rsidRPr="004951B1" w:rsidRDefault="004951B1" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000C71C2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C71C2" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
+          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="00EB6612" w:rsidP="00EB6612">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Патриоттық тәрбие бойынша кеңесті құру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл басы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="004951B1" w:rsidP="004951B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Создание совета по патриотическому воспитанию</w:t>
-[...37 lines deleted...]
-            <w:r w:rsidRPr="000C71C2">
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="000C71C2" w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Жомартова </w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C71C2" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Проведение классных часов по патриотическому воспитанию.   </w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="00EB6612" w:rsidRDefault="00EB6612" w:rsidP="00EB6612">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Патриоттық тәрбие бойынша сынып сағаттарын өткізу, </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="time">
               <w:smartTagPr>
                 <w:attr w:name="Minute" w:val="11"/>
                 <w:attr w:name="Hour" w:val="1"/>
               </w:smartTagPr>
-              <w:r w:rsidRPr="000C71C2">
+              <w:r w:rsidR="000C71C2" w:rsidRPr="000C71C2">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:t>1-11</w:t>
               </w:r>
             </w:smartTag>
-            <w:r w:rsidRPr="000C71C2">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> классы</w:t>
+            <w:r w:rsidR="000C71C2" w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Постоянно</w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үнемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="004951B1" w:rsidRDefault="004951B1" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C71C2" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="000C71C2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...52 lines deleted...]
-              <w:t>ов</w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="004E16E4" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-11 сыныптар үшін Конституция Күніне арналған әңгімелесу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C71C2" w:rsidRPr="000C71C2" w:rsidRDefault="000C71C2" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Учителя истории</w:t>
+          <w:p w:rsidR="000C71C2" w:rsidRPr="004951B1" w:rsidRDefault="004951B1" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="003F35F0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Единые уроки «</w:t>
+              <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мен елімнің патриотымын</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ортақ сабақ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>1 сентября, 2016 года</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="00CC088C" w:rsidP="007A03C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="007A03C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2016 </w:t>
+            </w:r>
+            <w:r w:rsidR="007A03C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Жомартова Г.С. Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004951B1" w:rsidRDefault="004951B1" w:rsidP="004951B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.С. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Акция «</w:t>
+              <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қамқорлық</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>». По отдельному плану</w:t>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке жоспар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
-[...13 lines deleted...]
-              <w:t>Сентябрь- Октябрь</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="007A03C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00347987">
-[...24 lines deleted...]
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00347987">
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="004951B1" w:rsidP="00347987">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Г.С. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71D9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00347987">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Радикова С.Р.</w:t>
-[...16 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Работа клуба «Сұнқар».</w:t>
+              <w:t xml:space="preserve"> «Сұнқар»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> клубының жұмысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үнемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>постоянно</w:t>
-[...21 lines deleted...]
-              <w:t>Тайкебаев Т.А.</w:t>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00CA53B0">
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Участие клуба «С</w:t>
+              <w:t>«С</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұ</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ар» в военн</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>ар»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> клубының әскери-спорттық эстафета мен әскери жиындарға қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="00CA53B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БББ жоспарына сәйкес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000C71C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>о-</w:t>
-[...52 lines deleted...]
-              <w:t>Тайкебаев Т.А.</w:t>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="000C71C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Книжная выставка «Права детей – права людей»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бала құқығы – адам құқығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кітаптар көрмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081338A">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Серимова М.Ш.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081338A" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="004E16E4" w:rsidRDefault="0081338A" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік рәміздер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>халықтың рухани бағдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыынптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081338A">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="00E8547D" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081338A" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="004E16E4" w:rsidRDefault="004E16E4" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заң бұзушылықтын алдын алу бойынша кеңесті қалыптастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081338A">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="000C71C2" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081338A" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="004E16E4" w:rsidRDefault="0081338A" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жасөспірім және заң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0081338A">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0081338A" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0081338A" w:rsidRPr="000C71C2" w:rsidRDefault="0081338A" w:rsidP="0081338A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
-[...12 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00795BDC">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Классный час «Государственные символы – духовный ориентир народа» 1-11 кл.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстаным-болашағым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығармалар конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00E8547D" w:rsidP="003C3502">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тілдер мұғалімдерінің ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00330A4F">
-[...12 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00795BDC">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Формирование Совета по профилактике правонарушений</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қорғаныс кубогы»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қалалық әскери-спорттық жарыстарды өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Кудайбергенова М.А.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00795BDC">
-[...12 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Месячник «Подросток и закон»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Көк байрағым»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасын өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00795BDC">
-[...12 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...20 lines deleted...]
-              <w:t>Қазақстаным-болашағым</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәмелет жасына толмағандарды заңмен жазалау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-9 сыныптарға арналған алдын алу бойынша Кеңес лекциясы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...14 lines deleted...]
-              <w:t>МО учителей языковых дисциплин</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidTr="0081338A">
+        <w:trPr>
+          <w:trHeight w:val="1026"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="002E04A6" w:rsidRDefault="004E16E4" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конституция, Тұңғыш Президент және Тәуелсіздік, Рәміздер Күні мерекелерін тойлау. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="002E04A6" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E04A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="002E04A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00795BDC">
-[...12 lines deleted...]
-              <w:t>13</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="003C3502" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t>Проведение городских военно-спортивных соревнований «Қорғаныс кубогы»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="003C41C5" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мен бақытты елде өмір сүремін» сынып сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыынптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...14 lines deleted...]
-              <w:t>Тайкебаев Т.А.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00E8547D" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="0081338A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
-[...12 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t>Проведение викторины «Көк байрағым»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қазақстанның болашағы қандай?» </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбында 10-11 сыныптарға арналған дөңгелек үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...14 lines deleted...]
-              <w:t>Радикова С.Р.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Калиева </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
-[...12 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Лекция Совета по профилактике для 7-9 классов «Уголовная ответственность несовершеннолетних»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="004E16E4" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Тәуелсіздігінің 25-жылдығына арналған көрме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абельдинов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Айтмакова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="004E16E4" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Тәуелсіздігінің 25-жылдығына арналған «Кең байтақ елім» өлеңдер жарысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тілдер мұғалімдерінің ӘБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
-[...12 lines deleted...]
-              <w:t>16</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="002E04A6" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...47 lines deleted...]
-              <w:t>ервого Президента, Дня Независимости РК, День символики.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың құқығы мен міндеттері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әңгімелесу,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-7 </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="002E04A6" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>В течение года</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="002E04A6" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Жомартова Г.С.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00C26DC5">
-[...12 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="003C41C5" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...13 lines deleted...]
-              <w:t>Классный час «Я живу в счастливой стране» 1-11 кл.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="004E16E4" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жас ұ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00FB4989">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лан»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатарына қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB4989">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="0081338A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB4989">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 ма</w:t>
+            </w:r>
+            <w:r w:rsidR="0081338A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="00CC088C" w:rsidP="0081338A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB4989">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidR="0081338A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шілде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Круглый стол для 10-11 классов по теме «Қазақстанның болашағы қандай?» </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="004E16E4" w:rsidRDefault="00CC088C" w:rsidP="004E16E4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің елім - Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,    1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="004E16E4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...32 lines deleted...]
-              <w:t>Калиева С.М.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00E8547D" w:rsidRDefault="00E8547D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="003C3502">
-[...14 lines deleted...]
-              <w:t>Выставка ДПИ, посвященная 25-летию Независимости РК</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="004E16E4" w:rsidP="00A37ED4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Рәміздерд</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ің білгірі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (4-5 сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...142 lines deleted...]
-              <w:t>МО учителей языковых дисциплин</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Беседа «Права и обязанности учащихся»         5-7 классы </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қазақстан-Республикам менің»</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер көрмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абельдинов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00E8547D" w:rsidP="00E8547D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Прием в РЕДЮО «Жас улан»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00A37ED4" w:rsidP="00A37ED4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР Тәуелсіздігінің 25-жылдығына арналған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кенжекөл ауылының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отбасы үлгісіндегі Балалар ауылының балаларына арналған мерекелік концерт </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...47 lines deleted...]
-              <w:t>6 июля</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00F91E58" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00F91E58" w:rsidP="00F91E58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Е.П.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мусина </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00A37ED4" w:rsidP="00A37ED4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР Тәуелсіздігінің 25-жылдығына арналған Қарттар үйінің тұрғындарына арналған мерекелік шара </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="0081338A" w:rsidP="002B091F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мусина Е.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="003F6561" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Харал </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="003F6561" w:rsidP="003F6561">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.И.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ибраева </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00A37ED4" w:rsidRDefault="00CC088C" w:rsidP="00A37ED4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүрекке жақын рәміздер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Болашаққа талпынған - Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәуелсіздік тарихы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кітаптар көрмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00A37ED4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="0081338A" w:rsidRDefault="0081338A" w:rsidP="00687E39">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00222FFC">
-[...27 lines deleted...]
-              <w:t>»,    1-11 классы</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00A37ED4" w:rsidP="00A37ED4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алдын алу бойынша кеңес. «Егер сен қиын жағдайға ұшырасан» жасөспірімге ескертпе, 6-8 сыныптар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00687E39">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00687E39">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Викторина «Лучший знаток символики» (4-5 кл.)</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00A37ED4" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Тәуелсіздігінің</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25-жылдығына арналған концерт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00FB4989" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...13 lines deleted...]
-              <w:t>Радикова С.Р.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Е.П.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мусина </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="002B091F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Харал </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Г.И.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ибраева </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00222FFC" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...23 lines deleted...]
-              <w:t>менің»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00BF6046" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқырман конференциясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>: Г.М.М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ү</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>срепов «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстандық солдат</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 10-11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...35 lines deleted...]
-              <w:t>Радикова С.Р.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>26</w:t>
+              <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t>Концерт для детей Детской деревни семейного типа с.Кенжеколь, посвященный 25-летию Независисмости РК</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00BF6046" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқықтық тәрбие айлығы. 9-11 сыныптарға арналған «Адамдардың Конституциялық құқықтары» дәріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...316 lines deleted...]
-              <w:t>Серимова М.Ш.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00687E39">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Совет по профилактике. Памятка подростку «Если ты попал в трудную ситуацию», 6-8 классы </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00CC088C" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түнгі Кенжекөлдегі балалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00687E39">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00687E39">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Концерт, посвященный 25-летию Независимости РК </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00CC088C" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәмелет жасына толмағандарға қатысты әкімшілік заңбұзушылық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-10 сыныптарға арналған дәріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...14 lines deleted...]
-              <w:t>14 декабря</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="002B091F">
-[...91 lines deleted...]
-              <w:t>Ибраева Г.И.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Читательская конференция: Г.М.Мусрепов «Солдат из Казахстана» 10-11 кл.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00CC088C" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз – Қазақстан халқымыз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сынып сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыынптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...28 lines deleted...]
-              <w:t>евраль</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...12 lines deleted...]
-              <w:t>Серимова М.Ш.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00ED7BBD" w:rsidRDefault="00ED7BBD" w:rsidP="004F1152">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Лекторий для 9-11 классов «Конституционные права человека»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00BF6046" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқықтық білім апталығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00CC088C" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-16 </w:t>
+            </w:r>
+            <w:r w:rsidR="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Месячник «Дети в ночном Кенжеколе»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00CC088C" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР Конституциялық жүйе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9-11 сыныптарға арналған дәріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Лекторий для 8-10 классов «Административные правонарушения в отношении несовершеннолетних»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00BF6046" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Патриот»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> республикалық айлығына қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> народ Казахстана» 1-11 классы</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00BF6046" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әскери тақырыптағы рефераттар, өлеңдер, суреттер, плакаттар, әндер байқауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00103C1D" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00ED7BBD" w:rsidRDefault="00ED7BBD" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Неделя правовых знаний </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00BF6046" w:rsidRDefault="00CC088C" w:rsidP="00BF6046">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР-ның мемлекеттік рәміздер туралы заңы</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4A9E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сынып сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6046">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>9-16 марта</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00ED7BBD" w:rsidRDefault="00ED7BBD" w:rsidP="004F1152">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітаптар көрмесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соғыс туралы естеліктерді кітаптар оятады</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҰОС әйелдері Сіздерге арналады» 5-11 сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мен соғыс жылдары дүниеге келдім» 1-4 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Егер сен зорлыққа тап болсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-8 сыныптардағы әңгімелесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="007A03C0" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="007A03C0" w:rsidP="007A03C0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
-[...12 lines deleted...]
-              <w:t>37</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Лекторий для 9-11 классов «Конституционная система государства в РК»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-11 сыныптарға арналған </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отанға қызмет етуге дайынмын</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>танымдық әскери-патриоттық бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...28 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="007A03C0" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="007A03C0" w:rsidP="007A03C0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
-[...12 lines deleted...]
-              <w:t>38</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...30 lines deleted...]
-              <w:t>«Патриот»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00D23507">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Саяси репрессия құрбандарын еске алу күні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сынып сағаты, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-11 сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Апрель-Май</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Жомартова Г.С.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="004F1152">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
-[...12 lines deleted...]
-              <w:t>39</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Проведение конкурсов  рефератов, стихов, рисунков, плакатов, поделок, песен на  военные темы.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00D23507" w:rsidRDefault="00CC088C" w:rsidP="00D23507">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің есімде, мен мақтан тұтамын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қайырлы таң, ардагер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акциясын өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Апрель-Май</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00F15352" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...13 lines deleted...]
-              <w:t>Учителя предметники</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="007A03C0" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="007A03C0" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С.Р.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радикова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="007A03C0" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="007A03C0" w:rsidRDefault="007A03C0" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00103C1D" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00617E56" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00D23507" w:rsidRDefault="00103C1D" w:rsidP="00D23507">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлместікке кеткендер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кітап көрмесі,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:r w:rsidRPr="00810AD2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.Ш.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Серимова </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00103C1D" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00617E56" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00D23507" w:rsidRDefault="00103C1D" w:rsidP="00F22332">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F22332">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00F22332">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлы жылдарға бас иеміз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22332">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F22332">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D23507">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:r w:rsidRPr="00810AD2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="007A03C0" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00103C1D" w:rsidTr="003C3502">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00617E56" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00565BC8" w:rsidRDefault="00F22332" w:rsidP="00F22332">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәңгілік алауға гүл шоқтарын қою, салтанатты шараға қатысу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:r w:rsidRPr="00810AD2">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3022" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00103C1D" w:rsidRPr="00565BC8" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="001832BE">
-[...12 lines deleted...]
-              <w:t>40</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Классный час «Закон РК о государственных символах» 1-11 классы</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00EB6612" w:rsidRDefault="00F22332" w:rsidP="00EB6612">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектептен тыс түрлі мәдени-сауық орталықтарындағы мұражайларға</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, лекцияларға, кештерге және шараларға қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үнемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00565BC8" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жомартова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>41</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Книжная выставка «И память о войне Вам книга оживляет», «Женщины ВОВ – вам посвящается» 5-11 кл., «Я родом не из детства – из войны» 1-4 кл.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00CC088C" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00103C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Патриот»</w:t>
+            </w:r>
+            <w:r w:rsidR="00103C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айлық айдарында спорттық жарыстарды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Серимова М.Ш.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00565BC8" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C" w:rsidRPr="00565BC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тайкебаев </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC088C" w:rsidTr="003C3502">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="00330A4F">
-[...14 lines deleted...]
-              <w:t>42</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00617E56" w:rsidRDefault="00617E56" w:rsidP="000C71C2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t>Беседа в 5-8 классах «Если ты подвергся насилию»</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00103C1D" w:rsidP="004F1152">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құқықтық білім апталығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="000C71C2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="00103C1D" w:rsidRDefault="00CC088C" w:rsidP="00103C1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8-13 </w:t>
+            </w:r>
+            <w:r w:rsidR="00103C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC088C" w:rsidRDefault="00CC088C" w:rsidP="00F4672D">
-[...927 lines deleted...]
-              <w:t>Байжанова Л.К.</w:t>
+          <w:p w:rsidR="00CC088C" w:rsidRDefault="00ED7BBD" w:rsidP="00F4672D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кудайбергенова </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC088C" w:rsidRPr="000C71C2" w:rsidRDefault="00ED7BBD" w:rsidP="00ED7BBD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC088C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байжанова </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004A234D" w:rsidRPr="004A234D" w:rsidRDefault="000C71C2" w:rsidP="00565BC8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7965"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004A234D" w:rsidRPr="004A234D" w:rsidSect="00F2068B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times CA">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3EAA52D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42C00EE4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7111,375 +8801,649 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A234D"/>
     <w:rsid w:val="00063B81"/>
     <w:rsid w:val="000C71C2"/>
+    <w:rsid w:val="00103C1D"/>
     <w:rsid w:val="00222FFC"/>
     <w:rsid w:val="002A0667"/>
     <w:rsid w:val="002E04A6"/>
     <w:rsid w:val="00347987"/>
     <w:rsid w:val="003C3502"/>
     <w:rsid w:val="003C41C5"/>
     <w:rsid w:val="003F44B0"/>
+    <w:rsid w:val="003F6561"/>
+    <w:rsid w:val="00454D16"/>
     <w:rsid w:val="00457914"/>
+    <w:rsid w:val="004951B1"/>
     <w:rsid w:val="004A234D"/>
     <w:rsid w:val="004D5622"/>
+    <w:rsid w:val="004E16E4"/>
     <w:rsid w:val="00565BC8"/>
     <w:rsid w:val="00617E56"/>
+    <w:rsid w:val="007A03C0"/>
+    <w:rsid w:val="0081338A"/>
+    <w:rsid w:val="00915DE7"/>
+    <w:rsid w:val="00A37ED4"/>
+    <w:rsid w:val="00AF1AE7"/>
+    <w:rsid w:val="00AF51AE"/>
+    <w:rsid w:val="00B71D9F"/>
+    <w:rsid w:val="00BF4A9E"/>
+    <w:rsid w:val="00BF6046"/>
     <w:rsid w:val="00C42E20"/>
     <w:rsid w:val="00CC088C"/>
+    <w:rsid w:val="00D23507"/>
     <w:rsid w:val="00D26F2D"/>
     <w:rsid w:val="00DE0707"/>
     <w:rsid w:val="00DE1D21"/>
     <w:rsid w:val="00E74247"/>
+    <w:rsid w:val="00E8547D"/>
+    <w:rsid w:val="00EB6612"/>
+    <w:rsid w:val="00ED7BBD"/>
     <w:rsid w:val="00F15352"/>
     <w:rsid w:val="00F2068B"/>
+    <w:rsid w:val="00F22332"/>
+    <w:rsid w:val="00F91E58"/>
     <w:rsid w:val="00FB4989"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="time"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{8FA0500A-BC37-4517-9253-C143F1E37C43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F2068B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="004A234D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000C71C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00347987"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00347987"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF1AE7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="267279251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -7734,66 +9698,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1002</Words>
-  <Characters>5717</Characters>
+  <Words>1020</Words>
+  <Characters>5818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6706</CharactersWithSpaces>
+  <CharactersWithSpaces>6825</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>