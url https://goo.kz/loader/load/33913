--- v0 (2025-12-09)
+++ v1 (2026-01-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="007A4261" w:rsidRDefault="006B353E" w:rsidP="006B353E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B353E" w:rsidRDefault="006B353E">
       <w:pPr>
@@ -244,886 +244,1219 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B353E" w:rsidRDefault="00C1688E" w:rsidP="00C1688E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B353E" w:rsidRPr="006B353E" w:rsidRDefault="006B353E" w:rsidP="006B353E">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Бекітемін»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектеп директоры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақылжанова С.З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="6372"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006B353E">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006B353E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Утверждаю»</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B353E" w:rsidRPr="006B353E" w:rsidRDefault="006B353E" w:rsidP="006B353E">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="00B05736" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кенжекөл жалпы орта білім беру мектебінің 2015-2016 оқу жылына арналған к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05736">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өпмәдениетті және көркем-эстетикалық тәрбие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша жұмыс жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="006B353E" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...77 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B353E" w:rsidRPr="006B353E" w:rsidRDefault="006B353E" w:rsidP="006B353E">
-[...200 lines deleted...]
-    <w:p w:rsidR="002D7276" w:rsidRPr="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D7276">
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002D7276">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарының білім беру кеңістігін тұлғаның өзін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзі сәйкестендіруінің көпмәдениетті ортасы ретінде құру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұлғаның қоғамдағы жалпымәдени мінез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құлық дағдыларын қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оның өнердегі және болмыстағы эстетикалық нысандарды қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">меңгеру және бағалау әзірлігін дамыту. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">толерантности и глобальному мышлению; </w:t>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау критерийлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасы арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толеранттылық және ғаламдық пікір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көпмәдениеттілік және көптілділікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRPr="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәдениетаралық әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік тілді, орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағылшын және өзге тілдерді білу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғамда және қоғамдық орындардағы жалпыға ортақ мінез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құлық нормаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D7276" w:rsidRPr="002D7276" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынас мәдениетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>эстетикалық мұраттарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көркемөнер құндылықтарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0412E" w:rsidRPr="003618A8" w:rsidRDefault="00F0412E" w:rsidP="00F0412E">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық ой мен қиялға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық қызметті қалыптастыруға қызығушылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұмтылыс таныту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003618A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D7276" w:rsidRDefault="002D7276" w:rsidP="00520194">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times CA"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="11102" w:type="dxa"/>
         <w:tblInd w:w="-1071" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="6156"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="002D7276" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520194">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+          <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="00B90075" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00520194">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мероприятия </w:t>
+              <w:t xml:space="preserve">Шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+          <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="00B90075" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00520194">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Время проведения </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өту мерзімі</w:t>
+            </w:r>
+            <w:r w:rsidR="002D7276" w:rsidRPr="00520194">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="00520194" w:rsidRDefault="002D7276" w:rsidP="002D7276">
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00520194">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Ответственные </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>День Знаний</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>1 сентября</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="002D7276" w:rsidP="00B90075">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Акылжанова С.З.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
@@ -1147,276 +1480,349 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Оформление общешкольных и классных уголков.1-11 классы.</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы мектеп және сыныптағы бұрыштамаларды дайындау</w:t>
+            </w:r>
+            <w:r w:rsidR="002D7276" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D7276" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Август-сентябрь</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:r w:rsidR="002D7276" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эстетикалық бағыттағы үйірме жұмыстарын ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Организация работы кружков эстетического цикла</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Руководители кружков и секций</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үйірме жетекшілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Неделя «Осень в Прииртышье»</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Өлкеміздегі күз» апталығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь     </w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidR="00520194" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Морозова О.Н.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
             <w:pPr>
@@ -1440,360 +1846,478 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00520194" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұстаздар мерекесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>День учителя</w:t>
-[...56 lines deleted...]
-              </w:rPr>
               <w:t>Мусина Е.П.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Совет старшеклассников</w:t>
+          <w:p w:rsidR="00520194" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғарғы сынып кеңесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Классные часы:</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00E523A3" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаттары</w:t>
+            </w:r>
+            <w:r w:rsidR="00520194" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="00520194">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Берік достық, ажырамас</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">…» - 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«Дружба крепкая, не сломается…» - 1-4 кл.</w:t>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="00520194">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Если с другом вышел в путь…» - 5-8 кл.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="00520194">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Егер досыңмен жолға шықсан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">…» - 5-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520194" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="00E523A3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«В союзе с красотой» - 9-11 кл.</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әсемдікпен серіктес болу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» - 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Октябрь </w:t>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...20 lines deleted...]
-              <w:t>руководители</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыынп жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Конкурс «Мы идем в гости» (6-8 кл.)</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз қонаққа барамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6-8 сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00E5340E" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1801,85 +2325,126 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Конкурс «Мисс Осень» 8-11 кл</w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00E523A3" w:rsidRDefault="00520194" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күз  аруы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00520194" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="002D7276" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="00E5340E" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
             <w:pPr>
@@ -1919,87 +2484,133 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Беседа по картинам. Галым Каржасов «В ярком мире художника».1-11 кл</w:t>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00E523A3" w:rsidRDefault="00E523A3" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суреттер бойынша әңгіме құру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. Ғ</w:t>
+            </w:r>
+            <w:r w:rsidR="005903B1" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алым Каржасов «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суретшінің әлемінде</w:t>
+            </w:r>
+            <w:r w:rsidR="005903B1" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">».1-11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Ноябрь</w:t>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E5340E" w:rsidRPr="005457E5" w:rsidRDefault="00E5340E" w:rsidP="00E5340E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="00EB7067">
             <w:pPr>
@@ -2016,1440 +2627,1899 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">«Умеем ли мы общаться?» игровая программа </w:t>
+          <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біз араласа білеміз бе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?» </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ойын бағдарламасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="008F5F77" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F5F77" w:rsidRPr="008F5F77" w:rsidRDefault="008F5F77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Деловая игра «Учимся общению» 9-11 кл</w:t>
+          <w:p w:rsidR="008F5F77" w:rsidRPr="00E523A3" w:rsidRDefault="008F5F77" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Араласуға үйренеміз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іскери ойыны,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F5F77" w:rsidRPr="005457E5" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="008F5F77" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F5F77" w:rsidRPr="008F5F77" w:rsidRDefault="008F5F77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> 1-4 кл.</w:t>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00E523A3" w:rsidRDefault="005903B1" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыпайылық турнирі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00E523A3" w:rsidRDefault="005903B1" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F5F77" w:rsidRDefault="008F5F77" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005903B1" w:rsidRPr="005457E5" w:rsidRDefault="005903B1" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="005903B1" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Конкурс «Да здравствует маленькая Баба Яга»  8-10 кл.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E523A3" w:rsidRDefault="00775116" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кішкентай мыстан кемпір, армысың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E523A3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="008F5F77" w:rsidRDefault="00775116" w:rsidP="00005334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00E523A3" w:rsidP="00E523A3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көркем мұражайға саяхат, 7 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Экскурсия в художественный музей 7 кл.</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
-[...12 lines deleted...]
-              <w:t>Классные  руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="002D7276">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="004C2500" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық, облыстық, республикалық конкурстарға, көрмелерге қатысуды жалғастыру, 1-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Продолжить активное участие в городских, областных, республиканских  конкурсах смотрах, выставках творческих достижений учащихся. </w:t>
-[...42 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>В течение года</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="005457E5">
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әкімшілік </w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-              <w:t>Педагог- организатор</w:t>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="004C2500" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылар мен мұғалімдердің шығармашылық жұмыс көрмелерін өткізу, 1-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Проведение персональных выставок творческих работ учащихся и педагогов. </w:t>
-[...42 lines deleted...]
-              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>По плану</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t> Администрация</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00775116" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әкімшілік </w:t>
             </w:r>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Педагог- организатор </w:t>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Проведение передвижных выставок по различной тематике с учетом возраста детей.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="004C2500" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалардың жас ерекшелігін ескере отырып түрлі тақырыптардағы көрмелерді өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>По плану</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...24 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00B90075" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Технология, бейнелеу мұғалімдері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Беседа по картинам «»Абильхан Кастеев-великий художник» 8-11 кл</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="004C2500" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Әбілхан Кастеев – ұлы суретші» суреттер бойынша әңгіме жүргізу. 8-11 сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="008F5F77" w:rsidRDefault="00775116" w:rsidP="00005334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные часы:</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="004C2500" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып сағаттары</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00271958">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Мир вокруг нас», 1-4 кл</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біздің айналамыздағы әлем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00271958">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Гармония души», 5-8 кл</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00271958">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жан үйлесімділігі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», 5-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="004C2500">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Человек, личность, гражданин», 9-11 кл</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адам, тұлға, азамат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>«Знаете ли вы правила вежливости?» Деловая игра, 5-8 кл.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сіз сыпайылық ережесін білесіз бе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?» </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іскери ойыны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 5-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="008F5F77" w:rsidRDefault="00775116" w:rsidP="00005334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Книжная выставка «Этот непростой этикет» (5-11 кл)</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұл қиын этикет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кітап көрмесі</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5-11 сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="008F5F77" w:rsidRDefault="00775116" w:rsidP="00005334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классный час «Эстетика внешнего вида культурного вида» 9-11 кл.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдени киіну эстетикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сынып сағаты, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Март  </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Весенний калейдоскоп «Мисс Весна» конкурс, 8-10 кл.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көктем аруы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 8-10 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
@@ -3475,317 +4545,370 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> Прииртышья» 5-11 кл.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="004C2500" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Павлодар өлкесінің суретшілері</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">суреттер бойынша әңгімелесу, </w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="008F5F77" w:rsidRDefault="00775116" w:rsidP="00005334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыпайылық әлеміне саяхат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-6 </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Викторина «В стране вежливых наук» 5-6 кл.</w:t>
-[...42 lines deleted...]
-              </w:rPr>
               <w:t>Асмус Л.А.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...31 lines deleted...]
-              <w:t>уководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Вечер встречи выпускников</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="004C2500" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түлектердің кездесу кеші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Апрель </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3794,87 +4917,116 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Церемония награждения «Звездный час»</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="004C2500" w:rsidRDefault="00775116" w:rsidP="004C2500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұлдызды сәт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2500">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шарасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Май </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3883,87 +5035,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>День единства народа Казахстан</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E84CBA" w:rsidRDefault="00E84CBA" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан халықтарының бірлік күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>1 мая</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00775116" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3972,87 +5136,101 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00762957">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E84CBA" w:rsidRDefault="00E84CBA" w:rsidP="00762957">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отан қорғаушылар күні</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>7 мая</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00775116" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4061,87 +5239,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>День Победы</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E84CBA" w:rsidRDefault="00E84CBA" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеңіс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>9 мая</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00775116" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4150,87 +5340,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Последний звонок</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E84CBA" w:rsidRDefault="00E84CBA" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соңғы қоңырау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>25 мая</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00775116" w:rsidP="00B90075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90075">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4239,287 +5441,304 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> классы</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00E84CBA" w:rsidP="00E84CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түрлі тақырыптарға арналған суреттер, плакаттар, қолөнер, өлеңдер конкурстарына қатысу. 1-11 сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>В течение года</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Новогодние праздники (1-11 кл) </w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00E84CBA" w:rsidP="00E84CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа жылдық шаралар</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:r w:rsidR="00775116" w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Декабрь</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Международный женский день.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00E84CBA" w:rsidRDefault="00E84CBA" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халықаралық әйелдер мерекесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жомартова Г</w:t>
             </w:r>
             <w:r w:rsidRPr="005457E5">
@@ -4537,193 +5756,225 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Тематические классные часы, беседы по изучению национальных традиций, обрядов, ремесел, праздников.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00E84CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұлттық мерекелерді, дәстүрді, қолөнерді, мерекелерді зерттеу бойынша тақырыптық сынып сағаттары мен әңгімелесулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Март</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidTr="005457E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Выпускной бал « Жас тол</w:t>
+              <w:t xml:space="preserve"> « Жас тол</w:t>
             </w:r>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ын».</w:t>
+              <w:t>ын»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> түлектер балы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005457E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Июнь</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>маусым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4732,109 +5983,114 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="002D7276">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005457E5">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Участие в городском празднике, посвященном Международному дню защиты детей.</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00E84CBA" w:rsidP="00E84CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балаларды қорғау күніне арналған қалалық шараға қатысу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Июнь</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>маусым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775116" w:rsidRPr="005457E5" w:rsidRDefault="00775116" w:rsidP="00EB7067">
-[...13 lines deleted...]
-              <w:t>Воспитатели пришкольного лагеря</w:t>
+          <w:p w:rsidR="00775116" w:rsidRPr="00B90075" w:rsidRDefault="00B90075" w:rsidP="00EB7067">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп жанындағы лагерь тәрбиешілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="002D7276">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D7276" w:rsidRPr="005457E5" w:rsidRDefault="002D7276" w:rsidP="006B353E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -4843,114 +6099,114 @@
     </w:p>
     <w:p w:rsidR="006B353E" w:rsidRPr="005457E5" w:rsidRDefault="006B353E" w:rsidP="006B353E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B353E" w:rsidRPr="005457E5" w:rsidSect="007A4261">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times CA">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="382C2C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E5819A8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5211,379 +6467,613 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B353E"/>
     <w:rsid w:val="00271958"/>
     <w:rsid w:val="002D7276"/>
+    <w:rsid w:val="004C2500"/>
     <w:rsid w:val="00520194"/>
     <w:rsid w:val="005457E5"/>
     <w:rsid w:val="005903B1"/>
     <w:rsid w:val="005C3FE3"/>
     <w:rsid w:val="006B353E"/>
     <w:rsid w:val="00762957"/>
     <w:rsid w:val="00775116"/>
     <w:rsid w:val="007A4261"/>
     <w:rsid w:val="008D4C52"/>
     <w:rsid w:val="008F5F77"/>
+    <w:rsid w:val="009B3DCE"/>
+    <w:rsid w:val="00B90075"/>
     <w:rsid w:val="00BE2120"/>
     <w:rsid w:val="00C1688E"/>
     <w:rsid w:val="00D65066"/>
+    <w:rsid w:val="00E523A3"/>
     <w:rsid w:val="00E5340E"/>
+    <w:rsid w:val="00E84CBA"/>
+    <w:rsid w:val="00F0412E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="time"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{956AB37B-436D-4A46-AE69-3118487558E8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007A4261"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="002D7276"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002D7276"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00271958"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C1688E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C1688E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5838,65 +7328,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>664</Words>
-  <Characters>3789</Characters>
+  <Words>677</Words>
+  <Characters>3861</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4445</CharactersWithSpaces>
+  <CharactersWithSpaces>4529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>