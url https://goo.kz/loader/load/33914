--- v0 (2025-12-09)
+++ v1 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00A31209" w:rsidRDefault="00CF40F2" w:rsidP="00CF40F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF40F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF40F2" w:rsidRDefault="00CF40F2" w:rsidP="00CF40F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -404,816 +404,503 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00770C37" w:rsidRDefault="00770C37" w:rsidP="00CF40F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C82C76" w:rsidRDefault="00C82C76" w:rsidP="00C82C76">
+    <w:p w:rsidR="00E9246F" w:rsidRPr="006B353E" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
       <w:pPr>
         <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRPr="006B353E" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>«Бекітемін»</w:t>
+        <w:t>д</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иректор школы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRPr="006B353E" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>Акылжанова С.З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A878C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRPr="006B353E" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554472">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRPr="00554472" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> семейному </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанию </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+    </w:p>
+    <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в Кенжекольской СОШ на 201</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A878C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-201</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00A878C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
-      <w:r>
-[...477 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-1026" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9246F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
+          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E9246F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Шаралар </w:t>
+              <w:t xml:space="preserve">Мероприятия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
+          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E9246F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мерзімі </w:t>
+              <w:t xml:space="preserve">Сроки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
+          <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E9246F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+              <w:t xml:space="preserve">Ответственный </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00465076">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Ата-аналармен жұмыс бағдарламасына сәйкес ата-аналар лекторийі </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00770C37">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кие </w:t>
+            </w:r>
+            <w:r w:rsidR="00770C37">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лектории согласно программы работы с родителями </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00770C37" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00A878C2" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кудайбергенова М.А.</w:t>
             </w:r>
           </w:p>
@@ -1243,237 +930,181 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00770C37" w:rsidP="00465076">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> ата-аналар жиналысы</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00770C37" w:rsidP="00770C37">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родительское собрание «О правилах внутреннего распорядка школы. Организация питания. Вакцинация против кори»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>Мектеп әкімшілігі</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00465076">
-[...29 lines deleted...]
-              <w:t xml:space="preserve">Әке, ана және мен – дені сау отбасы» көңілді старт </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="005B5562">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Веселые старты «Папа, мама, я – здоровая семья» для 1,4 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
@@ -1521,233 +1152,199 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00834EEA" w:rsidP="00834EEA">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="005B5562">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оформление папки на тему «Семья», где собраны стихи, пословицы, поговорки, афоризмы о семье, беседы для родителей, сценарии </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00A878C2" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B5562" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>Кітапхана белсенділері</w:t>
+          <w:p w:rsidR="005B5562" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Актив библиотеки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00834EEA">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> семинар-тренингі</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="005B5562">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Семинар –тренинг «Профилактика ПАВ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005B5562" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дженаева А.М.</w:t>
             </w:r>
           </w:p>
@@ -1763,912 +1360,716 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кудайбергенова М.А.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005B5562" w:rsidRDefault="005B5562" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
-            </w:r>
-[...294 lines deleted...]
-              <w:t>Балтагулова М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00834EEA" w:rsidP="00834EEA">
-[...45 lines deleted...]
-              <w:t>дәріс</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Литературный  конкурс «Папа, мама и я –читающая семья» среди 1-4 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жомартова Г.С.</w:t>
-[...17 lines deleted...]
-              <w:t>ИПГ</w:t>
+              <w:t>МО учителей нач.классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="0057377B" w:rsidP="0057377B">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> тақырыбындағы дөңгелек үстел</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родительское собрание «Профилактика правонарушений. Вопросы ЗОЖ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...15 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жомартова Г.С.</w:t>
+              <w:t>Администрация</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Дженаева А.</w:t>
+              <w:t>Дженаева А.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балтагулова М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лекция «Современные молодежные течения и увлечения – опасность сегодняшнего времени» для 9-11 кл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИПГ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Укрепляем иммунитет» для родителей 1-4 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дженаева А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="0057377B" w:rsidP="0057377B">
-[...13 lines deleted...]
-              <w:t>Мектеп мөлтек ауданың тіркеуге алу, 6-7 жастағы балалардың ата-аналарына ескертпелер қалдыру</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обход микрорайона школы, вручение памяток родителям детей 6-7 летнего возраста </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дорденко Н.В.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>мұғалімдер</w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E9246F" w:rsidRPr="0057377B" w:rsidTr="00A878C2">
+      <w:tr w:rsidR="00E9246F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="0057377B">
-[...77 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дискуссионный час «Профилактика туберкулеза».  Встреча с врачом – фтизиатром.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E9246F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әкімшілік </w:t>
+          <w:p w:rsidR="00E9246F" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балтагулова М.К.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
@@ -2685,136 +2086,97 @@
               <w:t>Дженаева А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C40F86" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="0057377B">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> кітап көрмесі</w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Книжная выставка «Семья-прибежище души»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
@@ -2826,245 +2188,189 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="0057377B">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Азаматтық – патриоттық тәрбие», </w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00C40F86" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родительское собрание «Гражданско-патриотическое воспитание»</w:t>
             </w:r>
             <w:r w:rsidR="00180E5C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> ата-аналар жиналысы</w:t>
+              <w:t xml:space="preserve">, «Профориентация» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C40F86" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>әкімшілік</w:t>
+          <w:p w:rsidR="00C40F86" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD0C3F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="0057377B">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> кітап көрмесі</w:t>
+          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Книжная выставка «Взрослые и дети – шаг на встречу»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00527A2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
@@ -3076,1164 +2382,819 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="0057377B">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> дөңгелек үстелі</w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Организация школьного питания»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00180E5C" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кудайбергенова М.А.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шаяхметова Ж.Н.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>Мектептің ата-аналар комитеті</w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родительский комитет школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD0C3F" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00180E5C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Отанды сүю отбасынан басталады»</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> кітап көрмесі</w:t>
+              <w:t>Книжная выставка «Отанды сүю отбасынан басталады»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00DD0C3F" w:rsidRDefault="00DD0C3F" w:rsidP="00527A2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
-            </w:r>
-[...125 lines deleted...]
-              <w:t>Бастауыш сынып мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00180E5C" w:rsidTr="00A878C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00C40F86">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс  рисунков  «Отанды сүю отбасынан басталады» среди    4-6 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00DD0C3F" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Абельдинов К.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя нач.классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00180E5C" w:rsidTr="00A878C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="0057377B">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00180E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Родительское собрание «Трудоустройство выпускников», «Организация летнего отдыха»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>мамыр</w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Май </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00180E5C" w:rsidRDefault="00465076" w:rsidP="00E9246F">
-[...14 lines deleted...]
-              <w:t>әкімшілік</w:t>
+          <w:p w:rsidR="00180E5C" w:rsidRDefault="00180E5C" w:rsidP="00E9246F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Администрация </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00E9246F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidRDefault="00E9246F" w:rsidP="00CF40F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E9246F" w:rsidRPr="00E9246F" w:rsidSect="00A31209">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="164"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00CF40F2"/>
-    <w:rsid w:val="00180AA6"/>
     <w:rsid w:val="00180E5C"/>
     <w:rsid w:val="00371150"/>
-    <w:rsid w:val="00465076"/>
     <w:rsid w:val="004B1E40"/>
-    <w:rsid w:val="0057377B"/>
     <w:rsid w:val="005B5562"/>
     <w:rsid w:val="0063352A"/>
     <w:rsid w:val="00770C37"/>
-    <w:rsid w:val="00834EEA"/>
     <w:rsid w:val="00A31209"/>
     <w:rsid w:val="00A878C2"/>
     <w:rsid w:val="00AB6116"/>
     <w:rsid w:val="00C3059C"/>
     <w:rsid w:val="00C40F86"/>
     <w:rsid w:val="00C5500C"/>
-    <w:rsid w:val="00C82C76"/>
     <w:rsid w:val="00CF40F2"/>
-    <w:rsid w:val="00DB55D2"/>
     <w:rsid w:val="00DD0C3F"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00E9246F"/>
     <w:rsid w:val="00EE5B70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{DEE88079-0C63-4C20-8D40-AB11D4292EB2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E5602D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E9246F"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00770C37"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00770C37"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...12 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -4488,66 +3449,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>416</Words>
-  <Characters>2374</Characters>
+  <Words>352</Words>
+  <Characters>2007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2785</CharactersWithSpaces>
+  <CharactersWithSpaces>2355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>