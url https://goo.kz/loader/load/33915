--- v0 (2025-12-09)
+++ v1 (2026-01-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00A31209" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC07D5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -341,995 +341,1431 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00631741">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07D5" w:rsidRPr="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
+    <w:p w:rsidR="00D607CB" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Бекітемін»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    мектеп директоры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   Ақылжанова С.З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>«Утверждаю»</w:t>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07D5" w:rsidRPr="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC07D5">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07D5" w:rsidRPr="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC07D5">
+      <w:r w:rsidRPr="004A4008">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">                                                                                      ______________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Па</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030770D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>влодар қаласының Кенжекөл жалпы орта білім беру мектебінің 2015-2016 оқу жылына арналған еңбек, экономикалық және экологиялық тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030770D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша жұмыс жоспары </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC07D5" w:rsidRPr="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
       <w:pPr>
-        <w:ind w:left="5664" w:firstLine="708"/>
-[...47 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC07D5" w:rsidRDefault="00EC07D5" w:rsidP="00EC07D5">
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұлғаның өзін кәсіби анықтауына саналы қарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасын қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экономикалық ойлауын және экологиялық мәдениетін дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F55DE9">
+      <w:r w:rsidRPr="004A4008">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау критерийлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасы арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экологиялық даму саласында мемлекеттік саясатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атап айтқанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жасыл экономика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экологиялық сауаттылыққа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табиғатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоршаған адамдарға және өзіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоғам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табиғат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүйесіне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табиғатты пайдалану және қоршаған ортаны қорғау саласындағы әр түрлі қызметке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби білім мен өнімді еңбекке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нарықтық экономика заңдарына құнтты және позитивті көзқарас қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экологиялық қауіпсіздік тәртібінің нормаларын сақтауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметінде мақсатқа қол жеткізуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамандық таңдауына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D607CB" w:rsidRPr="004A4008" w:rsidRDefault="00D607CB" w:rsidP="00D607CB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үздіксіз білім негізінде кәсіби жинақылыққа саналы қатынас таныту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4008">
+        <w:rPr>
+          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F83CA6" w:rsidRPr="00D607CB" w:rsidRDefault="00F83CA6" w:rsidP="00EC07D5">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="36"/>
-[...432 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10631" w:type="dxa"/>
         <w:tblInd w:w="-885" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="5246"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="2834"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F83CA6" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F83CA6" w:rsidRDefault="00F83CA6" w:rsidP="00EC07D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83CA6" w:rsidRDefault="00F83CA6" w:rsidP="00AF18B6">
+          <w:p w:rsidR="00F83CA6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Мероприятия</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шаралар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83CA6" w:rsidRDefault="00AF18B6" w:rsidP="00AF18B6">
+          <w:p w:rsidR="00F83CA6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83CA6" w:rsidRDefault="00AF18B6" w:rsidP="00AF18B6">
+          <w:p w:rsidR="00F83CA6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауаптылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF18B6" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="00AF18B6" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="00691FC1" w:rsidRDefault="0087618B" w:rsidP="00634043">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көгалдандыру жұмыстарының айлығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF18B6" w:rsidRPr="00691FC1">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="00691FC1" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
-              <w:t>Месячник озеленительных работ:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="00691FC1" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағаштар отырғызу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="00AF18B6" w:rsidP="0087618B">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>а)</w:t>
+              <w:t>б)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00691FC1">
-[...34 lines deleted...]
-              <w:t>очистка территории от бытового мусора.</w:t>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоқыстарды жинау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="008B6BEE" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
-[...11 lines deleted...]
-              <w:t>Сентябрь</w:t>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
             <w:r w:rsidR="006D700B">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">-ноябрь </w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="008B6BEE" w:rsidRDefault="00631741" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кудайбергенова М.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF18B6" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="00AF18B6" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="00691FC1" w:rsidRDefault="00AF18B6" w:rsidP="00631741">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="00AF18B6" w:rsidP="00454393">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Работа</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> биологических</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Медициналық білімнің негізі</w:t>
             </w:r>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>, «Путешествие в мир живых организмов»</w:t>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:r w:rsidR="00454393">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тірі ағзалардың әлеміне саяхат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологиялық үйірмелердің жұмысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="008B6BEE" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
-[...11 lines deleted...]
-              <w:t>В течение года</w:t>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF18B6" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жомартова Г.С.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="008B6BEE" w:rsidRDefault="00AF18B6" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
@@ -1358,2843 +1794,3844 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="00AF18B6" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="006D700B" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t>Неделя «Осень в Прииртышье»</w:t>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="00454393" w:rsidRDefault="006D700B" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кереку өлкесіндегі күз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00454393">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> апталығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="006D700B" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D700B" w:rsidRDefault="00631741" w:rsidP="00EC07D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF18B6" w:rsidRPr="00AF18B6" w:rsidRDefault="006D700B" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t>Учителя биологии</w:t>
+          <w:p w:rsidR="00AF18B6" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология пәнінің мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экологи</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық күнтізбе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>автокөліксіз күн</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>халықаралық жануарларды қорғау күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоршаған ортаны қорғау бойынша БҰҰ-ның құрылған күні</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00501F53" w:rsidRPr="00691FC1" w:rsidRDefault="00501F53" w:rsidP="00634043">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Экологический  календарь</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>халықаралық су – саздақ алқаптар күні</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00501F53" w:rsidRPr="00691FC1" w:rsidRDefault="00501F53" w:rsidP="00634043">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>- Всемирный день Земли</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>- День без автомобилей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00501F53" w:rsidRPr="00691FC1" w:rsidRDefault="00501F53" w:rsidP="00634043">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бәйшешек күні</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00691FC1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- Всемирный день защиты животных</w:t>
-[...95 lines deleted...]
-              <w:t>-День Солнца</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күн шағының күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="008B6BEE" w:rsidRDefault="00501F53" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00501F53" w:rsidRPr="008B6BEE" w:rsidRDefault="00501F53" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008B6BEE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="008B6BEE" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="008B6BEE" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>22 сентября</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="00501F53" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6BEE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="008B6BEE" w:rsidRDefault="00501F53" w:rsidP="00634043">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6BEE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>4 октября</w:t>
-[...133 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Морозова  О.Н.,  </w:t>
-[...7 lines deleted...]
-              <w:t>Зардхан Н.З.</w:t>
+              <w:t>Морозова  О.Н.,  Зардхан Н.З.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t>Книжная выставка «Школьнику об экономике», 9-11 классы</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушыға экономика жайлы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кітап көрмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Сентябрь </w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00EC07D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t>Конкурс «Отважные пожарные» 6 классы</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ержүрек өрт сөндірушілер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00EC07D5">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00EC07D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF18B6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t>Экологический вернисаж «Тревоги родного края» Фотовыставка 5-11 классы</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Туған өлке қауіптері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экологиялық вернисаж, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">фотокөрме, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Октябрь </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00473C44">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Познавательный час «Путешествие по зоопарку», 1-11 классы </w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зообақ бойынша саяхат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> танымдық сағаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00473C44">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00473C44">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t>Конкурс «Мордочка, хвост и четыре ноги», 7-8 класс</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00D90DCF" w:rsidRDefault="00631741" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұмсық, құйрық және төрт аяқ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 7-8 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Ноябрь </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00473C44">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t>Операция «Накормите птиц»</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құстарды тамақтандыр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> операциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...27 lines deleted...]
-              <w:t>евраль</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00501F53">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRDefault="00D92652" w:rsidP="00473C44">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00473C44">
-[...11 lines deleted...]
-              <w:t>Учителя биологии</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00473C44">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология пәнінің мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t>Конкурс «Ласковый котенок», 5-6 классы</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00D90DCF" w:rsidRDefault="00631741" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мейірімді марғау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 5-6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Декабрь </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00A04CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501F53" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t>Познавательный час «Будь природе другом» 1-11 кл.</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="00D90DCF" w:rsidRDefault="00501F53" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Табиғатпен дос бол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">танымдық сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00A04CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00501F53" w:rsidRPr="00AF18B6" w:rsidRDefault="00501F53" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00501F53" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00A04CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00D90DCF" w:rsidRDefault="0087618B" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тентек күшік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="00CA61E7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00D90DCF" w:rsidRDefault="0087618B" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапты сақта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="00CA61E7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00D90DCF" w:rsidRDefault="00D90DCF" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТК</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экономикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">казино», 7-8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="00CA61E7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кез-келген мамандық - қадірлі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ауызша журналы </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(9-11 сыныптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="00E128DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E128DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00D90DCF" w:rsidRDefault="0087618B" w:rsidP="00D90DCF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлкетану ашық хаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DCF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="00E128DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E128DA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жомартова Г.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>География мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
+          <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t>Конкурс «Озорной щенок» 9-10кл.</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0030502D" w:rsidRDefault="00631741" w:rsidP="0030502D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іскери адам мектебі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF6DA5">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> викторинасы</w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-9 </w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="003A0156">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:r w:rsidR="00631741">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
+          <w:p w:rsidR="00631741" w:rsidRDefault="00D92652" w:rsidP="003A0156">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...177 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00D92652" w:rsidP="003A0156">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
+          <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t>Устный журнал «И каждой профессии – слава и честь» (9-11 кл.)</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0030502D" w:rsidRDefault="00631741" w:rsidP="0030502D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлы кәсіпкерлер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кітап көрмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00A04CEC">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="003A0156">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0030502D" w:rsidRDefault="0087618B" w:rsidP="0030502D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Экономия воды и света» </w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">танымдық сағаты, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="0030502D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="008F2C0D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00057ED6" w:rsidRDefault="0087618B" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Экологи</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық алаң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ойын-викторинасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 5-6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="008F2C0D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00057ED6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Декор»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> клубының топтамалар көрмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="008F2C0D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00057ED6" w:rsidRDefault="0087618B" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Егер сен оқуға түспесен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> еңбек биржа-ойыны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="008F2C0D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серимова М.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00AF18B6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Радикова С.Р.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00057ED6" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экологи</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ялық айлық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00691FC1" w:rsidRDefault="00057ED6" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағаштар отырғызу</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B" w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енбілік</w:t>
+            </w:r>
+            <w:r w:rsidR="0087618B" w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00691FC1" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="001E2939">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Биология пәнінің мұғалімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00691FC1" w:rsidRDefault="00057ED6" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ең үздік құстардың  ұясы конкурсы, 5-8 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="001E2939">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0087618B" w:rsidTr="00AF18B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="00057ED6" w:rsidRDefault="0087618B" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Таза қала</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» 1-4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Табиғатты аяла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> суреттер конкурсы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:r w:rsidRPr="001E2939">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0087618B" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="0087618B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t>Конкурс «Краеведческая открытка» 7-11 классы</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00057ED6" w:rsidRDefault="00631741" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Табиғат ордасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологиялық ринг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 10-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...41 lines deleted...]
-              <w:t>Учителя географии</w:t>
+          <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Морозова О.Н.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00EC07D5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зардхан Н.З.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t>Викторина «Школа деловых людей» 8-9 классы</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00057ED6" w:rsidRDefault="00631741" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің ауылым, менің көшем, менің көршілерім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>». Фотоконкурс</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00691FC1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 9-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Февраль </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRDefault="00D92652" w:rsidP="003A0156">
+          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Серимова М.Ш.</w:t>
-            </w:r>
-[...13 lines deleted...]
-              <w:t>Радикова С.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00631741" w:rsidTr="00AF18B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00631741" w:rsidRDefault="00631741" w:rsidP="00AF18B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Книжная выставка «Великие предприниматели» </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="00057ED6" w:rsidRDefault="00631741" w:rsidP="00057ED6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Табиғат қателікті кешірмейді</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сынып сағаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 1-11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00057ED6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="003A0156">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Март </w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00631741" w:rsidRPr="00AF18B6" w:rsidRDefault="00631741" w:rsidP="00CB4239">
-[...958 lines deleted...]
-              <w:t>Классные руководители</w:t>
+          <w:p w:rsidR="00631741" w:rsidRPr="0087618B" w:rsidRDefault="0087618B" w:rsidP="00634043">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сынып жетекшілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F83CA6" w:rsidRDefault="00F83CA6" w:rsidP="00EC07D5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F83CA6" w:rsidSect="00A31209">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times CA">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="44B7512C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A31C1B9E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4387,383 +5824,634 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="164"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC07D5"/>
     <w:rsid w:val="00052CCD"/>
+    <w:rsid w:val="00057ED6"/>
     <w:rsid w:val="000F2A74"/>
     <w:rsid w:val="00213D9A"/>
+    <w:rsid w:val="0030502D"/>
+    <w:rsid w:val="00454393"/>
     <w:rsid w:val="00501F53"/>
     <w:rsid w:val="00511D18"/>
     <w:rsid w:val="00631741"/>
     <w:rsid w:val="0063352A"/>
     <w:rsid w:val="006D700B"/>
     <w:rsid w:val="008309C6"/>
+    <w:rsid w:val="0087618B"/>
     <w:rsid w:val="008F0998"/>
     <w:rsid w:val="00A31209"/>
     <w:rsid w:val="00A824B1"/>
     <w:rsid w:val="00AB6116"/>
     <w:rsid w:val="00AF18B6"/>
     <w:rsid w:val="00C3059C"/>
     <w:rsid w:val="00C5500C"/>
     <w:rsid w:val="00CC2390"/>
     <w:rsid w:val="00CD7C4B"/>
+    <w:rsid w:val="00D52537"/>
+    <w:rsid w:val="00D607CB"/>
+    <w:rsid w:val="00D90DCF"/>
     <w:rsid w:val="00D92652"/>
     <w:rsid w:val="00D97052"/>
+    <w:rsid w:val="00DD4C50"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00EC07D5"/>
     <w:rsid w:val="00F83CA6"/>
     <w:rsid w:val="00FB54C3"/>
+    <w:rsid w:val="00FF6DA5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{09084A12-1F49-4B47-984B-E587040FB5BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E5602D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="00EC07D5"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:rsid w:val="00EC07D5"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F83CA6"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FB54C3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00631741"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00631741"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00D607CB"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5018,66 +6706,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>646</Words>
-  <Characters>3687</Characters>
+  <Words>618</Words>
+  <Characters>3529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4325</CharactersWithSpaces>
+  <CharactersWithSpaces>4139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>