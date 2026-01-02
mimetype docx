--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -360,871 +360,542 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A8548B" w:rsidRDefault="00AF5813" w:rsidP="00AB05F3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кенжекөл, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRPr="006B353E" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утверждаю»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A8548B" w:rsidRPr="006B353E" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>«Бекітемін»</w:t>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иректор школы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRPr="006B353E" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...81 lines deleted...]
-        <w:t xml:space="preserve">    мектеп директоры:</w:t>
+        <w:t>Акылжанова С.З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRPr="006B353E" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">   Ақылжанова С.З.</w:t>
+        <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
-[...35 lines deleted...]
-    <w:p w:rsidR="00F15A37" w:rsidRPr="006B353E" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRPr="006B353E" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8548B" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00554472">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Кенжекөл жалпы орта білім беру мектебінің 2015-2016 оқу жылына арналған </w:t>
+        </w:rPr>
+        <w:t>План работы</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006B353E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бойынша жұмыс жоспары</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRPr="00554472" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физическому </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и здоровому образу жизни</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00A8548B" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003024EB">
+        <w:t>в Кенжекольской СОШ на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5813">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мақсаты</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="003024EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5813">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B353E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00A8548B">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...5 lines deleted...]
-        <w:t>Салауатты өмір салты</w:t>
+    </w:p>
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003024EB">
-[...40 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>создание пространства для успешного формирования навыков здорового образа жизни, сохранения физического и психологического здоровья, умения определять факторы, наносящие вред здоровью</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
+      <w:r w:rsidRPr="00E75409">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бағалау критерийлері</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t>Критерии оценивания:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проявление желания и готовности к:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>скринингу состояния здоровья;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>социальным установкам и духовным потребностям;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="003024EB" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>овладению способами эффективного противостояния негативным явлениям;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="005B2B35" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003024EB">
-[...57 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рациональному использованию природных задатков;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="005B2B35" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B2B35">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">өмірдегі жаңа жағдайларға сабырлылық; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сохранению и укреплению здоровья безопасному и ответственному поведению;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="005B2B35" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B2B35">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стрессоустойчивости к новым жизненным ситуациям;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15A37" w:rsidRPr="005B2B35" w:rsidRDefault="00F15A37" w:rsidP="00F15A37">
+    <w:p w:rsidR="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times CA" w:hAnsi="Times CA" w:cs="Times CA"/>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B2B35">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечению безопасности и жизнедеятельности;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B2B35">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+    </w:p>
+    <w:p w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidRDefault="00E75409" w:rsidP="00E75409">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>созданию здоровьесберегающей среды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A8548B" w:rsidRDefault="00A8548B" w:rsidP="00A8548B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-885" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="4713"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2977"/>
@@ -2158,152 +1829,142 @@
               <w:t>Дженаева А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidTr="00E75409">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidRDefault="00E75409" w:rsidP="00A8548B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4713" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidRDefault="00A2725E" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Декада продовольствия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidRDefault="00A2725E" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">15-24 </w:t>
-[...8 lines deleted...]
-              <w:t>октября</w:t>
+              <w:t>15-24 октября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E75409" w:rsidRPr="00E75409" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Дженаева А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF5813" w:rsidRPr="00E75409" w:rsidTr="00E75409">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRPr="00E75409" w:rsidRDefault="00AF5813" w:rsidP="00A8548B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4713" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRPr="00E75409" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Национальный день отказа от употребления алкоголя </w:t>
             </w:r>
           </w:p>
@@ -4404,152 +4065,142 @@
               <w:t>Дженаева А.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF5813" w:rsidRPr="00E75409" w:rsidTr="00E75409">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4713" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Месячник по пропаганде </w:t>
-[...8 lines deleted...]
-              <w:t>нетрадиционных методов оздоровления</w:t>
+              <w:t>Месячник по пропаганде нетрадиционных методов оздоровления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00203187">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мусина Р.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF5813" w:rsidRPr="00E75409" w:rsidTr="00E75409">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4713" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF5813" w:rsidRDefault="00AF5813" w:rsidP="00732BFF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Книжная выставка «Веселые витамины»</w:t>
             </w:r>
           </w:p>
@@ -6449,77 +6100,69 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="474C6C8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCDC2C16"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -6616,86 +6259,84 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AB05F3"/>
     <w:rsid w:val="00203187"/>
     <w:rsid w:val="00285DD9"/>
     <w:rsid w:val="004F5D94"/>
     <w:rsid w:val="0063352A"/>
     <w:rsid w:val="00732BFF"/>
     <w:rsid w:val="007A0BE4"/>
-    <w:rsid w:val="008967A7"/>
     <w:rsid w:val="009932FF"/>
     <w:rsid w:val="00A2587F"/>
     <w:rsid w:val="00A2725E"/>
     <w:rsid w:val="00A31209"/>
     <w:rsid w:val="00A8548B"/>
     <w:rsid w:val="00AB05F3"/>
     <w:rsid w:val="00AB6116"/>
     <w:rsid w:val="00AF5813"/>
     <w:rsid w:val="00C3059C"/>
     <w:rsid w:val="00C5500C"/>
     <w:rsid w:val="00E02D27"/>
     <w:rsid w:val="00E12274"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00E75409"/>
     <w:rsid w:val="00EC7258"/>
-    <w:rsid w:val="00F15A37"/>
     <w:rsid w:val="00F22F6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
@@ -6908,64 +6549,50 @@
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A8548B"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7225,67 +6852,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4048</Characters>
+  <Pages>1</Pages>
+  <Words>680</Words>
+  <Characters>3877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4749</CharactersWithSpaces>
+  <CharactersWithSpaces>4548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>