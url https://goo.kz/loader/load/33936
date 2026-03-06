--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -1,2912 +1,2610 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004B29F7" w:rsidRDefault="00226735" w:rsidP="00302E9B">
+    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="47"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00302E9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="47"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2016-2017 жылға </w:t>
+        <w:t xml:space="preserve">ПЛАН РАБОТЫ С ОДАРЕННЫМИ УЧАЩИМИСЯ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226735" w:rsidRDefault="00226735" w:rsidP="00302E9B">
+    <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="47"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00302E9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="47"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>дарынды балалармен жұмыс жоспары</w:t>
+        <w:t>НА 2016-2017 УЧЕБНЫЙ ГОД</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302E9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="5150" w:type="pct"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1087"/>
-        <w:gridCol w:w="4281"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2425"/>
+        <w:gridCol w:w="4994"/>
+        <w:gridCol w:w="1482"/>
+        <w:gridCol w:w="2295"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00302E9B" w:rsidRPr="00226735" w:rsidRDefault="00226735" w:rsidP="00302E9B">
-[...68 lines deleted...]
-              <w:t>Жауаптылар</w:t>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Содержание работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00302E9B" w:rsidRPr="00226735" w:rsidRDefault="004B29F7" w:rsidP="004B29F7">
-[...44 lines deleted...]
-            <w:r w:rsidR="00302E9B" w:rsidRPr="00302E9B">
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование банка данных учащихся, имеющих высокий уровень учебно - познавательной деятельности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Масакбаева Г.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психологическое тестирование, выявление уровня развития познавательной, мотивационной сфер учащихся, степени одаренности учащихся. Формирование команды ШОР и НОУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация выступления на городском туре конкурса научных проектов школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Масакбаева Г.М. Иваненко Л.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка памятки и рекомендаций для учащихся по различным видам деятельности с целью обеспечения их психолого-педагогической поддержки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гессе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспечение индивидуализации, дифференциации учебной нагрузки учащихся в зависимости от уровня развития их познавательной сферы, мыслительных процессов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог школы учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация внутришкольного тура предметных олимпиад, формирование списков на участие в городских предметных олимпиадах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Масакбаева Г.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация консультаций, дополнительных занятий для мотивированных учащихся силами учителей школы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. Иваненко Л.В. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осуществление сравнительного анализа учебной успеваемости учащихся обучающихся на «4» и «5»,определение направлений коррекционной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по итогам четвертей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гессе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация участия школьников в 1 школьном этапе предметных олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Масакбаева Г.М.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ук. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посещение уроков учителей-предметников с целью выявления приемов разноуровневого обучения в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гимназических</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,  профильных классах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь, февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курирующие завучи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Использование приемов, углубления, расширения знаний на уроках и во внеклассной работе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курирующие завучи  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществление срезов объема домашних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>заданий (выборочно), использование заданий пролонгированного характера и проектных заданий  для мотивированных учащихся. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">в течение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Курирующие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>завучи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация участия учеников школы в интеллектуальных конкурсах и олимпиадах различного уровня согласно плану учебно-методического центра «Ертіс Дарыны»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курирующие завучи, координаторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспечение участия команды ШОР в городской предметной олимпиаде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Посещение уроков учителей - предметников с целью изучения методики работы по формированию у учащихся устойчивых навыков самоанализа и самоконтроля.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курирующие завучи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация участия школьников 2-4 классов в городском конкурсе исследовательских работ учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. Иваненко Л.В. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...145 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение школьной научно – практической конференции учащихся </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иваненко Л.В. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>иректора по УВР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> Г.М. Иваненко Л.В.</w:t>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подведение рейтинга участия учащихся в интеллектуальных конкурсах и соревнованиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь, май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Масакбаева Г.М. Иваненко Л.В. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рук. МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
-[...1987 lines deleted...]
-      <w:tr w:rsidR="00226735" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
+      <w:tr w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidTr="00302E9B">
         <w:trPr>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="001B0BAC" w:rsidP="001B0BAC">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">ОТЖ орынбасарлары, </w:t>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализ работы с одаренными учащимися, перспективы в работе на 2017-2018 уч. год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00302E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>иректора по УВР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00302E9B" w:rsidRPr="00302E9B" w:rsidRDefault="00302E9B" w:rsidP="00302E9B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Иваненко Л.В. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="007274F7" w:rsidRDefault="007274F7"/>
-    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B">
-[...25 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B"/>
+    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B"/>
+    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B"/>
+    <w:p w:rsidR="00302E9B" w:rsidRDefault="00302E9B"/>
     <w:sectPr w:rsidR="00302E9B" w:rsidSect="007274F7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00302E9B"/>
-    <w:rsid w:val="001B0BAC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00295A52"/>
     <w:rsid w:val="00302E9B"/>
-    <w:rsid w:val="004B29F7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005F45E7"/>
     <w:rsid w:val="007274F7"/>
     <w:rsid w:val="009A5D1E"/>
-    <w:rsid w:val="00A2468C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE45B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -3033,50 +2731,51 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007274F7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00302E9B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3085,290 +2784,107 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00302E9B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00302E9B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-    </w:tblPr>
-[...176 lines deleted...]
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...4 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1467579336">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1268540235">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="449"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="9" w:color="auto"/>
             <w:bottom w:val="dotted" w:sz="8" w:space="5" w:color="000000"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3612,72 +3128,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>441</Words>
-  <Characters>2516</Characters>
+  <Words>448</Words>
+  <Characters>2558</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2952</CharactersWithSpaces>
+  <CharactersWithSpaces>3001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>