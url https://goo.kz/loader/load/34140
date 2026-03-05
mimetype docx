--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,13397 +1,966 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BF7535" w:rsidRDefault="00BF7535" w:rsidP="008D6A0A">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007E6C83" w:rsidRDefault="007E6C83" w:rsidP="007E6C83">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Правила о порядке организации деятельности детского дворового клуба</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1.     Настоящие Правила о порядке организации деятель</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ности детского дворового клуба определяют деятельность детских дворовых клубов, детских воскресных клубов и других клубных досуговых организаций по месту жительства (далее — Детский клуб).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2.     Детский клуб осуществляет свою деятельность в соответствии с Конституцией, законами и иными нормативны</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ми правовыми актами Республики Казахстан, Положением о деятельности внешкольных организаций (постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Правительства Республики Казахстан № 849 от 22 июня 2001 года), настоящими Правилами и уставом Детского клуба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.     В Детском клубе реализуются образовательные про</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>граммы дополнительного развития в целях всестороннего удовлетворения образовательных и культурных потребностей граждан, общества, государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4.     Детский клуб создается на базе существующих поме</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">щений, помещений КСК, КМС, юридических лиц, по инициативе граждан, на базе школ и является </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>досуговой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> организацией по месту жительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5.     Детский клуб посещают дети, подростки и молодежь; они занимаются техническим и художественным твор</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>чеством, туризмом и спортом, развитием самодеятельнос</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ти и организации своего досуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6.     Основными задачами Детского клуба являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1)    обеспечение необходимых условий для личностного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>развитая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, укрепления здоровья, профессионального самоопределения, творческого труда детей и юношества, реализации их способностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2)    адаптация их к жизни в обществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3)    организация их содержательного досуга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4)    формирование гражданского самосознания, общей культуры, навыков здорового образа жизни подрастающего поколения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D6A0A">
+        <w:t>2. Организация деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7.     Детский клуб может быть создан в организационно-правовой форме, предусмотренной законодательством Рес</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>публики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8.     Образовательная деятельность Детского клуба неза</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>висимо от ведомственной подчиненности и форм собствен</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ности, подлежит лицензированию в соответствии с законо</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>дательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9.     Педагогические работники государственного Детского клуба имеют право на льготы, предоставляемые законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>10.                       Детский клуб проходит государственную аттестацию один раз в пять лет в соответствии с Законом Республики Казахстан от 7 июня 1999 года     образовании».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="00A0412B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>ЖАСӨСПІ</w:t>
+        <w:t xml:space="preserve">3. Основы деятельности     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11.                       Детский клуб самостоятельно разрабатывает программу своей деятельности с учетом запросов детей, по</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>требностей семьи и иных организаций, особенностей социально-экономического развития региона и национально-культурных традиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12.                       Воспитательные программы в Детском клубе </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008D6A0A">
+      <w:r>
+        <w:t>явля</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ются составляющими образовательных программ и должны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> быть направлены на формирование  патриотизма, граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ственности, интернационализма, высокой морали и нравственности, а также на развитие разносторонних интересов и способностей обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>13.                       Пропаганда расовой, национальной, религиозной, социальной непримиримости и исключительности, распро</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>странение милитаристских и иных идей, противоречащих общепризнанным принципам международного права и гуманизма, в Детском клубе запрещена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>14.                       Одновозрастные и разновозрастные дети в Детском клубе объединяются по интересам в студию, ансамбль, груп</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>пу, кружок, театр (далее — группы). Формирование групп основано на добровольном выборе самих детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15.                       Деятельность групп определяется педагогом с уче</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>том примерных учебных планов и программ, разработанных на основе государственных общеобязательных стандартов об</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>разования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>16.                       Занятия в группах могут проводиться по програм</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>мам одной тематической направленности или комплексным, интегрированным программам. Занятия в зависимости от требований программы организуются как на весь учебный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>год, так и на более короткие сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">17.                       Детский клуб обеспечивает работу с детьми в течение всего календарного года. Занятия кружков </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>начинаются с 1 сентября текущего года и заканчиваются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 25 мая следую</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>щего года. В летний период кружки работают по специаль</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ному расписанию с постоянным или переменными состава</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t xml:space="preserve"> ми обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18.                       В каникулярное время Детский клуб может от</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>крывать лагеря и туристические базы, создавать различные объединения с постоянными и (или) переменными составами детей в лагерях (загородных или с дневным пре</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>быванием) на своей базе, а также по месту жительства детей. Работа кружков может проводиться в форме кон</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>цертных поездок, походов и путешествий, соревнований и других.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>19.                       Для занятий кружков первого года обучения пре</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>дусматривается 4 академических часа в неделю  второго и последующих - 6 академических часов в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>20.                       Для детей 6-летнего возраста занятия проводятся в те</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>чение  35 минут не более 2-х академических часа в неделю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>21.                       Занятия проводятся по группам, индивидуально или всем составом объединения в соответствии с программой. В каждой группе первого года обучения количество детей должно быть не менее 15 человек, второго года и последую</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>щих лет — не менее 12 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>22.                       В Детском клубе в целях развития и совершенство</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>вания образовательного процесса из числа работников мо</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>гут создаваться: методические, творческие объединения, психологическая и социально-педагогическая служба, обес</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>печивающие социальную реабилитацию обучающихся и вос</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>питанников. Их деятельность осуществляется в порядке, определенным уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>23.                       Каждый ребенок имеет право заниматься в несколь</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ких группах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">24.                       Расписание занятий </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>составляется и утверждается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ад</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>министрацией Детского клуба с учетом создания благоприятного режима труда и отдыха детей, пожеланий родите</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>лей, возрастных особенностей детей и установленных санитарно-гигиенических норм по представлению педагогических работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="00A0412B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+      </w:pPr>
+      <w:r>
+        <w:t> 25.                       Учебно-воспитательный процесс в Детском клубе осуществляется с учетом состояния здоровья обучающихся и воспитанников. В Детском клубе обеспечивается выпол</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>нение мер по предотвращению заболеваний, укреплению здоровья, физическому совершенствованию, стимулированию здорового образа жизни обучающихся и воспитанни</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ков.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26.                       Детский клуб </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>организует и проводит</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> массовые ме</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>роприятия, создает необходимые условия для совместного труда, отдыха детей и юношества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>27.                       Детский клуб может создавать объединения в других образовательных организациях, национально-культурных центрах. Отношения между ними определяются договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="00A0412B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Р</w:t>
+        <w:t>4. Участники образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>28.                       Участниками образовательного процесса в Детском клубе являются дети,  педагогические работники, родители обучающихся (иные законные представители несовершеннолетних).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>29.                       Общий порядок приема детей в Детский клуб определяется учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>30.                       При приеме детей в Детский клуб последний обя</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>зан ознакомить родителей или иных законных представите</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>лей несовершеннолетних с уставом Детского клуба, лицен</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">зией на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>право ведения</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008D6A0A">
+      <w:r>
+        <w:t xml:space="preserve"> образовательной деятельности и другими документами, регламентирующими порядок приема и организацию учебно-воспитательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>31.                       При приеме в спортивные, спортивно-технические, туристические, хореографические объединения необходимо медицинское заключение о состоянии здоровья ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>32.                       Права и обязанности обучающихся и воспитанни</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ков, родителей (иных законных представителей несовершеннолетних), работников определяются уставом Детского клуба и иными законодательными актами в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>33.                       К педагогической деятельности в Детском клубе до</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>пускаются граждане, имеющие соответствующее професси</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ональное образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>34.                       Трудовые отношения работника и Детского клуба регулируются трудовым договором, условия которого не должны противоречить трудовому законодательству Респуб</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>лики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="00A0412B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>ІМДЕР КЛУБЫНЫҢ ЖҰМЫС БАҒЫТЫНЫҢ ТӘРТІБІН ҰЙЫМДАСТЫРУ ЕРЕЖЕЛЕРІ</w:t>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>5. Управление Детским  клубом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>35.                       Управление Детским клубом осуществляется в со</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ответствии с законодательством Республики Казахстан, Положением о деятельности внешкольных организаций, настоящими Порядками и уставом Детского клуба на прин</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ципах демократичности, гласности, приоритета общечело</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>веческих ценностей, свободного развития личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>36.                       Формами коллегиального управления Детским клу</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>бом являются совет, общее собрание, педагогический со</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>вет и другие формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>37.                       Непосредственное руководство Детским клубом осу</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ществляет директор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">38.                       Директор Детского клуба </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>назначается на должность и освобождается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> от должности учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>39.                       Заместители директора назначаются на должность, и освобождается от должности директором Детского клуба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008D6A0A">
+        <w:t>6. Предпринимательская деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>40.                        Детский клуб в соответствии с уставом может зани</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>маться деятельностью, приносящий доход, за счет предос</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>тавления образовательных и иных платных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="00A0412B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008D6A0A">
+        <w:t>7. Международная деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>41.                       Международное сотрудничество Детского клуба осу</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ществляется на основе законодательства Республики Казах</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>стан и международных договоров, соглашений и конвенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> 8. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
-[...13152 lines deleted...]
-    <w:sectPr w:rsidR="00DA4C93" w:rsidRPr="008D6A0A" w:rsidSect="00DA4C93">
+        <w:t>Заключительное положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002710FD" w:rsidRDefault="002710FD" w:rsidP="002710FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>42.                       Реорганизация и ликвидация Детского клуба осу</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ществляется в соответствии с законодательством Республи</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+        <w:t>ки Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A145DF" w:rsidRDefault="00A145DF"/>
+    <w:sectPr w:rsidR="00A145DF" w:rsidSect="00281EE5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003E1E3D"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E77183"/>
+    <w:rsidRoot w:val="002710FD"/>
+    <w:rsid w:val="002710FD"/>
+    <w:rsid w:val="00281EE5"/>
+    <w:rsid w:val="007E6C83"/>
+    <w:rsid w:val="00A0412B"/>
+    <w:rsid w:val="00A145DF"/>
+    <w:rsid w:val="00B60999"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -13498,138 +1067,207 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA4C93"/>
+    <w:rsid w:val="00281EE5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003E1E3D"/>
+    <w:rsid w:val="002710FD"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="003E1E3D"/>
+    <w:rsid w:val="002710FD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="922374754">
+    <w:div w:id="784420918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1145657381">
+        <w:div w:id="1234119551">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
-          <w:marBottom w:val="360"/>
+          <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-            <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
-            <w:bottom w:val="dotted" w:sz="6" w:space="4" w:color="000000"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1528134760">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="507912804">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1324354391">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1290548340">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1944341531">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -13886,65 +1524,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1412</Words>
-  <Characters>8049</Characters>
+  <Words>1429</Words>
+  <Characters>8148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9443</CharactersWithSpaces>
+  <CharactersWithSpaces>9558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Гульжан</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ахметова</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>