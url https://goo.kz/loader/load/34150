--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1,2482 +1,546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E8058D" w:rsidRDefault="000C09BD" w:rsidP="00D90FA7">
+    <w:p w:rsidR="00C96F2D" w:rsidRPr="00EB6F71" w:rsidRDefault="00EB6F71" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90FA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Направления работы ГККП «Центр занятости и развития детской одаренности «Павлодар </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D90FA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дарыны</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D90FA7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос уақытты қамту және балалардың дарындылығын дамыту орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МҚКК бағыты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB6F71" w:rsidRDefault="00EB6F71" w:rsidP="00EB6F71">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың бос уақытын қамту және балалардың шағармашылығы орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB6F71">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МҚКК 2008 жылдан қызмет етеді және Орталықтың біріктірілген практика-бағдарлау балалар бірлестігі ұйымдастырушы-ұстаздарының және жаппай шаралар, тәрбие жобаларында балалар мен жасөспірімдердің жыл бой</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1609">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы бос уақытын қамтудың кешенді жүйесі арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71FF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаланың білім беру жүйесінің әлеуметтік-мәдени қызметі мен тәрбие жұмысының әдістемелік-үйлестіру орталығы ретінде мектептен тыс оқыту мен тәрбие саласында өз қызметін жүзеге асырады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D90FA7" w:rsidRPr="00D90FA7" w:rsidRDefault="00D90FA7" w:rsidP="00D90FA7">
+    <w:p w:rsidR="009B71FF" w:rsidRDefault="009B71FF" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2017 жылдың наурызынан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CAB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ББУҚШО 2017 жылдың 18 наурызынан Павлодар қаласы әкімдігі, Павлодар қаласы білім беру бөлімі «Балалардың бос у</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақытын қамту және балалардың шығармашылығы орталығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CAB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік коммуналдық қазыналық кәсіпорынның атын өзгерту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F" w:rsidRPr="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қаласы әкімдігінің </w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F" w:rsidRPr="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№332/10 </w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қаулысы негізінде Павлодар қаласы әкімдігі, Павлодар қаласы білім беру бөлімі </w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F" w:rsidRPr="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар дарыны</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F" w:rsidRPr="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос уақытты қамту және балалардың дарындылығын дамыту орталығы</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F" w:rsidRPr="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0003179F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МҚКК атымен өзгертілді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000C09BD" w:rsidRPr="00D90FA7" w:rsidRDefault="000C09BD" w:rsidP="00D90FA7">
+    <w:p w:rsidR="0003179F" w:rsidRDefault="0003179F" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БУҚБДДО жарлық</w:t>
+      </w:r>
+      <w:r w:rsidR="007D30CB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндетін жүзеге асыру келесі бағыт бойынша жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="007D30CB" w:rsidRPr="007D30CB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007D30CB">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриоттық, оқу-әдістемелік, азаматтық-құқықтық, интеллектуалдық, рухани-адамгершілік, көркемдік-эстетикалық, ақпараттық, әлеуметті-педагогикалық, мәдени-ойын-сауық, отбасылық, спорттық-сауықтыру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000C09BD" w:rsidRPr="00D90FA7" w:rsidRDefault="000C09BD" w:rsidP="00D90FA7">
+    <w:p w:rsidR="007D30CB" w:rsidRDefault="007D30CB" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...88 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БУҚБДДО әдістемелік жұмыс тізіміне қосымша білім беру ұстаздары, ұйымдастырушы-ұстаздар</w:t>
+      </w:r>
+      <w:r w:rsidR="0093299E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, аға тәлімгерлер, сынып жетекшілері, әдіскерлер, ДТЖО үшін кеңес сипатандағы шаралар, әдістеме </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD30F6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4B18">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күндері, шығармашылық кездесулер, үйрету семинарлары, оқу-нұсқау жиындары, олимпиада өткізу және ұйымдастыру бойынша шаралар енгізілген.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00966184" w:rsidRPr="00D90FA7" w:rsidRDefault="00966184" w:rsidP="00D90FA7">
+    <w:p w:rsidR="003B4B18" w:rsidRDefault="003B4B18" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БУҚБДДО әдістемелік қызметі әртүрлі әдістеме және форма пайдаланылуымен әртүрлі бағытта жүргізіледі. Қаланың аға тәлімгерлері, сынып жетекшілері, ДТЖО шығармашылық Кеңес жұмысының негізі аса маңызды міндеттері жүзеге асыруды құрастырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4B18">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұстаздардың кәсіби деңгейін көтеру, қосымша білім беруде педагогикалық тәжірибені тарату және оқыту, қазіргі педагогикалық технологияны енгізу, тәрбие процессі сапасына ұстаздардың ынтасын</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07AF4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көтеру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00966184" w:rsidRPr="00D90FA7" w:rsidRDefault="00966184" w:rsidP="00D90FA7">
+    <w:p w:rsidR="00A07AF4" w:rsidRDefault="00A07AF4" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90FA7">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> руководителей, старших вожатых, педагогов-организаторов, педагогов дополнительного образования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БУҚБДДО жұмысында маңызды аспект мерекелік және демалыс күндер, демалыс кезінде балалардың бос уақытын және </w:t>
+      </w:r>
+      <w:r w:rsidR="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызды ойын-сауығын ұйымдастыру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B6476" w:rsidRPr="00D90FA7" w:rsidRDefault="009B6476" w:rsidP="00D90FA7">
+    <w:p w:rsidR="00687C8E" w:rsidRDefault="00687C8E" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90FA7">
-[...5 lines deleted...]
-        <w:t>Методическая деятельность ЦЗРДО будет вестись в разных направлениях с использованием различных форм и методов. Основу работы творческого Совета ЗДВР, классных руководителей и вожатых города составляет реализация первостепенных задач: повышение профессионального уровня педагогов, изучение  и распространение педагогического опыта в дополнительном образовании, внедрение современных педагогических технологий, повышение мотивации педагогов на качество воспитательного процесса.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар мен жасөспірімдер үшін БУҚБДДО жазғы тәрбиелік бағдарлама ойын-сауық, сауықтыру, демалыс күндері ең маңызды құрастырушы ретінде қарастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B6476" w:rsidRPr="00D90FA7" w:rsidRDefault="009B6476" w:rsidP="00D90FA7">
+    <w:p w:rsidR="00687C8E" w:rsidRDefault="00687C8E" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90FA7">
-[...5 lines deleted...]
-        <w:t>Важным аспектом в работе ЦЗРДО является организация содержательного досуга и занятости детей в каникулярное время, выходные и праздничные дни.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 жылдан құралған күннен Балалардың бос уақытын қамту және балалардың шығармашылығы орталығымен Павлодар қаласы көлемінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Крылатые качели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2008-2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>), «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Достық мерей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2012-2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екі кешенді жоба жүзеге асырылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B6476" w:rsidRPr="00D90FA7" w:rsidRDefault="009B6476" w:rsidP="00D90FA7">
+    <w:p w:rsidR="00687C8E" w:rsidRPr="00687C8E" w:rsidRDefault="00687C8E" w:rsidP="00EB6F71">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D90FA7">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> мерей» (2012-2015).</w:t>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ӘЛЕМ. БАЛА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа Кешенді жоба 2016-2019 жылдар бойы жылсайынғы кезең бойынша инновация енгізілуімен жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B6476" w:rsidRPr="00D90FA7" w:rsidRDefault="009B6476" w:rsidP="00D90FA7">
-[...1952 lines deleted...]
-    <w:sectPr w:rsidR="00D90FA7" w:rsidRPr="00D90FA7" w:rsidSect="00C96F2D">
+    <w:sectPr w:rsidR="00687C8E" w:rsidRPr="00687C8E" w:rsidSect="00C96F2D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E8058D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0064236A"/>
+    <w:rsidRoot w:val="00EB6F71"/>
+    <w:rsid w:val="0003179F"/>
+    <w:rsid w:val="003B4B18"/>
+    <w:rsid w:val="003B7E2C"/>
+    <w:rsid w:val="00440031"/>
+    <w:rsid w:val="004E7701"/>
+    <w:rsid w:val="00687C8E"/>
+    <w:rsid w:val="00742C82"/>
+    <w:rsid w:val="007D30CB"/>
     <w:rsid w:val="008F4AD7"/>
-    <w:rsid w:val="00966184"/>
-    <w:rsid w:val="009B6476"/>
+    <w:rsid w:val="0093299E"/>
+    <w:rsid w:val="009B71FF"/>
+    <w:rsid w:val="00A07AF4"/>
+    <w:rsid w:val="00BD30F6"/>
     <w:rsid w:val="00C96F2D"/>
-    <w:rsid w:val="00D90FA7"/>
-    <w:rsid w:val="00E8058D"/>
+    <w:rsid w:val="00CD1609"/>
+    <w:rsid w:val="00E43CAB"/>
+    <w:rsid w:val="00EB6F71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2649,74 +713,63 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2963,65 +1016,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>814</Words>
-  <Characters>4644</Characters>
+  <Words>407</Words>
+  <Characters>2326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5448</CharactersWithSpaces>
+  <CharactersWithSpaces>2728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>