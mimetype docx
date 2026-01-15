--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -1,1011 +1,546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="008F6299" w:rsidRDefault="008F6299" w:rsidP="004E5320">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="00F76174" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00F76174">
         <w:rPr>
           <w:b/>
           <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...222 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="002E6A6B" w:rsidRDefault="00E379DE" w:rsidP="004E5320">
+        </w:rPr>
+        <w:t>Для чего нужно дополнительное образование?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый родитель хочет, чтобы его ребенок был всесторонне развит. Поэтому на помощь общему образованию приходит </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Другими словами, свободное от одного образования время тоже расходуется на образование, только другое: удовлетворяющее творческие потребности ребенка и его желания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но тогда времени на самые обычные игры и прогулки у ребенка остается все меньше. Как найти баланс между занятостью и свободой – и нужен ли он?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главная задача дополнительного образования – реализация врожденных способностей детей и приобретение новых способностей. В каждом человеке есть целый арсенал скрытых возможностей, которые важно вовремя </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раскрыть и развить</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Развитие – вот главное направление любой внеурочной деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительное образование связано и с процессом воспитания. Посредством дополнительных образовательных программ решается целый ряд воспитательных задач. Причем происходит это ненавязчиво, в процессе деятельности, без нотаций и нравоучений. Возможности дополнительного образования огромны. Перечислим лишь некоторые из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...72 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="000C07BB" w:rsidRDefault="005F19C1" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В небольшом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="009A0B44">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>коллективе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собираются единомышленники – дети, объединенные общей деятельностью. Здесь пропагандируются общечеловеческие ценности, уважается стремление к выражению себя, поощряется любое проявление активности, самостоятельности и творчества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="000C07BB" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительное образование всегда направлено на личность, учитывая его уровень и способности. Оно сугубо индивидуально: даже в группе детей перед каждым ставятся свои задачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительное образование имеет большой потенциал и способно реализовать любые потребности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00612E85" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>художественные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00612E85" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физкультурно-спортивные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00612E85" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>военно-патриотические;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00612E85" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социально-педагогические;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культурологические;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00612E85" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технические.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00F512C5" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительное образование способствует профилактике асоциального поведения детей и подростков, обеспечивая занятость в свободное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="00F512C5" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительное образование систематизирует интересы ребенка, ориентируя его на будущую профессиональную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...84 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRDefault="004B45CA" w:rsidP="001E4C8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительное образование способствует социализации детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Школа дает ребенку общее образование, а многогранному развитию личности способствует именно дополнительное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как выбрать направление дополнительного образования?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариантов выбора дополнительной программы может быть несколько.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вариант 1. Пробуем все, что интересно ребенку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помните стишок про Лиду Агнии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барто</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E5320" w:rsidRPr="004E5320" w:rsidRDefault="004E5320" w:rsidP="004E5320">
-[...172 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A0B44">
         <w:rPr>
           <w:rStyle w:val="HTML"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«Драмкружок, кружок по фото,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0B44">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009A0B44">
         <w:rPr>
           <w:rStyle w:val="HTML"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1034,1496 +569,606 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009A0B44">
         <w:rPr>
           <w:rStyle w:val="HTML"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A0B44">
         <w:rPr>
           <w:rStyle w:val="HTML"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>оже все голосовали».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E5320" w:rsidRPr="004E5320" w:rsidRDefault="004E5320" w:rsidP="004E5320">
-[...100 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И вот девочка Лида ищет себя, потому что ей интересно все. Конечно, на каком-то этапе будет происходить «распыление» ребенка. Но понять, нравится блюдо или нет, можно только попробовав его. Поэтому вполне допустимо позволять ребенку </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="009A0B44">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:b/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>поиск себя</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DA251D" w:rsidRPr="007C05A6">
-[...108 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRDefault="007C05A6" w:rsidP="004E5320">
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главное, чтобы процесс поиска не был бесконечным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:numPr>
-[...203 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="002D13A9" w:rsidP="004E5320">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариант 2. Направляем ребенка в зависимости от способностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бывает нелегко правильно определить способности детей, так как не всегда есть возможность для их проявления. Возможно, ваш сын прекрасно играет в керлинг. Но как вы можете это понять, если в вашем городе нет соответствующей секции? В любом случае, важно обращать внимание на любое проявление детских интересов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чтобы максимально объективно оценить способности ребенка, ответьте на вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="002D13A9" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что делает ваш ребенок, когда находится один?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="002D13A9" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Какие действия он повторяет за взрослыми?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...176 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRDefault="00AA0AE7" w:rsidP="004E5320">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Какими качествами наделила его природа: активность, общительность, гибкость, быстрота, пластичность, художественные способности и т.д.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сопоставив все ответы, вы сможете определить направление развития для ребенка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="3"/>
-        <w:numPr>
-[...117 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариант 3. Занимаем свободное время ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вполне вероятно, что у вас совершенно обычный ребенок без выдающихся способностей и интересов. В таком случае, основная задача дополнительного образования - занять ребенка в целях профилактики любых негативных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Егер осы екі принцип іске қосылса</w:t>
-[...88 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRDefault="00EB2F6D" w:rsidP="004E5320">
+        <w:t xml:space="preserve">воздействий на его неокрепшую психику. В этом случае нужно выбирать что-то простое, доступное каждому, но весьма увлекательное. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если сработают два принципа: доступно и интересно, то ваш ребенок быстро втянется в деятельность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что касается самого направления, то здесь в приоритете будет территориальная расположенность детского объединения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...150 lines deleted...]
-    <w:p w:rsidR="001A1FEA" w:rsidRPr="0052067F" w:rsidRDefault="00EB4358" w:rsidP="004E5320">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должно ли быть у ребенка свободное время?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительное образование реализуется в свободное от основной деятельности время, то есть вне учебы и подготовки к ней. Для начала нужно определить объем свободного времени и его рамки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итак, берем время окончания уроков, прибавляем к нему путь из школы, учитываем обед, ужин и время приготовления домашних заданий. Где-то между этими периодами и находится свободное время. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Теперь важно определить рамки свободного времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="0052067F" w:rsidRDefault="001A1FEA" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ваш ребенок достаточно вынослив и школьные уроки не вызывают у него сильную физическую усталость, то можно включить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допобразование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во временной период после занятий в школе. Это </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разгрузит детскую психику и даст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможность отдыха. Как известно, лучший отдых – смена деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="009A0B44" w:rsidRPr="0052067F" w:rsidRDefault="00EA64D0" w:rsidP="004E5320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ребенок физически ослаблен, то сразу после школы лучше дать ребенку возможность для обычного отдыха, недеятельного. После небольшого «тихого часа» ребенку можно предложить выполнить домашние задания, и только после этого отправиться на дополнительные занятия. Это связано с тем, что ребенок может получить излишнюю психологическую нагрузку во время дополнительных занятий, что не позволит потом сосредоточиться на уроках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...222 lines deleted...]
-    <w:sectPr w:rsidR="00FE7D3F" w:rsidRPr="00C513AB" w:rsidSect="00624B29">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ваша семья не имеет семейных традиций по проведению выходных, то включите </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допобразование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в планы на выходные. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Свободное время в полном его понимании должно быть, но в разумных рамках. Ребенок не должен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>скучать и искать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себе занятие, иначе можно «набрести» на весьма опасные вещи на просторах интернета или в бездумном блуждании по местности. Свободное время может быть потрачено на чтение книги, просмотр любимого фильма, общение с друзьями. Да, родители должны контролировать детский распорядок дня, но нельзя руководить каждой секундой жизни ребенка. Важно создать баланс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A0B44" w:rsidRPr="009A0B44" w:rsidRDefault="009A0B44" w:rsidP="009A0B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">И ещё, увлекаясь различными видами образования, не освобождайте ребенка от повседневных трудовых обязанностей. Помощь по дому, забота о себе и своих близких не должна заменяться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>псевдостремлением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A0B44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к всестороннему развитию. В этом случае вы рискуете упустить другой важный момент воспитания – нравственный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE7D3F" w:rsidRPr="009A0B44" w:rsidRDefault="00FE7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE7D3F" w:rsidRPr="009A0B44">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="14C16282"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF1C3992"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -2785,139 +1430,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3A19129E"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="5F3B2E33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="50BA709E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3026,138 +1582,91 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A0B44"/>
-    <w:rsid w:val="00044590"/>
-[...9 lines deleted...]
-    <w:rsid w:val="002E6A6B"/>
     <w:rsid w:val="003A4703"/>
-    <w:rsid w:val="003F64E9"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00907F44"/>
     <w:rsid w:val="009A0B44"/>
-    <w:rsid w:val="00AA0AE7"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F512C5"/>
     <w:rsid w:val="00F76174"/>
     <w:rsid w:val="00FE7D3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3282,51 +1791,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00624B29"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009A0B44"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
@@ -3335,50 +1843,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A0B44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A0B44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -3431,92 +1940,82 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0B44"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:rsid w:val="009A0B44"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0B44"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTML">
     <w:name w:val="HTML Cite"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A0B44"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="607933157">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="758335138">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -3536,57 +2035,55 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1727559575">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="720"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ya-roditel.ru/parents/base/experts/30445/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ya-roditel.ru/parents/base/kollectiv/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3828,86 +2325,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5120</Characters>
+  <Pages>4</Pages>
+  <Words>944</Words>
+  <Characters>5383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6006</CharactersWithSpaces>
+  <CharactersWithSpaces>6315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>