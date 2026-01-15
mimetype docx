--- v0 (2025-12-07)
+++ v1 (2026-01-15)
@@ -1,8020 +1,1266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CB2B0B" w:rsidRDefault="00CB2B0B" w:rsidP="00CB2B0B">
+    <w:p w:rsidR="00D135A6" w:rsidRDefault="00D135A6">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00302121" w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендации для родителей и педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005734AD" w:rsidRPr="00D135A6" w:rsidRDefault="00302121">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтобы ребенок </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вел себя адекватно и умел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> держать себя в руках, он должен этому научиться у своих родителей. Несколько простых рекомендаций родителям  как  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совладать с эмоциями и конструктивно избавиться</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от гнева.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наладьте взаимоотношения со своим ребенком, чтобы он чувствовал себя с вами спокойно и уверенно:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- слушайте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- проводите вместе с ребенком как можно больше времени;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- делитесь с ним своим опытом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- рассказывайте о своем детстве, победах и неудачах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- если в семье несколько детей, постарайтесь общаться не только со всеми вместе, но и уделяйте свое внимание каждому в отдельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Следите за собой, особенно в те минуты, когда вы находитесь под действием стресса и вас легко вывести из равновесия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- отложите совместные дела с ребенком;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- старайтесь не прикасаться к ребенку в минуты раздражения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Если вы расстроены, то дети должны знать о вашем состоянии:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- говорите детям прямо о своих чувствах, желаниях, потребностях: «Я очень расстроена, хочу немного побыть одна. Поиграй, пожалуйста, в соседней комнате».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. В те минуты, когда вы расстроены или разгневаны, сделайте для себя что-нибудь приятное, что могло бы вас успокоить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- примите теплую ванну, душ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- выпейте чаю;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- послушайте любимую музыку.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5. Старайтесь предвидеть и предотвратить возможные ситуации, которые могут вызвать ваш гнев:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>научитесь предчувствовать наступление собственного эмоционального срыва и не допускайте</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этого, управляйте ситуацией.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6. Готовьтесь заранее к особенно важным событиям:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- отрепетируйте заранее поход к врачу или в детский сад;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- изучите возможности своего ребенка и свои собственные.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как вести себя, когда ребенок проявляет агрессию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. В случае незначительной агрессии – спокойное отношение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ереключение внимания,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">например предложение какого-либо задания: «Помоги мне, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пожалуйста</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достать книгу, ты же выше меня»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">- позитивное обозначение поведения: «Ты сердишься потому, что ты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>утомился»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- полное игнорирование реакций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Акцентирование внимания на поведение, а не на личность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>После того, как ребенок успокоится, можно обсудить с ним его поведение. Следует описать его действия, слова, не давая при этом никакой оценки. Обсуждать только конкретные факты, которые происходили «здесь и сейчас». Постараться продемонстрировать, что агрессия больше всего вредит ему самому.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Один из приемов снижения агрессии – это установление обратной связи:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- констатация факта («Ты ведешь себя агрессивно»);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- констатирующий вопрос («Ты злишься?»);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- раскрытие мотивов поведения («Ты хочешь меня обидеть?», «Ты хочешь показать, что ты сильнее?»);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- озвучивание своих чувств по отношению к поведению ребенка («Мне не нравится, когда со мной грубо разговаривают», «Я злюсь, когда на меня громко кричат»);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- апелляция к правилам поведения («Мы с тобой договаривались!»).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Давая обратную связь, взрослый должен проявить заинтересованность, твердость и доброжелательность. Ребенок должен понять, что родители (педагог) хорошо относятся к нему самому, но против того, как он себя ведет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Контроль над собственными негативными эмоциями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Несмотря на то, что когда ребенок демонстрирует агрессивное поведение, это вызывает у взрослых негативные эмоции, взрослым нужно признать естественность и нормальность этих переживаний. Когда взрослый управляет своими эмоциями, то не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подкрепляет агрессивное поведение ребенка и сохраняет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ним хорошие отношения. А также транслирует, как можно и нужно взаимодействовать с агрессивным человеком.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Снижение напряжения ситуации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Это одна из главных задач взрослого, которая стоит на первом месте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Однако</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослые часто допускают ошибки, которые только усиливают напряжение и агрессию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- повышение голоса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- демонстрация власти («Будешь делать так, как я скажу!»);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- высмеивание, сарказм;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- негативная оценка личности ребенка, его близких или друзей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- использование физической силы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- непреклонное настаивание на своей правоте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- «чтение морали»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- наказание или угроза наказания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- сравнения ребенка с другими детьми не в его пользу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обобщения («Вы все одинаковые!», «Ты, как всегда…»);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- команды и давление;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- оправдания, подкуп, награды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сохранение положительной репутации ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ребенку очень трудно признавать свою неправоту. Страшнее  всего для него – публичное осуждение. Используя различные защитные механизмы поведения, дети стараются этого избежать. Необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- публично минимизировать вин</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ты не хотел его обидеть», «Ты плохо себя чувствуешь»), но в личной беседе показать истину;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- не требовать полного подчинения, позволить ребенку выполнить ваше требование по-своему;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- предложить компромисс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6. Демонстрация модели неагрессивного поведения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Это самое важное условие воспитания «контролируемой агрессии» у ребенка. Чем меньше возраст ребенка, тем более миролюбивым должно быть поведение взрослого в ответ на агрессивные реакции детей. Поведение взрослого, позволяющего показать образец конструктивного поведения и направленное на снижение напряжения в конфликтной ситуации, включает следующие приемы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- внимательное (активное) слушание. Это слушание, без анализа и оценок, позволяющее собеседнику высказаться. Все, что необходимо – это поддерживать течение речи собеседника, стараясь, чтобы он полностью выговорился;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- пауза, дающая ребенку возможность успокоиться;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- прояснение ситуации наводящими вопросами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- признание чувств ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- юмор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дети очень быстро и охотно перенимают модели конструктивного поведения. Главное – искренность взрослого и соответствие его действий словам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Способы построения отношений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> мен </w:t>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гиперактивно-агрессивный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Воспитываясь в семье по типу «кумира», в атмосфере вседозволенности, попадая в коллектив сверстников, могут становиться агрессивными.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Необходимо грамотно выстраивать систему ограничений, используя, в том числе и игровые ситуации с правилами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Стимулируйте у детей умение признавать собственные ошибки. Учите их не сваливать свою вину на других. Развивайте чувство </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эмпатии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сочувствия к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>другим – сверстникам, взрослым и ко всему живому.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Агрессивно-обидчивый и истощаемый ребенок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Обидчивость ребенка может быть связана не только с недостатками в воспитании или трудностями обучения, но и с болезнью роста, особенностями созревания нервной системы и организма. Повышенная чувствительность, раздражительность, ранимость могут провоцировать агрессивное поведение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Помогите ребенку разрядить психическое напряжение, повозитесь вместе с ним в шумной игре. И стремитесь избегать ситуаций перенапряжения, если ребенок почти всегда агрессивен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Агрессивный ребенок с оппозиционно-вызывающим поведением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Если ребенок часто грубит, но не всем, а только родителям и знакомым ему людям, то, наверное, в ваших взаимоотношениях что-то не так. Вы редко </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB2B0B">
-[...7 lines deleted...]
-        <w:t>педагогтар</w:t>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занимаетесь и общаетесь</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB2B0B">
-[...7 lines deleted...]
-        <w:t>ға  ұсыныстар</w:t>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ребенком; вы уже не образец для подражания, как раньше; ребенку скучно, нечем заняться, и он переносит на вас собственное настроение и проблемы, перекладывает ответственность за свое поведение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Попытайтесь решать проблемы вместе, в сотрудничестве с ребенком, но не за него.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Агрессивно-боязливый ребенок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Враждебность, подозрительность могут быть средством защиты ребенка от мнимой угрозы, «нападения».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Работайте со страхами, моделируйте, т.е. создавайте, опасную ситуацию и вместе с ребенком преодолевайте ее; при этом ситуация должна быть на грани </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приятного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с неприятным с преобладанием приятного.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5. Агрессивно-бесчувственный ребенок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Есть дети, у которых способность к эмоциональному отклику, сопереживанию, сочувствию к другим нарушена. Причины могут быть в неблагоприятных условиях семейного воспитания, нарушениях интеллектуального развития ребенка, а также в чертах эмоциональной холодности, черствости, уплощенности, повышенной эмоциональной возбудимости, которые передаются от родителей или близких ребенка. При этом ему трудно понять, что другому, т.е. обиженному плохо или больно.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D135A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Старайтесь стимулировать гуманные чувства у такого ребенка: жалейте, гладьте кошек и собак; обращайте внимание ребенка на грустное, подавленное состояние другого человека и стимулируйте желание помочь. Если это не помогает, приучайте ребенка нести ответственность – «отрабатывать» за свое агрессивное поведение («А теперь иди и извинись», «Погладь по голове», «Пожми руку», «Предложи игрушку обиженному тобой ребенку» и т.п.) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB2B0B" w:rsidRPr="00CB2B0B" w:rsidRDefault="00CB2B0B" w:rsidP="00CB2B0B">
-[...7827 lines deleted...]
-    <w:sectPr w:rsidR="00C02802" w:rsidRPr="00CB2B0B" w:rsidSect="00C02802">
+    <w:sectPr w:rsidR="005734AD" w:rsidRPr="00D135A6" w:rsidSect="0073115B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
-  <w:doNotDisplayPageBoundaries/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CB2B0B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB2B0B"/>
+    <w:rsidRoot w:val="00302121"/>
+    <w:rsid w:val="00302121"/>
+    <w:rsid w:val="005734AD"/>
+    <w:rsid w:val="0073115B"/>
+    <w:rsid w:val="00D135A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -8121,117 +1367,96 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C02802"/>
+    <w:rsid w:val="0073115B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00302121"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -8484,50 +1709,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1145</Words>
-  <Characters>6531</Characters>
+  <Words>1234</Words>
+  <Characters>7036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7661</CharactersWithSpaces>
+  <CharactersWithSpaces>8254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Гульжан</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ахметова</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>