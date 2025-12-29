--- v0 (2025-12-05)
+++ v1 (2025-12-29)
@@ -1,665 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EC5F83" w:rsidRDefault="00602977" w:rsidP="00EC5F83">
+    <w:p w:rsidR="00EC5F83" w:rsidRDefault="00061210" w:rsidP="00EC5F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Ата-аналармен қарым-қатынас ереже</w:t>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00491028" w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>равила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общения с родителями</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC5F83" w:rsidRDefault="00EC5F83" w:rsidP="00EC5F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC5F83" w:rsidRDefault="009436B7" w:rsidP="00F83C69">
+    <w:p w:rsidR="00EC5F83" w:rsidRDefault="00491028" w:rsidP="00491028">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5F83" w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оторые</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5F83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помогут вам, уважаемые педагоги, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эффективного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимодействовать с родителями обучающихся:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491028" w:rsidRPr="00F83C69" w:rsidRDefault="00491028" w:rsidP="00491028">
+    <w:p w:rsidR="00491028" w:rsidRPr="00C01F98" w:rsidRDefault="00491028" w:rsidP="00491028">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C01F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
-      <w:r w:rsidR="009436B7">
-[...60 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родителям нужна поддержка, помощь и добрый совет. Если вы ими располагаете, создайте необходимые условия для общения.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">• </w:t>
-[...10 lines deleted...]
-        <w:t>Ата-аналармен асығыс сұхбаттаспау ләзім, егер сізде уақыт тығыз болса қолайлы бір уақытқа тағайындағаныңыз дұрыс.</w:t>
+        <w:t>• Не беседуйте с родителями второпях, на бегу; если вы не располагаете временем, лучше договоритесь о встрече в другой раз.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t>•</w:t>
-[...67 lines deleted...]
-        <w:t>іркендіріп жағымсыз қарсылық тудырады.</w:t>
+        <w:t xml:space="preserve">• Разговаривайте с родителями спокойным тоном, не старайтесь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назидать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и поучать — это вызывает раздражение и негативную реакцию со стороны родителей.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C01F98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">• </w:t>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>• Умейте терпеливо слушать родителей, давайте возможность высказаться по всем наболевшим вопросам. Не спешите с выводами! Обдумайте хорошо то, что вы от родителей услышали.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">• </w:t>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>• То, о чем родители вам поведали, не должно стать достоянием других родителей, учащихся и педагогов. Если есть профессиональная необходимость поделиться той информацией, которую сообщили родители, еще с кем-то, родителей необходимо поставить об этом в известность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">• </w:t>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>• Каждая встреча с семьей ученика должна заканчиваться конструктивными рекомендациями для родителей и самого ученика.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>• Если педагог в какой-то проблеме или ситуации некомпетентен, он должен извиниться перед родителями и предложить им обратиться за консультацией к специалистам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01F98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">• </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> қажет. </w:t>
+        <w:t xml:space="preserve">• Готовясь к встрече с семьей ученика, необходимо помнить, что любой родитель хочет услышать не только плохое, но и хорошее, дающее шанс на будущее. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B691D" w:rsidRPr="00F83C69" w:rsidRDefault="005B691D">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="005B691D" w:rsidRPr="00F83C69" w:rsidSect="00015F0B">
+    <w:p w:rsidR="005B691D" w:rsidRDefault="005B691D"/>
+    <w:sectPr w:rsidR="005B691D" w:rsidSect="00015F0B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:val="bestFit" w:percent="118"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00491028"/>
-    <w:rsid w:val="00002A34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C101E"/>
+    <w:rsid w:val="00061210"/>
     <w:rsid w:val="003D7636"/>
     <w:rsid w:val="00491028"/>
     <w:rsid w:val="005B691D"/>
-    <w:rsid w:val="005F2CED"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00E931FE"/>
+    <w:rsid w:val="00C42F41"/>
+    <w:rsid w:val="00E807C1"/>
     <w:rsid w:val="00EC5F83"/>
-    <w:rsid w:val="00F83C69"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -814,72 +522,61 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1121,86 +818,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>214</Words>
-  <Characters>1226</Characters>
+  <Words>208</Words>
+  <Characters>1186</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1438</CharactersWithSpaces>
+  <CharactersWithSpaces>1392</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>