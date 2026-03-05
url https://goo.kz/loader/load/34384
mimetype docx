--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,1273 +1,1797 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00713A8F" w:rsidRDefault="00713A8F" w:rsidP="00713A8F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C875AC">
+    <w:p w:rsidR="007E0ACE" w:rsidRDefault="007E0ACE" w:rsidP="0084770C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E0ACE" w:rsidRDefault="007E0ACE" w:rsidP="0084770C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316C68" w:rsidRPr="007E49A9" w:rsidRDefault="0089708B" w:rsidP="00316C68">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Отдел образования города Павлодара» объявляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">открытый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурс на замещение вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="004808CA">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:r w:rsidR="004808CA">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6A34">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E57F1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00316C68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00C875AC" w:rsidRPr="00C875AC">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C341E5">
+      <w:r w:rsidR="00316C68" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа № 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6A34">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00C875AC" w:rsidRPr="00C875AC">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidR="00316C68" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0061546A" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6B49" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7D40" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00220884">
-[...4 lines deleted...]
-        <w:t>мекен-жайы</w:t>
+      <w:r w:rsidR="00FE6A34">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Камзина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00220884" w:rsidRPr="00220884">
-[...19 lines deleted...]
-      <w:r w:rsidR="00597A74">
+      <w:r w:rsidR="004C6B49" w:rsidRPr="00316C68">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-      <w:r w:rsidR="00C341E5">
+      <w:r w:rsidR="00FE6A34">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00C875AC">
+      <w:r w:rsidR="00316C68">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C341E5">
+      <w:r w:rsidR="00FE6A34">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>/1</w:t>
       </w:r>
-      <w:r w:rsidR="00220884" w:rsidRPr="00220884">
+      <w:r w:rsidR="0084770C" w:rsidRPr="00316C68">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00C875AC">
-[...10 lines deleted...]
-        <w:t>директор</w:t>
+      <w:r w:rsidR="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00C875AC">
-[...3 lines deleted...]
-        <w:t>ы</w:t>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRPr="00316C68" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оклад  от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA16D2" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>82468</w:t>
+      </w:r>
+      <w:r w:rsidR="002E57F1" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA16D2" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA16D2" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>99988</w:t>
+      </w:r>
+      <w:r w:rsidR="002E57F1" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA16D2" w:rsidRPr="00316C68">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основная деятельность государственного учреждения - образовательная деятельность в сфере общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руководит  деятельностью</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования в соответствии с ее уставом и другими нормативными правовыми актами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>совместно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с педагогическим и методическим советами учебного заведения организует реализацию государственных общеобязательных стандартов образования, утверждение плана работы, рабочих планов и программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>формирует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контингент учащихся, воспитанников в соответствии с лицензией на право  ведения образовательной деятельности, обеспечивает социальную защиту учащихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>содействует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности учительских </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогических</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций и методических объединений, регулирует деятельность общественных, в том числе детских и молодежных организаций, в соответствии с законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимые условия для работы в учебном заведении организации общественного питания и медицинских организаций, контроль их работы в целях охраны и укрепления здоровья обучающихся, воспитанников и работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и совершенствует методическое обеспечение учебно-воспитательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>распоряжается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленном порядке имуществом и средствами организации, представляет ежегодный отчет о поступлении и расходовании финансовых и материальных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защищает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законные права  и интересы </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>личные, имущественные, жилищные, трудовые</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитанников из числа детей-сирот и детей, оставшихся без попечения родителей, принимает меры по созданию им условий для подержания родственных связей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условия содержания и проживания воспитанников и обучающихся не ниже установленных норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учет, сохранность и пополнение учебно-материальной базы в соответствии с нормативными требованиями, отвечает за соблюдение правил внутреннего трудового распорядка, санитарно-гигиенического режима, охраны труда и техники безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подбор и расстановку педагогических  кадров и вспомогательного персонала, разрабатывает в соответствии с законодательством о труде, правилами внутреннего распорядка, квалификационными характеристиками должностные инструкции работников, создает условия для повышения их профессионального мастерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руководит</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическим советом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителей и других работников организации образования, особо отличившихся в труде, к поощрениям и наградам, налагает взыскания в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связь с общественностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E0ACE" w:rsidRDefault="007E0ACE" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОСНОВНЫЕ ТРЕБОВАНИЯ К УЧАСТНИКАМ КОНКУРСА:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00702D57" w:rsidRPr="00702D57">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00702D57" w:rsidRPr="00702D57">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическое образование и стаж педагогической работы не менее 5 лет, в том числе стаж на руково</w:t>
+      </w:r>
+      <w:r w:rsidR="00702D57">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дящей должности не менее 1 года</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5A93">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>наличие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первой или высшей квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>опыт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> административной работы в педагогической сфере не менее 3 лет или на руководящих должностях в организациях, соответствующих профилю организации образования не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отсутствие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> судимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>знание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституции РК, законов Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«Об образовании»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«О языках в Республике Казахстан», </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О правах ребенка в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,                              </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О </w:t>
+      </w:r>
+      <w:r w:rsidR="006B0D18">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противодействии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупци</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0D18">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, «О браке</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0D18">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (супружестве)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и семье», «О государственных социальных пособиях по инвалидности, по случаю потери кормильца и по поддержке детей с ограниченными возможностями», «О профилактике правонарушений среди несовершеннолетних и предупреждение детской безнадзорности и беспризорности» и другие нормативные правовые акты, определяющие направления и перспективы развития образования; основ педагогики и психологии, государственных общеобязательных стандартов образования, основ финансово-хозяйственной деятельности, законодательства о труде, правил и  норм охраны труда, техники безопасности противопожарной защиты; возрастной физиологии, школьной гигиены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основе </w:t>
+      </w:r>
+      <w:r w:rsidR="00B13C2F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B13C2F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги «Прием документов для участия в конкурсе на замещение руководителей государственных учреждений среднего образования», утвержденных приказом министра образования и науки Республики Казахстан от 8 апреля 2015 года № 173, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>«Правил конкурсног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> замещения руководителей государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учреждений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования», утвержденных приказам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инистерства образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№ 57</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Граждане, желающие принять участие в конкурсе, представляют в конкурсную комиссию следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на имя председателя конкурсной комиссии с указанием места прописки, фактического места проживания, контактных телефонов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документа об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудовой книжки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>личный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> листок по учету кадров с фото </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с указанием адреса  фактического местожительства и конкретных телефонов</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>производственную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристику с прежнего места работы с указанием имевшихся взысканий и поощрений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документа о имеющейся квалификационной категории или ученой степени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="00DC15D7" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0089708B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0089708B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о прохождении медицинского освидетельствования </w:t>
+      </w:r>
+      <w:r w:rsidR="0089708B">
+        <w:t>(форма 086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/У</w:t>
+      </w:r>
+      <w:r w:rsidR="0089708B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0089708B">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справку</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC15D7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о наличии либо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отсутствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC15D7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сведений по учетам Комитета по правовой статистике и специальным учетам Генеральной прокуратуры РК о совершении лицом уголовного пра</w:t>
+      </w:r>
+      <w:r w:rsidR="00183210">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC15D7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онарушения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004808CA" w:rsidRDefault="004808CA" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Копии документов, представленных для участия в конкурсе, заверяются нотариально или по месту работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидаты, допущенные к собеседованию, проходят его в ГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отдел образования города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Прием конкурсных документов производится </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 15 </w:t>
+      </w:r>
+      <w:r w:rsidR="004808CA">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   с момента последнего опубликования объявления о конкурсе в местных СМИ по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адресу</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        ул. Кривенко, 25, конкурсная комиссия отдела образования города Павлодара, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C875AC">
-[...11 lines deleted...]
-        <w:t>ң</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>каб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00212E26">
-[...813 lines deleted...]
-    <w:sectPr w:rsidR="00746D00">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 407, телефон для </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7DF8">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справок 32-18-77, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7DF8" w:rsidRPr="00170BBB">
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC7DF8">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC7DF8">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7DF8" w:rsidRPr="00170BBB">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC7DF8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kalie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC7DF8" w:rsidRPr="00170BBB">
+        <w:t>va.oo.ap@pavlodar.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089708B" w:rsidRDefault="0089708B" w:rsidP="0089708B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D6AE8" w:rsidRPr="0089708B" w:rsidRDefault="001D6AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001D6AE8" w:rsidRPr="0089708B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...121 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00713A8F"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00ED09F9"/>
+    <w:rsidRoot w:val="0089708B"/>
+    <w:rsid w:val="00122469"/>
+    <w:rsid w:val="00183210"/>
+    <w:rsid w:val="001D6AE8"/>
+    <w:rsid w:val="002409C8"/>
+    <w:rsid w:val="002E57F1"/>
+    <w:rsid w:val="00316C68"/>
+    <w:rsid w:val="00376A75"/>
+    <w:rsid w:val="00382548"/>
+    <w:rsid w:val="00433F0B"/>
+    <w:rsid w:val="004808CA"/>
+    <w:rsid w:val="004C6B49"/>
+    <w:rsid w:val="004D7967"/>
+    <w:rsid w:val="004E7D40"/>
+    <w:rsid w:val="005607B0"/>
+    <w:rsid w:val="0061546A"/>
+    <w:rsid w:val="00652AC2"/>
+    <w:rsid w:val="006B0D18"/>
+    <w:rsid w:val="006D5A93"/>
+    <w:rsid w:val="00702D57"/>
+    <w:rsid w:val="00751BF1"/>
+    <w:rsid w:val="007A0F54"/>
+    <w:rsid w:val="007B185E"/>
+    <w:rsid w:val="007E0ACE"/>
+    <w:rsid w:val="007E49A9"/>
+    <w:rsid w:val="00826214"/>
+    <w:rsid w:val="0084770C"/>
+    <w:rsid w:val="0089708B"/>
+    <w:rsid w:val="00910793"/>
+    <w:rsid w:val="00922B9E"/>
+    <w:rsid w:val="00A3297F"/>
+    <w:rsid w:val="00A75CC7"/>
+    <w:rsid w:val="00B13C2F"/>
+    <w:rsid w:val="00B642AD"/>
+    <w:rsid w:val="00DC15D7"/>
+    <w:rsid w:val="00E603CE"/>
+    <w:rsid w:val="00EC7DF8"/>
+    <w:rsid w:val="00F419A4"/>
+    <w:rsid w:val="00FA16D2"/>
+    <w:rsid w:val="00FE6A34"/>
+    <w:rsid w:val="00FF5A8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{3F9B2E13-6333-4C01-92DA-BCD9B1BE1931}"/>
+  <w15:docId w15:val="{8DFDD885-AA95-449D-AA06-D01DBCF028E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1620,112 +2144,116 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00713A8F"/>
+    <w:rsid w:val="0089708B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="781339737">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1950,69 +2478,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>857</Words>
-  <Characters>4889</Characters>
+  <Words>906</Words>
+  <Characters>5170</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5735</CharactersWithSpaces>
+  <CharactersWithSpaces>6064</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>