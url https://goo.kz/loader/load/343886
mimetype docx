--- v0 (2025-12-07)
+++ v1 (2025-12-31)
@@ -1,1386 +1,1367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00202AAD" w:rsidRPr="004D6AA2" w:rsidRDefault="00D4229A" w:rsidP="001836AD">
+    <w:p w:rsidR="003A141D" w:rsidRDefault="003A141D" w:rsidP="00A67FA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ө</w:t>
+        <w:t>Өрт қауіпсіздігі</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00202AAD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>рт</w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> бойынша тақырыптар бөлінісі</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00202AAD" w:rsidRPr="003B6BB9" w:rsidRDefault="00202AAD" w:rsidP="001836AD">
+    <w:p w:rsidR="003A141D" w:rsidRPr="003A141D" w:rsidRDefault="003A141D" w:rsidP="00A67FA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D4260" w:rsidRDefault="003A141D" w:rsidP="00A67FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ожарн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безопасност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A141D" w:rsidRPr="001836AD" w:rsidRDefault="003A141D" w:rsidP="00A67FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806445" w:rsidRPr="003A141D" w:rsidRDefault="003A141D" w:rsidP="001836AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003A141D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00806445" w:rsidRPr="003A141D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A141D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00806445" w:rsidRPr="003A141D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00806445" w:rsidRDefault="00806445" w:rsidP="001836AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="4802"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00202AAD" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00202AAD" w:rsidRPr="000D0F65" w:rsidRDefault="00202AAD" w:rsidP="000D0F65">
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D0F65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00202AAD" w:rsidRPr="003B6BB9" w:rsidRDefault="00202AAD" w:rsidP="000D0F65">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Темы занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Огонь – друг и враг человека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Причины возникновения пожара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Противопожарный режим в школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Берегите жилище от пожара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Первичные средства тушения пожара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Система автоматизированного тушения пожаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пожарный автомобиль и противопожарное оборудование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Что нужно делать при пожаре</w:t>
+            </w:r>
+            <w:r w:rsidR="00356F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="008D4260" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidTr="000D0F65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="007B3680" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Айы</w:t>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="007B3680" w:rsidP="000D0F65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00202AAD" w:rsidRPr="000D0F65" w:rsidRDefault="00202AAD" w:rsidP="000D0F65">
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="007B3680" w:rsidP="000D0F65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сабақтар тақырыбы</w:t>
+              </w:rPr>
+              <w:t>Итоговое занятие</w:t>
+            </w:r>
+            <w:r w:rsidR="00356F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00202AAD" w:rsidRPr="000D0F65" w:rsidRDefault="00202AAD" w:rsidP="000D0F65">
-[...1090 lines deleted...]
-          <w:p w:rsidR="00202AAD" w:rsidRPr="000D0F65" w:rsidRDefault="00202AAD" w:rsidP="000D0F65">
+          <w:p w:rsidR="008D4260" w:rsidRPr="000D0F65" w:rsidRDefault="007B3680" w:rsidP="000D0F65">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00202AAD" w:rsidRPr="001836AD" w:rsidRDefault="00202AAD" w:rsidP="001836AD">
+    <w:p w:rsidR="008D4260" w:rsidRPr="001836AD" w:rsidRDefault="008D4260" w:rsidP="001836AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00202AAD" w:rsidRPr="001836AD" w:rsidSect="00587F71">
+    <w:sectPr w:rsidR="008D4260" w:rsidRPr="001836AD" w:rsidSect="00587F71">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1402,64 +1383,62 @@
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001836AD"/>
     <w:rsid w:val="000B72C1"/>
     <w:rsid w:val="000D0F65"/>
     <w:rsid w:val="001836AD"/>
-    <w:rsid w:val="00202AAD"/>
-    <w:rsid w:val="002E03FF"/>
     <w:rsid w:val="00336754"/>
-    <w:rsid w:val="003B6BB9"/>
-    <w:rsid w:val="004D6AA2"/>
+    <w:rsid w:val="00356F9F"/>
+    <w:rsid w:val="003A141D"/>
     <w:rsid w:val="00587F71"/>
-    <w:rsid w:val="005C0088"/>
     <w:rsid w:val="007B3680"/>
-    <w:rsid w:val="0085271F"/>
+    <w:rsid w:val="00806445"/>
     <w:rsid w:val="008D4260"/>
+    <w:rsid w:val="00A22CCB"/>
     <w:rsid w:val="00A67FA5"/>
     <w:rsid w:val="00A727EA"/>
     <w:rsid w:val="00D421A8"/>
-    <w:rsid w:val="00D4229A"/>
+    <w:rsid w:val="00E912CE"/>
     <w:rsid w:val="00EB44B0"/>
     <w:rsid w:val="00F50517"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2153,70 +2132,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>73</Words>
-  <Characters>417</Characters>
+  <Words>74</Words>
+  <Characters>426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>489</CharactersWithSpaces>
+  <CharactersWithSpaces>499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Comp4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>