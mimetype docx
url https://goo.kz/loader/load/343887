--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,697 +1,738 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="21"/>
+    <w:p w:rsidR="000C7039" w:rsidRPr="00A177DD" w:rsidRDefault="00563338" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="146" w:line="250" w:lineRule="exact"/>
         <w:ind w:left="20"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:rStyle w:val="21"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">безопасного поведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:rStyle w:val="21"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">на улицах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="12"/>
+        </w:rPr>
+        <w:t>для подростков</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C7039" w:rsidRDefault="00563338" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Всегда надо стараться избегать малолюдных и плохо освещенных территорий, если ты оказался в таком месте, то иди ближе к с</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ередине улицы, подальше от мест,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> где могут укрыться преступники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="000C7039" w:rsidRDefault="00563338" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Всегда анализируй движущиеся объекты и оценивай их с точки зрения потенциальной опасности, если увидел что-то опасное, то ищи возможность этого избежать. Поменяй маршрут, пристройся к идущей впереди взрослой паре и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00563338" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Запомни типичные опасности</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Всегда избегай группы молодых людей, а также пьяных любого возраста и людей с криминальной или подозрительной внешностью, с подозрением относись к неизвестным машинам: тонированные стекла, номера заляпаны грязью, слишком дорогой или</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наоборот</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нарочито дешевый автомобиль или такой</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> который просто </w:t>
+      </w:r>
+      <w:r w:rsidR="00A177DD" w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не соответствует статусу района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проходя мимо подозрительных личностей, не смотри на них в упор, они это воспринимают как прямой вызов, поэтому лучше опусти глаза вниз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRPr="00176EA5" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если кто-то незнакомый пытается с тобой заговорить, то не вступай в разговор, всегда продолжай идти своим путем. Лучше, в крайнем случае, потом притвориться, что не понял, что это обращались к тебе, Сам иди поскорее домой или к ближайшему людному и освещенному месту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
-        <w:ind w:right="20" w:firstLine="0"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="12"/>
+        <w:ind w:left="660" w:right="20" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Егер сенің артыңнан біреу аңдыса, адамдар көп жарық жерге беттегенің дұрыс. Тым болмаса көшенің жарығырақ жағына өт. </w:t>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если тебя кто-то преследует, то иди туда, где много света и людей. Или хотя бы перейди на более светлую сторону улицы.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A177DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...6 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Никуда не иди с чужими людьми, не садись ни в чью машину, если, конечно, тебе не угрожают ножом или пистолетом. Если ты видишь, что тебе грозит опасность, то кричи, зови на помощь. Если ты рядом с домами, кинь в чье-то окно камень или тяжелый предмет, не бойся разбить его. Есть шанс, что человек выглянет и вызовет полицию, это отпугнет напавших.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE" w:rsidP="00A177DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:pStyle w:val="12"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В местах, где есть люди, если тебя пытаются остановить и отвести поговорить в сторону «на минуту», не слушайся, иди своим путем, также старайся подойти к магазину, к остановке и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRPr="00CE3983" w:rsidRDefault="00957BDE" w:rsidP="00CE3983">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="600" w:right="20"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Старайся не носить предметы, которые могут быть восприняты как ценные, даже если это и подделка. Например, не носи часы под золото, или украшения, которые являются ценными или так выглядят. Если преступники требуют вещи и угрожают расправой, отдай им всё - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-        <w:pStyle w:val="12"/>
+        <w:t>жизнь дороже любой ценной вещи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
-        <w:ind w:left="240" w:right="20" w:firstLine="0"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="12"/>
+        <w:ind w:left="600" w:right="20" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всегда старайся максимально запомнить приметы нападавших, но никогда открыто «не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пялься</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» на них, не веди себя агрессивно и вызывающе - это может разозлить преступников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="660" w:right="20" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00957BDE" w:rsidRPr="00A177DD" w:rsidRDefault="00957BDE" w:rsidP="00D55849">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w:rsidR="00A177DD" w:rsidRPr="00A177DD" w:rsidRDefault="00A177DD" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:right="20"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ты подвергся физическому или сексуальному насилию, то надо немедленно сообщить родителям, обратиться в полицию, написать заявление, пройти медицинский осмотр и обязательно всё зафиксировать. Не слушай слова преступников о том, чтобы ты не говорил никому - это их стандартная угроза. Лучшая защита </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0AE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оповестить правоохранительные органы, тогда полиция будет знать, кого искать, в сл</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0AE3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учае если с тобой что-то случит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A177DD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ся в будущем и тебя уже просто побоятся трогать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C7039" w:rsidRPr="00A177DD" w:rsidRDefault="00E85F79" w:rsidP="00A177DD">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="600"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="660" w:right="20" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A177DD">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:283.5pt;margin-top:201.85pt;width:117.75pt;height:39pt;z-index:-251658240;visibility:visible;mso-wrap-distance-left:5pt;mso-wrap-distance-right:5pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWvRzarAIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtvmzAUfp+0/2D5nXIpSQMqqdoQpknd&#10;RWr3AxwwwZqxme0Eumr/fccmJE37Mm3jwTrYx9+5fJ/P9c3QcrSnSjMpMhxeBBhRUcqKiW2Gvz0W&#10;3gIjbYioCJeCZviJanyzfP/uuu9SGslG8ooqBCBCp32X4caYLvV9XTa0JfpCdlTAYS1VSwz8qq1f&#10;KdIDesv9KAjmfi9V1SlZUq1hNx8P8dLh1zUtzZe61tQgnmHIzbhVuXVjV395TdKtIl3DykMa5C+y&#10;aAkTEPQIlRND0E6xN1AtK5XUsjYXpWx9WdespK4GqCYMXlXz0JCOulqgObo7tkn/P9jy8/6rQqzK&#10;cISRIC1Q9EgHg+7kgC5td/pOp+D00IGbGWAbWHaV6u5elt81EnLVELGlt0rJvqGkguxCe9N/cXXE&#10;0RZk03+SFYQhOyMd0FCr1rYOmoEAHVh6OjJjUyltyDiZxdEMoxLOwL4MHHU+SafbndLmA5UtskaG&#10;FTDv0Mn+XhubDUknFxtMyIJx7tjn4mwDHMcdiA1X7ZnNwpH5nATJerFexF4czddeHOS5d1usYm9e&#10;hFez/DJfrfLwl40bxmnDqooKG2YSVhj/GXEHiY+SOEpLS84qC2dT0mq7WXGF9gSEXbjP9RxOTm7+&#10;eRquCVDLq5LCKA7uosQr5osrLy7imZdcBQsvCJO7ZB7ESZwX5yXdM0H/vSTUZziZAaeunFPSr2oL&#10;3Pe2NpK2zMDo4KzN8OLoRFIrwbWoHLWGMD7aL1ph0z+1AuieiHaCtRod1WqGzQAoVsUbWT2BdJUE&#10;ZYE+Yd6B0Uj1E6MeZkeG9Y8dURQj/lGA/O2gmQw1GZvJIKKEqxk2GI3myowDadcptm0AeXpgt/BE&#10;CubUe8ri8LBgHrgiDrPLDpyX/87rNGGXvwEAAP//AwBQSwMEFAAGAAgAAAAhAMTF60jfAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOxDAQRHsk/sFaJBrE2Q5cEkKcE0LQ0HHQ0PniJYmw11Hs&#10;S8J9PaaCcnZGs2/q3eosm3EKgycFciOAIbXeDNQpeH97vi6BhajJaOsJFXxjgF1zflbryviFXnHe&#10;x46lEgqVVtDHOFach7ZHp8PGj0jJ+/ST0zHJqeNm0ksqd5ZnQuTc6YHSh16P+Nhj+7U/OgX5+jRe&#10;vdxhtpxaO9PHScqIUqnLi/XhHljENf6F4Rc/oUOTmA7+SCYwq2CbF2lLVHArbgpgKVGKbAvskC6l&#10;LIA3Nf+/ofkBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVr0c2qwCAACpBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxMXrSN8AAAALAQAADwAA&#10;AAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" stroked="f">
+          <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:283.5pt;margin-top:201.85pt;width:117.75pt;height:39pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:5pt;mso-wrap-distance-top:0;mso-wrap-distance-right:5pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWvRzarAIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtvmzAUfp+0/2D5nXIpSQMqqdoQpknd&#10;RWr3AxwwwZqxme0Eumr/fccmJE37Mm3jwTrYx9+5fJ/P9c3QcrSnSjMpMhxeBBhRUcqKiW2Gvz0W&#10;3gIjbYioCJeCZviJanyzfP/uuu9SGslG8ooqBCBCp32X4caYLvV9XTa0JfpCdlTAYS1VSwz8qq1f&#10;KdIDesv9KAjmfi9V1SlZUq1hNx8P8dLh1zUtzZe61tQgnmHIzbhVuXVjV395TdKtIl3DykMa5C+y&#10;aAkTEPQIlRND0E6xN1AtK5XUsjYXpWx9WdespK4GqCYMXlXz0JCOulqgObo7tkn/P9jy8/6rQqzK&#10;cISRIC1Q9EgHg+7kgC5td/pOp+D00IGbGWAbWHaV6u5elt81EnLVELGlt0rJvqGkguxCe9N/cXXE&#10;0RZk03+SFYQhOyMd0FCr1rYOmoEAHVh6OjJjUyltyDiZxdEMoxLOwL4MHHU+SafbndLmA5UtskaG&#10;FTDv0Mn+XhubDUknFxtMyIJx7tjn4mwDHMcdiA1X7ZnNwpH5nATJerFexF4czddeHOS5d1usYm9e&#10;hFez/DJfrfLwl40bxmnDqooKG2YSVhj/GXEHiY+SOEpLS84qC2dT0mq7WXGF9gSEXbjP9RxOTm7+&#10;eRquCVDLq5LCKA7uosQr5osrLy7imZdcBQsvCJO7ZB7ESZwX5yXdM0H/vSTUZziZAaeunFPSr2oL&#10;3Pe2NpK2zMDo4KzN8OLoRFIrwbWoHLWGMD7aL1ph0z+1AuieiHaCtRod1WqGzQAoVsUbWT2BdJUE&#10;ZYE+Yd6B0Uj1E6MeZkeG9Y8dURQj/lGA/O2gmQw1GZvJIKKEqxk2GI3myowDadcptm0AeXpgt/BE&#10;CubUe8ri8LBgHrgiDrPLDpyX/87rNGGXvwEAAP//AwBQSwMEFAAGAAgAAAAhAMTF60jfAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj7FOxDAQRHsk/sFaJBrE2Q5cEkKcE0LQ0HHQ0PniJYmw11Hs&#10;S8J9PaaCcnZGs2/q3eosm3EKgycFciOAIbXeDNQpeH97vi6BhajJaOsJFXxjgF1zflbryviFXnHe&#10;x46lEgqVVtDHOFach7ZHp8PGj0jJ+/ST0zHJqeNm0ksqd5ZnQuTc6YHSh16P+Nhj+7U/OgX5+jRe&#10;vdxhtpxaO9PHScqIUqnLi/XhHljENf6F4Rc/oUOTmA7+SCYwq2CbF2lLVHArbgpgKVGKbAvskC6l&#10;LIA3Nf+/ofkBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVr0c2qwCAACpBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxMXrSN8AAAALAQAADwAA&#10;AAAAAAAAAAAAAAAGBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA==&#10;" filled="f" stroked="f">
             <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
               <w:txbxContent>
-                <w:p w:rsidR="00957BDE" w:rsidRPr="00A177DD" w:rsidRDefault="00957BDE" w:rsidP="00A177DD"/>
+                <w:p w:rsidR="000C7039" w:rsidRPr="00A177DD" w:rsidRDefault="000C7039" w:rsidP="00A177DD"/>
               </w:txbxContent>
             </v:textbox>
             <w10:wrap type="topAndBottom" anchorx="margin"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00957BDE" w:rsidRPr="00A177DD" w:rsidSect="009C0AE3">
+    <w:sectPr w:rsidR="000C7039" w:rsidRPr="00A177DD" w:rsidSect="009C0AE3">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="0" w:footer="6" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thickThinMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thickThinMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thinThickMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thinThickMediumGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE">
+    <w:p w:rsidR="00563338" w:rsidRDefault="00563338">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE">
+    <w:p w:rsidR="00563338" w:rsidRDefault="00563338">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -713,441 +754,400 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE"/>
+    <w:p w:rsidR="00563338" w:rsidRDefault="00563338"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE"/>
+    <w:p w:rsidR="00563338" w:rsidRDefault="00563338"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE">
+  <w:p w:rsidR="000C7039" w:rsidRDefault="00E85F79">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00E85F79">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Text Box 1" o:spid="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:152.5pt;margin-top:39.65pt;width:4.3pt;height:11.5pt;z-index:-251656192;visibility:visible;mso-wrap-distance-left:5pt;mso-wrap-distance-right:5pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOWs8CqQIAAKcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8HydwpkhAZUUiUhTJO6&#10;F6ndD3CMCdbAZrYT6Kr9951NSdNWk6ZtfLDO9vm5e+4e7up6aBt0ZEpzKTIcXgQYMUFlycU+w1/v&#10;Cm+BkTZElKSRgmX4nml8vXz75qrvUjaTtWxKphCACJ32XYZrY7rU9zWtWUv0heyYgMtKqpYY2Kq9&#10;XyrSA3rb+LMgiP1eqrJTkjKt4TQfL/HS4VcVo+ZzVWlmUJNhyM24Vbl1Z1d/eUXSvSJdzeljGuQv&#10;smgJFxD0BJUTQ9BB8VdQLadKalmZCypbX1YVp8xxADZh8ILNbU065rhAcXR3KpP+f7D00/GLQryE&#10;3mEkSAstumODQWs5oNBWp+90Ck63HbiZAY6tp2WquxtJv2kk5KYmYs9WSsm+ZqSE7NxL/+zpiKMt&#10;yK7/KEsIQw5GOqChUq0FhGIgQIcu3Z86Y1OhcDiP4hAuKNyEURzMXeN8kk5vO6XNeyZbZI0MK+i7&#10;wybHG22ABbhOLjaUkAVvGtf7Rjw7AMfxBCLDU3tnc3CtfEiCZLvYLiIvmsVbLwry3FsVm8iLi/By&#10;nr/LN5s8/GnjhlFa87JkwoaZZBVGf9a2R4GPgjgJS8uGlxbOpqTVfrdpFDoSkHXhPtsrSP7MzX+e&#10;hrsGLi8ohbMoWM8Sr4gXl15URHMvuQwWXhAm6yQOoiTKi+eUbrhg/04J9RlO5rP5KKXfcgvc95ob&#10;SVtuYHA0vM3w4uREUivArShdaw3hzWiflcKm/1QKqNjUaCdXq9BRq2bYDYBiNbyT5T0IV0lQFogQ&#10;ph0YtVQ/MOphcmRYfz8QxTBqPggQvx0zk6EmYzcZRFB4mmGD0WhuzDiODp3i+xqQp99rBT9IwZ16&#10;n7KA1O0GpoEj8Ti57Lg53zuvp/m6/AUAAP//AwBQSwMEFAAGAAgAAAAhAPyi1XfeAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj7FOxDAQRHsk/sFaJBrE2Y5F4EKcE0LQ0HHQ0PniJYmw11HsS8J9&#10;PaaCcrVPM2/q3eodm3GKQyANciOAIbXBDtRpeH97vr4DFpMha1wg1PCNEXbN+VltKhsWesV5nzqW&#10;QyhWRkOf0lhxHtsevYmbMCLl32eYvEn5nDpuJ7PkcO94IUTJvRkoN/RmxMce26/90Wso16fx6mWL&#10;xXJq3UwfJykTSq0vL9aHe2AJ1/QHw69+VocmOx3CkWxkToMSN3lL0nC7VcAyoKQqgR0yKQoFvKn5&#10;/wnNDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOWs8CqQIAAKcFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8otV33gAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" filled="f" stroked="f">
+        <v:shape id="Text Box 1" o:spid="_x0000_s4097" type="#_x0000_t202" style="position:absolute;margin-left:152.5pt;margin-top:39.65pt;width:4.3pt;height:11.5pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:5pt;mso-wrap-distance-top:0;mso-wrap-distance-right:5pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOWs8CqQIAAKcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8HydwpkhAZUUiUhTJO6&#10;F6ndD3CMCdbAZrYT6Kr9951NSdNWk6ZtfLDO9vm5e+4e7up6aBt0ZEpzKTIcXgQYMUFlycU+w1/v&#10;Cm+BkTZElKSRgmX4nml8vXz75qrvUjaTtWxKphCACJ32XYZrY7rU9zWtWUv0heyYgMtKqpYY2Kq9&#10;XyrSA3rb+LMgiP1eqrJTkjKt4TQfL/HS4VcVo+ZzVWlmUJNhyM24Vbl1Z1d/eUXSvSJdzeljGuQv&#10;smgJFxD0BJUTQ9BB8VdQLadKalmZCypbX1YVp8xxADZh8ILNbU065rhAcXR3KpP+f7D00/GLQryE&#10;3mEkSAstumODQWs5oNBWp+90Ck63HbiZAY6tp2WquxtJv2kk5KYmYs9WSsm+ZqSE7NxL/+zpiKMt&#10;yK7/KEsIQw5GOqChUq0FhGIgQIcu3Z86Y1OhcDiP4hAuKNyEURzMXeN8kk5vO6XNeyZbZI0MK+i7&#10;wybHG22ABbhOLjaUkAVvGtf7Rjw7AMfxBCLDU3tnc3CtfEiCZLvYLiIvmsVbLwry3FsVm8iLi/By&#10;nr/LN5s8/GnjhlFa87JkwoaZZBVGf9a2R4GPgjgJS8uGlxbOpqTVfrdpFDoSkHXhPtsrSP7MzX+e&#10;hrsGLi8ohbMoWM8Sr4gXl15URHMvuQwWXhAm6yQOoiTKi+eUbrhg/04J9RlO5rP5KKXfcgvc95ob&#10;SVtuYHA0vM3w4uREUivArShdaw3hzWiflcKm/1QKqNjUaCdXq9BRq2bYDYBiNbyT5T0IV0lQFogQ&#10;ph0YtVQ/MOphcmRYfz8QxTBqPggQvx0zk6EmYzcZRFB4mmGD0WhuzDiODp3i+xqQp99rBT9IwZ16&#10;n7KA1O0GpoEj8Ti57Lg53zuvp/m6/AUAAP//AwBQSwMEFAAGAAgAAAAhAPyi1XfeAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj7FOxDAQRHsk/sFaJBrE2Y5F4EKcE0LQ0HHQ0PniJYmw11HsS8J9&#10;PaaCcrVPM2/q3eodm3GKQyANciOAIbXBDtRpeH97vr4DFpMha1wg1PCNEXbN+VltKhsWesV5nzqW&#10;QyhWRkOf0lhxHtsevYmbMCLl32eYvEn5nDpuJ7PkcO94IUTJvRkoN/RmxMce26/90Wso16fx6mWL&#10;xXJq3UwfJykTSq0vL9aHe2AJ1/QHw69+VocmOx3CkWxkToMSN3lL0nC7VcAyoKQqgR0yKQoFvKn5&#10;/wnNDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOWs8CqQIAAKcFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD8otV33gAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" filled="f" stroked="f">
           <v:textbox style="mso-next-textbox:#Text Box 1;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w:rsidR="00957BDE" w:rsidRDefault="00957BDE">
+              <w:p w:rsidR="000C7039" w:rsidRDefault="00563338">
                 <w:pPr>
-                  <w:pStyle w:val="11"/>
+                  <w:pStyle w:val="a5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="86"/>
                   </w:tabs>
                   <w:spacing w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="left"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rStyle w:val="a0"/>
+                    <w:rStyle w:val="a6"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="04E43C9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="39003E78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="&gt;"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
         <w:u w:val="none"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="38AC553F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF6C51C8"/>
     <w:lvl w:ilvl="0" w:tplc="6FCEBF98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4099"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="4"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C7039"/>
-    <w:rsid w:val="000971D3"/>
     <w:rsid w:val="000C7039"/>
-    <w:rsid w:val="00176EA5"/>
-    <w:rsid w:val="001D56AE"/>
     <w:rsid w:val="00563338"/>
-    <w:rsid w:val="00692948"/>
-    <w:rsid w:val="00957BDE"/>
     <w:rsid w:val="009C0AE3"/>
     <w:rsid w:val="00A177DD"/>
-    <w:rsid w:val="00C81BB4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D55849"/>
     <w:rsid w:val="00E85F79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4099"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1216,510 +1216,1059 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
     <w:rsid w:val="00E85F79"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
-[...3 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-  </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a0"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0066CC"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="3Exact">
     <w:name w:val="Основной текст (3) Exact"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:uiPriority w:val="99"/>
-    <w:locked/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="4Exact">
     <w:name w:val="Основной текст (4) Exact"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:uiPriority w:val="99"/>
-    <w:locked/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i/>
       <w:iCs/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:spacing w:val="12"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...1 lines deleted...]
-    <w:aliases w:val="Интервал 0 pt Exact"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40ptExact">
+    <w:name w:val="Основной текст (4) + Не курсив;Интервал 0 pt Exact"/>
     <w:basedOn w:val="4Exact"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="2"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:u w:val="none"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Заголовок №1_"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="10"/>
-    <w:uiPriority w:val="99"/>
-    <w:locked/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:spacing w:val="-20"/>
       <w:sz w:val="62"/>
       <w:szCs w:val="62"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1TimesNewRoman">
-[...1 lines deleted...]
-    <w:aliases w:val="10 pt,Интервал 0 pt"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1TimesNewRoman10pt0pt">
+    <w:name w:val="Заголовок №1 + Times New Roman;10 pt;Интервал 0 pt"/>
     <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="a">
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Колонтитул_"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...2 lines deleted...]
-    <w:locked/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a0">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Колонтитул"/>
-    <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a4"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2">
     <w:name w:val="Основной текст (2)_"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...2 lines deleted...]
-    <w:locked/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="20"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="2CourierNew">
-[...1 lines deleted...]
-    <w:aliases w:val="12,5 pt,Не полужирный"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2CourierNew125pt">
+    <w:name w:val="Основной текст (2) + Courier New;12;5 pt;Не полужирный"/>
     <w:basedOn w:val="2"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="25"/>
       <w:szCs w:val="25"/>
+      <w:u w:val="none"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст (2)"/>
     <w:basedOn w:val="2"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:u w:val="none"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Основной текст_"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...2 lines deleted...]
-    <w:locked/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="11"/>
     <w:rsid w:val="00E85F79"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="Основной текст (3)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="3Exact"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="Основной текст (4)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="4Exact"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="12"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок №1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="1"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:spacing w:val="-20"/>
       <w:sz w:val="62"/>
       <w:szCs w:val="62"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст (2)"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="2"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-      <w:spacing w:after="240" w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:after="240" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Основной текст1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:rsid w:val="00E85F79"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="240" w:line="238" w:lineRule="exact"/>
       <w:ind w:hanging="300"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A177DD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="0066CC"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3Exact">
+    <w:name w:val="Основной текст (3) Exact"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:spacing w:val="-17"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="4Exact">
+    <w:name w:val="Основной текст (4) Exact"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:spacing w:val="12"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40ptExact">
+    <w:name w:val="Основной текст (4) + Не курсив;Интервал 0 pt Exact"/>
+    <w:basedOn w:val="4Exact"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="2"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Заголовок №1_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:spacing w:val="-20"/>
+      <w:sz w:val="62"/>
+      <w:szCs w:val="62"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1TimesNewRoman10pt0pt">
+    <w:name w:val="Заголовок №1 + Times New Roman;10 pt;Интервал 0 pt"/>
+    <w:basedOn w:val="1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Колонтитул_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Основной текст (2)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="20"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2CourierNew125pt">
+    <w:name w:val="Основной текст (2) + Courier New;12;5 pt;Не полужирный"/>
+    <w:basedOn w:val="2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="25"/>
+      <w:szCs w:val="25"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст (2)"/>
+    <w:basedOn w:val="2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="3Exact"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-17"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Основной текст (4)"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="4Exact"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="12"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок №1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="1"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-20"/>
+      <w:sz w:val="62"/>
+      <w:szCs w:val="62"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст (2)"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:after="240" w:line="0" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="240" w:line="238" w:lineRule="exact"/>
+      <w:ind w:hanging="300"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1849,58 +2398,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal_Wordconv.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>436</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Office Outlook</Application>
+  <Words>420</Words>
+  <Characters>2398</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>0</Lines>
-  <Paragraphs>0</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <CharactersWithSpaces>2813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Пользователь ЗДВР</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>