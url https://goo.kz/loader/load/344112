--- v0 (2025-12-17)
+++ v1 (2025-12-26)
@@ -1,5425 +1,1305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="000845F7" w:rsidRPr="000845F7" w:rsidRDefault="000845F7" w:rsidP="000845F7">
-[...132 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00852FB9" w:rsidRPr="00852FB9" w:rsidRDefault="00852FB9" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000845F7">
+    </w:p>
+    <w:p w:rsidR="00852FB9" w:rsidRDefault="00852FB9" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Антикоррупционный стандарт работников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>  </w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00F51E53">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий антикоррупционный стандарт разработан </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51E53" w:rsidRPr="00852FB9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>на основе нормативно-правовых актов в сфере антикоррупционного законодательства Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, направленных на предупреждение коррупционных проявлений в деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51E53" w:rsidRPr="00852FB9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Осы сыбайлас жемқорлыққа қарсы стандарт «Павлодар </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B5585A">
+        <w:t xml:space="preserve">сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қала</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852FB9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и повышения нулевой терпимости к проявлениям коррупции среди его сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Наименование сферы общественных отношений: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="000C1D39">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Наименование разработчика антикоррупционного стандарта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70BA9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">сының білім беру </w:t>
-[...39 lines deleted...]
-      <w:r>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>3. Правила поведения (действия) лиц, работающих в обособленной сфере общественных отношений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. При реализации прав и законных интересов физических и юридических лиц в сфере, затрагиваемой антикоррупционным стандартом, работнику управления запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) в связи с исполнением должностных полномочий пользоваться в личных целях услугами граждан и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) быть представителем по делам третьих лиц в государственном органе, в котором он состоит на службе, либо непосредственно ему подчиненном;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) оказывать, кому бы то ни было любого не предусмотренного законодательством Республики Казахстан содействия в осуществлении предпринимательской и иной связанной с извлечением дохода деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) необоснованно отказывать в информации физическим и юридическим лицам, предоставление которой предусмотрено законодательством Республики Казахстан, либо ее задержка, передача недостоверной или неполной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) требовать от физических или юридических лиц информации, предоставление которой этими лицами не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) воспрепятствовать физическим или юридическим лицам в реализации их прав, свобод и законных интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) делегировать полномочия на государственное регулирование предпринимательской деятельности физическим или юридическим лицам, осуществляющим такую деятельность, а также на контроль и надзор за нею;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) принимать за исполнение своих государственных или приравненных к ним функций любого вознаграждения в виде денег, услуг и иных форм от организаций, в которых лицо не выполняет соответствующие функции, а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>также от физических лиц, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) принимать подарки или услуги в связи с исполнением своих государственных или приравненных к ним функций от государственных служащих и иных лиц, зависимых от них по службе, за общее покровительство или попустительство по службе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) использовать служебное положение для оказания влияния на деятельность государственных органов, организаций, государственных служащих и иных лиц при решении вопросов личного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. При подготовке и принятии управленческих и иных решений в рамках </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компетенции работнику запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) оказывать неправомерное предпочтение физическим и (или) юридическим лицам при подготовке и принятии решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) отдавать приказы и указания, не имеющие отношения к исполнению должностных полномочий и (или) направленные на нарушение законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) использовать свои должностные полномочия при решении вопросов, связанных с удовлетворением своих материальных интересов либо близких родственников и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) предоставлять не предусмотренные законом преимущества (протекционизм, семейственность) при поступлении и продвижении по государственной службе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)  не обеспечивать прозрачность принятия решений, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) допускать конфликты интересов, а при их возникновении необходимо принять меры по их устранению в соответствии с законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. При иных взаимоотношениях, возникающих в зависимости от специфики сферы жизнедеятельности работники обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) не допускать совершения проступков и иных правонарушений, за которые законом предусмотрена дисциплинарная, административная либо уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) противостоять действиям, наносящим ущерб интересам государства, препятствующим или снижающим эффективность функционирования управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) соблюдать деловой этикет и правила официального поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) пресекать либо принимать иные меры по недопущению нарушений норм служебной этики со стороны других государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)  воздерживаться от обсуждения личных и профессиональных качеств коллег, порочащих их честь и достоинство в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) в процессе исполнения поручений руководителей предоставлять только объективные и достоверные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...720 lines deleted...]
-        <w:t>Бөлім</w:t>
+        </w:rPr>
+        <w:t>4. Иные ограничения и запреты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работники </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="000845F7">
-[...638 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">3) </w:t>
-[...3627 lines deleted...]
-    <w:p w:rsidR="000845F7" w:rsidRDefault="000845F7" w:rsidP="000845F7">
+        <w:t>1) способствовать укреплению единства народа Казахстана и межнационального согласия в стране, уважительно относиться к государственному и другим языкам, традициям и обычаям народа Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) быть честными, справедливыми, скромными, соблюдать общепринятые морально-этические нормы, в обращении с гражданами и коллегами проявлять вежливость и корректность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) обеспечивать законность и справедливость принимаемых ими решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) обеспечивать прозрачность принятия решений, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) противостоять действиям, наносящим ущерб интересам государства, препятствующим или снижающим эффективность функционирования государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) повышать свой профессиональный уровень и квалификацию для эффективного исполнения служебных обязанностей, соблюдать установленные законами Республики Казахстан ограничения и запреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) своими действиями и поведением не давать повода для критики со стороны общества, не допускать преследования за критику, использовать конструктивную критику для устранения недостатков и улучшения своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) не использовать служебное положение для оказания влияния на деятельность государственных органов, организаций, государственных служащих и иных лиц при решении вопросов личного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) не распространять сведения, не соответствующие действительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) обеспечивать сохранность государственной собственности, рационально, эффективно и только в служебных целях использовать вверенную государственную собственность, включая автотранспортные средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) неукоснительно соблюдать служебную дисциплину, добросовестно, беспристрастно и качественно исполнять свои служебные обязанности, рационально и эффективно использовать рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) на постоянной основе принимать меры по повышению качества оказываемых государственных услуг, всецело ориентируясь на запросы населения как потребителя государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13) обеспечивать своевременное и качественное исполнение документов, исключать возможность утери, фальсификации (подлога), неисполнения и повторного исполнения одного и того же документа, необоснованных возвратов без исполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14) внешний вид государственного служащего при исполнении им служебных обязанностей должен способствовать укреплению авторитета государственного аппарата, соответствовать общепринятому деловому стилю, который отличают официальность, сдержанность и аккуратность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C1D39" w:rsidRPr="00B6416C" w:rsidRDefault="000C1D39" w:rsidP="00852FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6416C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003257F2" w:rsidRPr="00B6416C" w:rsidRDefault="003257F2" w:rsidP="00852FB9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00410131" w:rsidRPr="00D95646" w:rsidSect="000845F7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003257F2" w:rsidRPr="00B6416C" w:rsidSect="00BA64A7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="991" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="991" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B0C8F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E868F2"/>
+    <w:rsidRoot w:val="000C1D39"/>
+    <w:rsid w:val="000C1D39"/>
+    <w:rsid w:val="00115893"/>
+    <w:rsid w:val="003257F2"/>
+    <w:rsid w:val="00800597"/>
+    <w:rsid w:val="00852FB9"/>
+    <w:rsid w:val="00AC7379"/>
+    <w:rsid w:val="00B6416C"/>
+    <w:rsid w:val="00BA64A7"/>
+    <w:rsid w:val="00C70BA9"/>
+    <w:rsid w:val="00F51E53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{C8DD22FF-800D-4948-A56C-F32EFB34AFBB}"/>
+  <w15:docId w15:val="{DDAB8298-47BC-46AE-9351-D0A3B0A70961}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5805,122 +1685,109 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000B0C8F"/>
+    <w:rsid w:val="000C1D39"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="000B0C8F"/>
+    <w:rsid w:val="000C1D39"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000845F7"/>
+    <w:rsid w:val="00B6416C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000845F7"/>
+    <w:rsid w:val="00B6416C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1301809314">
-[...12 lines deleted...]
-    <w:div w:id="1839420479">
+    <w:div w:id="185098623">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -6190,70 +2057,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>988</Words>
-  <Characters>5636</Characters>
+  <Words>1036</Words>
+  <Characters>5908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6611</CharactersWithSpaces>
+  <CharactersWithSpaces>6931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>