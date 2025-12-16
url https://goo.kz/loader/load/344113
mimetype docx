--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -1,2458 +1,2564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасыныѕ 2015-2025 жылдарєа арналєан сыбайлас жемќорлыќќа ќарсы стратегиясы туралы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасы Президентініѕ 2014 жылєы 26 желтоќсандаєы № 986 Жарлыєы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>Указ Президента Республики Казахстан от 26 декабря 2014 года № 986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Егемен Ќазаќстан" 30.12.2014 ж., № 254 (28477); "Казахстанская правда" от 30.12.2014 г., № 254 (27875)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="00AE77B3" w:rsidP="0054574C">
+        <w:t>"Казахстанская правда" от 30.12.2014 г., № 254 (27875); "Егемен Ќазаќстан" 30.12.2014 ж., № 254 (28477).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="0011528E" w:rsidP="00500DA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">      Мемлекеттіѕ сыбайлас жемќорлыќќа ќарсы саясатыныѕ негізгі баєыттарын одан јрі айќындау маќсатында </w:t>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      КОММЕНТАРИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В целях дальнейшего определения основных направлений антикоррупционной политики государства </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ЌАУЛЫ ЕТЕМІН:</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемую Антикоррупционную стратегию Республики Казахстан на 2015–2025 годы (далее – Стратегия).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Правительству Республики Казахстан, государственным органам, непосредственно подчиненным и подотчетным Президенту Республики Казахстан, акимам городов Астаны и Алматы, областей руководствоваться в своей деятельности Стратегией и принять необходимые меры по ее реализации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Контроль за исполнением настоящего Указа возложить на Администрацию Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Настоящий Указ вводится в действие со дня подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Ќазаќстан Республикасыныѕ</w:t>
+        <w:t>      Президент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Президенті                            Н.Назарбаев</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>      Республики Казахстан                       Н. НАЗАРБАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УТВЕРЖДЕНА                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Указом Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">от 26 декабря 2014 года № 986     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ЌАЗАЌСТАН РЕСПУБЛИКАСЫНЫЅ 2015-2025 ЖЫЛДАРЄА АРНАЛЄАН СЫБАЙЛАС</w:t>
+        <w:t>АНТИКОРРУПЦИОННАЯ СТРАТЕГИЯ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ЖЕМЌОРЛЫЌЌА ЌАРСЫ СТРАТЕГИЯСЫ</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН НА 2015–2025 ГОДЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Мазмўны</w:t>
-[...155 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>Содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Введение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Анализ текущей ситуации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2.1. Положительные тенденции в сфере противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2.2. Проблемы, требующие решения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2.3. Основные факторы, способствующие коррупционным проявлениям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Цель и задачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3.1. Цель и целевые индикаторы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3.2. Задачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Ключевые направления, основные подходы и приоритетные меры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.1. Противодействие коррупции в сфере государственной службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.2. Внедрение института общественного контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.3. Противодействие коррупции в квазигосударственном и частном секторе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.4. Предупреждение коррупции в судебных и правоохранительных органах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.5. Формирование уровня антикоррупционной культуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4.6. Развитие международного сотрудничества по вопросам противодействия коррупции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Мониторинг и оценка реализации стратегии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>1. Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1. Кіріспе</w:t>
-[...146 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>      Стратегия «Казахстан-2050»: Новый политический курс состоявшегося государства» возводит коррупцию в ранг прямой угрозы национальной безопасности и нацеливает государство и общество на объединение усилий в борьбе с этим негативным явлением.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Главный стратегический документ нашей страны, отражающий принципиальную позицию Казахстана по этому важному вопросу, служит основой антикоррупционной политики государства в предстоящие годы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Общеизвестно, что коррупция ведет к снижению эффективности государственного управления, инвестиционной привлекательности страны, сдерживает поступательное социально-экономическое развитие.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Казахстан с первых дней государственной независимости целенаправленно и поэтапно следует курсу на создание эффективных, соответствующих мировым стандартам, институтов и механизмов противодействия коррупции. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В нашей стране действует современное антикоррупционное законодательство, основой которого являются законы «О борьбе с коррупцией» и «О государственной службе», реализуется ряд программных документов, образован специальный уполномоченный орган, комплексно реализующий функции в сфере государственной службы и противодействия коррупции, активно осуществляется международное сотрудничество в сфере антикоррупционной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На принципах меритократии, при которой руководящие посты занимают способные и профессионально подготовленные люди, независимо от их социального происхождения и имущественного положения, сформирована система государственной службы, в том числе с четким разграничением и определением функций и полномочий каждого органа и должностного лица государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Приняты комплексные меры по развитию сферы государственных услуг и информатизации работы государственного аппарата, сокращающие прямые контакты чиновников с гражданами и минимизирующие условия для коррупционных явлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предпринимаемые меры по повышению уровня жизни граждан, росту национальной экономики, улучшению условий ведения бизнеса, правовой грамотности и социальной активности населения, внедрению электронного правительства, позволившие Казахстану войти в число 50-ти наиболее конкурентоспособных стран мира, также создают предпосылки для формирования культуры законопослушания и общепринятых антикоррупционных моделей поведения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем решение стратегических задач по дальнейшему росту экономики, повышению благосостояния народа, воплощению в жизнь амбициозной задачи по вхождению в число тридцати наиболее конкурентоспособных стран мира, требует принятия новых системных мер, основанных на модернизации антикоррупционной политики государства и повышения роли институтов гражданского общества в ее реализации, что позволило бы максимально минимизировать коррупционные проявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В этой связи на данном этапе есть необходимость принятия нового программного документа государства, определяющего стратегию противодействия коррупции (далее – Стратегия или Антикоррупционная стратегия).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В таком документе ведущая роль должна отводиться комплексным мерам превентивного характера, способным коренным образом сократить уровень коррупции, искоренить причины и условия, ее порождающие в разных сферах жизни государства и общества. То есть акцент должен быть сделан на устранение предпосылок коррупции, а не на борьбу с ее последствиями.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Повышение конкурентоспособности национальной экономики предполагает также приоритетность мер по устранению административных барьеров на пути развития бизнеса, эффективную защиту прав и законных интересов отечественных и иностранных предпринимателей, работающих в Казахстане, от любых коррупционных проявлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом такая Стратегия должна охватывать основные сферы жизнедеятельности государства и общества, предусматривать разработку и осуществление комплекса разносторонних и последовательных антикоррупционных мер и, тем самым, обеспечить максимальное снижение коррупции на всех уровнях государственной власти, а также в частном секторе, сформировать нетерпимое отношение казахстанских граждан к этому социальному злу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом определяемые Стратегией базовые направления не могут быть раз и навсегда данными. Они должны корректироваться по мере выполнения отдельных мероприятий и с учетом результатов глубокого анализа явления коррупции, ее причин, мотивации коррупционного поведения, серьезной и объективной оценки состояния дел в сфере борьбы с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2. Аєымдаєы ахуалды талдау</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Анализ текущей ситуации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2.1. Сыбайлас жемќорлыќќа ќарсы іс-ќимыл саласындаєы оѕ їрдістер</w:t>
-[...227 lines deleted...]
-      </w:pPr>
+        <w:t>2.1. Положительные тенденции в сфере противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      На предыдущих этапах развития казахстанского государства были достигнуты общепризнанные результаты, наметились очевидные положительные тенденции в деле противодействия коррупции, усиление и развитие которых станет залогом успешной реализации настоящей Антикоррупционной стратегии на современном этапе развития страны.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Казахстан одним из первых в СНГ принял Закон «О борьбе с коррупцией», определивший цели, задачи, основные принципы и механизмы борьбы с этим негативным явлением.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Начиная с 2001 года реализуются государственные программы по борьбе с коррупцией, в рамках которых принимаются конкретные меры по устранению причин и условий возникновения коррупционных проявлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действующий с 1999 года Закон «О государственной службе» и утвержденный Главой государства в 2005 году Кодекс чести государственных служащих создали основу для формирования в Казахстане профессионального государственного аппарата, построенного на принципах подотчетности, прозрачности и меритократии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Создан специальный государственный орган, объединяющий в себе регуляторные и правоохранительные функции в сфере государственной службы и противодействия коррупции. Он призван не только регулировать вопросы организации и прохождения государственной службы и мониторинга чистоты государственного аппарата, но и наделен функцией предупреждения и профилактики коррупции, а также уголовного преследования лиц, совершивших коррупционные преступления. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом предупредительно-профилактическая деятельность является приоритетной для вновь созданного органа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Успешно реализуется принцип неотвратимости наказания. Чиновники, уличенные в совершении коррупционных деяний, невзирая на занимаемые должности и ранги, несут ответственность по всей строгости закона.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Уголовно-правовая политика обеспечивает жесткую ответственность должностных лиц за совершение ими коррупционных преступлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Необходимость суровой ответственности за коррупционные преступления предусмотрена Концепцией правовой политики Республики Казахстан на период с 2010 до 2020 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Такой принципиальный подход реализован в новом Уголовном кодексе. Так, на лиц, совершивших коррупционные преступления, не будет распространяться срок давности, установлен запрет на условное осуждение, введен пожизненный запрет на право занимать должности на государственной службе. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Антикоррупционное законодательство дополнено нормами по конфискации имущества, добытого преступным путем, персональной ответственности руководителей за противодействие коррупции. В нем закреплено такое важное понятие, как «конфликт интересов».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом, наряду с усилением ответственности государственных служащих, совершенствуются и их социальные гарантии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтапное, регулярное повышение заработной платы государственного аппарата призвано повысить социальное самочувствие государственных служащих и создать условия для выполнения ими своих обязанностей на честной и справедливой основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственной программой дальнейшей модернизации правоохранительной системы на период до 2020 года и Концепцией кадровой политики правоохранительных органов предусмотрены меры, направленные на повышение уровня доверия к органам правопорядка, формирование персонала, отличающегося безупречным поведением и высоким уровнем компетентности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Уделяется особое внимание повышению доверия к судебной системе, усилению ее роли в деле защиты прав и законных интересов граждан. Приняты меры по совершенствованию механизма формирования корпуса судей, развитию электронного судопроизводства, повышению уровня его прозрачности и доступности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Повсеместно расширен доступ к информации, чему способствовали меры по формированию электронного правительства, а также интернет-ресурсов государственных и частных структур.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Созданы условия для беспрепятственного информирования гражданами о фактах коррупции, в том числе за счет телефонов доверия и веб-сайтов государственных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целях усиления инвестиционной привлекательности страны, повышения ее конкурентоспособности искореняются административные барьеры, затрудняющие предпринимательскую деятельность, получение населением качественных и быстрых государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С принятием Закона «О государственных услугах» и Закона «О разрешениях и уведомлениях» созданы условия для повышения качества оказываемых государственных услуг, резко сокращено количество разрешений и лицензируемых видов деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сформирована система оценки эффективности и внешнего контроля качества оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Результатом проведенной работы стало ежегодное снижение количества нарушений сроков оказания государственных услуг (в 8,7 раза по сравнению с 2012 годом) и жалоб на качество их оказания (на 25%), а также увеличение доли автоматизированных услуг (более чем в 2 раза) и услуг, оказываемых через центры обслуживания населения (на 51%).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Повышается уровень автоматизации государственных закупок, что способствует формированию конкурентной среды, прозрачному и эффективному освоению бюджетных средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В негосударственном секторе экономики созданы благоприятные условия для ведения предпринимательской деятельности, трудоустройства и обеспечения занятости населения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом принятие названных мер позволило Казахстану по уровню антикоррупционной деятельности занять одну из лидирующих позиций как в центрально-азиатском регионе, так и среди стран СНГ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2.2. Шешімін талап ететін проблемалар</w:t>
-[...290 lines deleted...]
-      </w:pPr>
+        <w:t>2.2. Проблемы, требующие решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Коррупция, представляющая собой сложное, исторически изменчивое, негативное социальное явление, возникла, как известно, на ранних этапах развития человеческой цивилизации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Проблема коррупции существует во всех странах, тормозя социально-экономический прогресс, она различается лишь своими характерными проявлениями и масштабами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Несмотря на отсутствие универсального и всеобъемлющего определения коррупционного деяния, к нему прежде всего относят злоупотребление чиновниками властью или должностным положением для получения личной выгоды, а наиболее распространенными ее видами признаются обычно подкуп чиновников, использование служебных полномочий в корыстных целях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сложность выработки эффективных мер противодействия коррупции обуславливается также ее особенностями для каждого отдельно взятого государства и трудностями, связанными с ее изменчивыми характеристиками.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При определении причин, условий и последствий коррупции должны учитываться такие факторы, как местный менталитет, национальные и религиозные особенности, уровень правовой культуры.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем главными условиями эффективного и системного противодействия коррупции признаются подотчетность и подконтрольность органов власти обществу, независимость и справедливость правосудия, четкие в изложении и несложные в применении законы, меритократия в кадровой политике государства, прозрачность государственных процедур и нетерпимость к коррупции в обществе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В условиях модернизации экономики и масштабных социальных преобразований в Казахстане все более очевидна потребность в целостной антикоррупционной стратегии, тесно увязанной с современной социально-экономической политикой государства, учитывающей культуру и этику нашего общества, международные тренды в борьбе с этим социальным злом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Стратегия станет основой для новых механизмов и инструментов повышения эффективности государственной политики в сфере противодействия коррупции. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Помимо сугубо правоохранительной составляющей, в антикоррупционной политике не меньшее значение имеет выбор научно обоснованных форм и методов государственного управления, распределения и использования государственных средств и на этой основе устранение причин и условий коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В системе противодействия коррупции основополагающим звеном является выявление и минимизация коррупционных рисков, условий и причин, сопутствующих их возникновению.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оценка коррупционных рисков, уровня их распространенности в различных сферах и отраслях способствует выявлению пробелов в государственном, в том числе нормативно-правовом, регулировании антикоррупционной деятельности, проблем, возникающих в механизмах государственно-правового регулирования, а также выработке мер, направленных на совершенствование правоприменительной практики в процессе антикоррупционной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Недостаточная прозрачность при принятии решений, затрагивающих наиболее значимые вопросы общественной жизни, отсутствие надлежащего гражданского контроля и учета общественного мнения в деятельности государственного аппарата ведут к избыточной бюрократии, административным барьерам и злоупотреблению должностными полномочиями, что в совокупности формирует негативные факторы, способствующие росту коррупционных проявлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В действующих организационно-правовых механизмах главной проблемой остается нерешенность вопросов надлежащего правоприменения несмотря на происходящее качественное обновление базовых отраслей национального законодательства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По-прежнему актуальной является проблема использования всего арсенала средств предотвращения коррупционных проявлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действующее законодательство и присущие для казахстанского права институты обладают неиспользованным потенциалом для противодействия коррупции, возможность полноценной реализации которого должна максимально учитываться при рассмотрении вопросов о внедрении зарубежных моделей и опыта в этой области.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Недостает системности и в предупредительно-профилактической работе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В этом контексте приоритетом для уполномоченного органа по противодействию коррупции должны стать не столько уголовное преследование, сколько разработка и принятие превентивных мер, направленных на выявление и устранение причин и условий коррупционных проявлений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом внимание должно быть сконцентрировано и на деятельности местных органов власти, в силу расширения их полномочий и ответственности за состояние дел в регионах и поскольку именно они своими государственными услугами обеспечивают удовлетворение повседневных нужд и потребностей граждан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом же в деятельности уполномоченного органа должен сохраняться баланс между его правоохранительными и регуляторными функциями.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Конфликт интересов при выполнении государственных функций также является одной из серьезных причин, способствующих коррупционным проявлениям в государственном секторе. Детальный анализ механизмов реализации государственных функций, в том числе государственных услуг, позволит выявить и устранить причины, способствующие распространению коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      До сих пор недостаточно внимания уделяется повышению правовой культуры граждан и правовому просвещению, особенно по отраслям и нормам действующего права, наиболее востребованным в повседневной жизни населения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Антикоррупционная пропаганда в основном ограничивается разовыми акциями и кампаниями, шаблонными выступлениями в средствах массовой информации, недостаточно задействовано интернет-пространство.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Существующее информационное поле не всегда способствует консолидации общества в формировании нулевой терпимости к проявлениям коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оставляет желать лучшего уровень и качество социологических исследований, посвященных изучению проблем коррупции и эффективности принимаемых государством антикоррупционных мер.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      На законодательном уровне до сих пор не разграничены нарушения норм и правил служебной этики от собственно коррупционных правонарушений, что искажает реальную картину коррупциогенности, мешает концентрации усилий государства на актуальных направлениях борьбы с коррупцией и ведет к необоснованному росту коррупционного рейтинга страны.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом отсутствует четкое разграничение между уровнями коррупционных деяний и соответственно применяемого наказания за их совершение.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Необходимо наконец-то определиться и с подходами к вопросам противодействия коррупции в частном секторе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вмешательство государства в деятельность субъектов предпринимательства должно основываться на четком понимании сферы распространения коррупции и круга лиц, подпадающих под ее определение. При этом не должны создаваться административные барьеры для развития бизнеса и сложности в деле обеспечения благоприятного инвестиционного климата в стране. В целом же должно происходить сокращение участия государства в предпринимательской деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Предпринимаемые независимым Казахстаном шаги по дальнейшей интеграции в общемировое пространство обязывают нашу страну учитывать определенные международные стандарты, принятые в вопросах противодействия коррупции. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем такие стандарты должны внедряться не только с использованием рекомендаций зарубежных партнеров. Международный опыт должен подлежать тщательному изучению и детальному анализу на предмет его соответствия положениям Конституции страны, сложившейся законодательной и правоприменительной практике, с учетом особенностей формирования и функционирования традиционных и присущих нашей стране правовых механизмов и институтов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2.3. Сыбайлас жемќорлыќ кґріністеріне ыќпал ететін негізгі факторлар</w:t>
-[...83 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>2.3. Основные факторы, способствующие коррупционным проявлениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Для формирования системы эффективного противодействия коррупции необходимо прежде всего определить основные факторы, способствующие ее проявлениям в современных условиях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Среди них наиболее актуальными в настоящее время являются, во-первых, несовершенство отраслевых законов, нормы которых при правоприменении нередко создают условия для совершения коррупционных деяний.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Гражданам, не разбирающимся в тонкостях юриспруденции, на практике бывает сложно правильно понять и надлежаще трактовать положения таких законов. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Во-вторых, недостаточная прозрачность государственного и корпоративного управления. Процесс выработки и принятия управленческих решений по-прежнему остается одним из самых закрытых, в том числе в случаях, когда речь идет о решениях, затрагивающих права и законные интересы граждан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В-третьих, сохраняются коррупционные риски, связанные с прямым контактом должностных лиц с населением при оказании государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В-четвертых, все еще низкий уровень правовой культуры населения, в том числе самих служащих государственного сектора, что позволяет нечистоплотным работникам использовать его в корыстных, противоправных целях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В-пятых, отсутствие комплексной и целенаправленной информационной работы по формированию антикоррупционной модели поведения граждан и общественной атмосферы неприятия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В-шестых, недостаточный уровень оплаты труда отдельных категорий государственных служащих и социальных гарантий на государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3. Маќсат пен міндеттер</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>3. Цель и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3.1. Маќсат пен нысаналы индикаторлар</w:t>
-[...74 lines deleted...]
-      </w:pPr>
+        <w:t>3.1. Цель и целевые индикаторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Целью настоящей Стратегии является повышение эффективности антикоррупционной политики государства, вовлечение в антикоррупционное движение всего общества путем создания атмосферы «нулевой» терпимости к любым проявлениям коррупции и снижение в Казахстане уровня коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Целевые индикаторы, применяемые в Стратегии:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      качество государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      доверие общества институтам государственной власти;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      уровень правовой культуры населения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      повышение авторитета страны в международном сообществе и улучшение соответствующих международных рейтингов, в том числе рейтинга Казахстана в Индексе восприятия коррупции «Transparency International».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3.2. Стратегия міндеттері:</w:t>
-[...74 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>3.2. Задачи Стратегии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      противодействие коррупции в сфере государственной службы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      внедрение института общественного контроля;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      противодействие коррупции в квазигосударственном и частном секторе;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      предупреждение коррупции в судах и правоохранительных органах;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      формирование уровня антикоррупционной культуры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      развитие международного сотрудничества по вопросам противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Цель и задачи Стратегии направлены на достижение целей Стратегии «Казахстан-2050», учитывают положения программы Партии «Нўр Отан» по противодействию коррупции на 2015–2025 годы, а также предложения и мнения других общественных объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4. Тїйінді баєыттар, негізгі тјсілдер жјне басым шаралар</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>4. Ключевые направления, основные подходы и приоритетные меры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.1. Мемлекеттік ќызмет саласындаєы сыбайлас жемќорлыќќа ќарсы іс-ќимыл</w:t>
-[...155 lines deleted...]
-      </w:pPr>
+        <w:t>4.1. Противодействие коррупции в сфере государственной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Вследствие коррупционных деяний происходит неправомерное извлечение материальных и нематериальных благ, результатом чего является подрыв интересов общества и снижение авторитета государственной власти.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтому государство будет и дальше принимать все меры и создавать условия, при которых использование служебных полномочий в корыстных целях будет невыгодным и невозможным.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Одной из важных таких мер станет декларирование государственными служащими не только своих доходов, но и расходов. В дальнейшем такое декларирование будет распространено на все население, что окажет положительное влияние на соблюдение законности и обеспечение прозрачности в системе государственной службы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для снижения уровня коррупции в государственном аппарате предусматривается дальнейшее поэтапное повышение заработной платы и социальных льгот чиновников по мере расширения финансовых возможностей государства. Эта задача актуализируется и с учетом того, что оплата труда государственных служащих пока остается недостаточно конкурентоспособной по сравнению с частным сектором.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Неподкупность государственных служащих и прозрачность их деятельности – основа успешности антикоррупционной политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Одной из предпосылок для коррупционных проявлений является также наличие непосредственного контакта чиновника с гражданином. Чем проще и прозрачнее процедура получения государственных услуг, тем меньше уровень коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В этой связи будут приняты меры по поэтапной передаче ряда государственных функций в негосударственный сектор – саморегулируемым организациям. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Влияние человеческого фактора минимизирует и широкое использование современных информационных технологий.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В результате будет возрастать объем услуг, оказываемых населению в электронном формате, в таком формате в том числе будет обеспечиваться выдача разрешений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В базовых отраслях социальной сферы, включая образование и здравоохранение, оказание соответствующих услуг в электронном виде будет способствовать снижению коррупциогенности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет модернизироваться система государственных закупок, которая относится к наиболее коррупционной сфере деятельности. Именно здесь совершается каждое четвертое коррупционное преступление.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для кардинального улучшения ситуации потребуются такие меры, как закрепление единого оператора, внедрение автоматизированного подбора товаров, совершенствование процедур приема выполненных работ и услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут максимально автоматизироваться процедуры оказания государственных услуг, в том числе в таможенной, налоговой сферах, в области сельского хозяйства, земельных отношений, банковской деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Расширится и перечень государственных услуг, предоставляемых населению по принципу «одного окна» (через ЦОНы).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целом принцип прозрачности является ключевым фактором в противодействии коррупции и поэтому работа по его внедрению будет проводиться на постоянной, системной основе, в том числе путем мониторинга качества и доступности оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.2. Ќоєамдыќ баќылау институтын енгізу</w:t>
-[...128 lines deleted...]
-      </w:pPr>
+        <w:t>4.2. Внедрение института общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Действенным механизмом профилактики коррупции является общественный контроль.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Внедрение такого контроля требует не только активизации институтов гражданского общества, но и соответствующего законодательного регулирования. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Принятие Закона «Об общественном контроле» позволило бы впервые создать целостную систему гражданского контроля посредством нормативно-правового закрепления базовых правил его организации и осуществления.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Такой закон призван сыграть важную роль в дальнейшем развитии гражданского общества, институты которого содействуют укреплению авторитета государства и повышению качества работы государственного аппарата.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет создана правовая основа для проведения общественных слушаний по вопросам, затрагивающим права и интересы граждан, общественной экспертизы решений государственных органов, для заслушивания отчетов руководителей перед общественностью и участия граждан в работе коллегиальных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Закон будет способствовать как решению собственно антикоррупционных задач, так и других социально значимых вопросов жизнедеятельности общества и государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При этом общественный контроль должен быть четко разграничен с контрольными функциями государства в соответствии с требованиями Конституции страны. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Еще одним инструментом обеспечения прозрачности работы государственного аппарата должен стать Закон «О доступе к публичной информации», который закрепит права получателей публичной информации, порядок ее предоставления, учета и использования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Свободный доступ к публичной информации исключит необходимость излишних контактов населения с чиновниками.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Важнейшим фактором успешной борьбы с коррупцией является возможность граждан непосредственно участвовать в решении вопросов местного значения. Этому будет способствовать принятие закона, предусматривающего расширение полномочий местного самоуправления.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Населению следует предоставить возможность прежде всего участвовать в мониторинге и контроле использования средств по бюджетным программам местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.3. Квазимемлекеттік жјне жекеше сектордаєы сыбайлас жемќорлыќќа ќарсы іс-ќимыл</w:t>
-[...101 lines deleted...]
-      </w:pPr>
+        <w:t>4.3. Противодействие коррупции в квазигосударственном и частном секторе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      По данным международных организаций, опасность коррупции в квазигосударственном и частном секторах вполне сопоставима с ее масштабами в государственном секторе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В квазигосударственном секторе при бюджете, нередко превосходящем объемы государственных закупок, проблема коррупциогенности внешне не так остра. Однако нынешняя ситуация скорее свидетельствует о недостаточной прозрачности в этом секторе. Поэтому необходимы организационно-правовые механизмы, обеспечивающие подотчетность, подконтрольность и прозрачность процедур принятия решений в этом секторе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вхождение Казахстана в число 30-ти наиболее развитых стран мира возможно лишь при соблюдении современных принципов деловой этики и добросовестного ведения бизнеса.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действующая Национальная палата предпринимателей, наряду с защитой интересов отечественного бизнеса, должна нести свою долю ответственности за его прозрачность и неподкупность и принимать меры по противодействию коррупции в корпоративном секторе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Первый шаг на этом пути уже сделан – разработана Антикоррупционная хартия бизнеса. В ней провозглашены основные принципы и постулаты свободного от коррупции частного предпринимательства Казахстана.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предстоит принять ряд других антикоррупционных мер в различных сферах финансово-хозяйственной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Также будут предприняты меры по созданию условий для обеспечения прозрачности при оказании услуг гражданам субъектами квазигосударственного и частного сектора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Это, в том числе, расширение использования электронных технологий в банковской сфере, установление четких критериев для определения тарифов в сфере естественных монополий, сокращение участия государства в строительной отрасли и других отраслях экономики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В то же время борьба с коррупционными проявлениями в частном секторе должна вестись таким образом, чтобы она не влекла ухудшения инвестиционного климата и рисков для предпринимателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.4. Сот жјне ќўќыќ ќорєау органдарындаєы сыбайлас жемќорлыќтыѕ алдын алу</w:t>
-[...110 lines deleted...]
-      </w:pPr>
+        <w:t>4.4. Предупреждение коррупции в судебных и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Эффективность антикоррупционной политики государства в первую очередь зависит от системы обеспечения верховенства права, основным звеном которой является безупречная система правосудия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для повышения доверия к судебной системе, улучшения качества отправления правосудия будут приняты меры по исключению коррупции в деятельности судей, в том числе путем ужесточения требований к кандидатам в судьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Упрощение судопроизводства, повышение его оперативности, автоматизация деятельности судов позволит обеспечить свободный доступ к правосудию, повысить прозрачность в деятельности судебной системы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Приоритеты в работе правоохранительной системы должны быть смещены с выявления совершенных преступлений на их профилактику и предупреждение. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В кадровой политике правоохранительных органов необходимо внедрить механизмы конкурсного отбора и принцип меритократии, действующие в системе административной государственной службы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будут усовершенствованы процедуры аттестации и тестирования сотрудников, введен запрет на их перевод без использования кадрового резерва.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В сфере правоохранительной деятельности коррупционная среда также может возникать при контактах сотрудников силовых структур с гражданами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение данной проблемы в значительной мере зависит от чистоты рядов правоохранителей, от дальнейшего внедрения новых технологий и автоматизации соответствующих процедур.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Только свободные от коррупции органы правопорядка способны эффективно защищать права граждан, интересы общества и государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Доверие населения должно стать главным критерием оценки правоохранительной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.5. Сыбайлас жемќорлыќќа ќарсы мјдениет деѕгейін ќалыптастыру</w:t>
-[...164 lines deleted...]
-      </w:pPr>
+        <w:t>4.5. Формирование уровня антикоррупционной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Предусмотренный настоящей Стратегией комплекс антикоррупционных мер должен сопровождаться широким участием общественности. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Только тесное партнерство государства и общества позволят успешно противостоять коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Без поддержки общества антикоррупционные меры, проводимые сверху, дают только частичный эффект.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Нетерпимое отношение к коррупции должно стать гражданской позицией каждого казахстанца, а честность и неподкупность – нормой поведения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Без наличия у граждан антикоррупционной культуры, стойкого иммунитета к коррупции, ее публичного порицания невозможно достижение желаемого результата. Каждый казахстанец, каждая семья должны понимать, что борьба с коррупцией – дело всего общества.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Принципиально важную роль в формировании антикоррупционной культуры играет работа с подрастающим поколением. Только внедрение с самого раннего возраста антикоррупционных стандартов поведения позволит искоренить это социальное зло. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Важно с детства воспитывать личность в духе казахстанского патриотизма и неприятия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обучающими антикоррупционными курсами следует охватить все учебные заведения, государственные органы и в целом гражданское общество.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При всей массовости делать это следует на профессиональной основе, используя специалистов различных отраслей, которые смогут доступно и квалифицированно раскрыть механизмы получения гражданами государственных услуг, защиты своих прав и законных интересов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Средства массовой информации призваны обеспечить атмосферу общественного неприятия коррупции, способствовать формированию активной гражданской позиции казахстанцев, их деятельному участию в деле противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Нередко коррупционные правонарушения являются следствием слабой правовой грамотности граждан при реализации своих прав и законных интересов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Необходимо добиваться кардинального искоренения правового нигилизма в обществе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выправить ситуацию призвана масштабная разъяснительная работа среди населения, систематичная и кропотливая деятельность по повышению правовой культуры граждан с учетом их возрастных, профессиональных и иных особенностей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В Казахстане, по примеру зарубежных стран, введено материальное поощрение граждан, сообщающих о фактах коррупции. Этот механизм показывает свою действенность. Благодаря принципиальной позиции наших граждан предотвращено немало коррупционных правонарушений. Необходимо и дальше работать в этом направлении.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Антикоррупционная этика и культура казахстанского общества должна формироваться в контексте идеологии «Мјѕгілік ел». Гармоничное сочетание традиционных духовных ценностей и лучших международных стандартов позволит воссоздать каноны правомерного поведения граждан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Осознание и неприятие коррупции как чуждого национальной культуре явления – основа антикоррупционной культуры нашего общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4.6. Сыбайлас жемќорлыќќа ќарсы іс-ќимыл мјселелері бойынша халыќаралыќ ынтымаќтастыќты дамыту</w:t>
-[...74 lines deleted...]
-    <w:p w:rsidR="0054574C" w:rsidRDefault="0054574C" w:rsidP="0054574C">
+        <w:t>4.6. Развитие международного сотрудничества по вопросам противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Казахстан будет расширять и углублять международное сотрудничество в вопросах противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Эффективная внешнеполитическая деятельность Казахстана как полноправного субъекта международного права, результатом которой является в том числе присоединение к Конвенции ООН против коррупции, к другим документам в этой области, обеспечивает активное участие нашей страны в процессах международного противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С одной стороны, это создает стимулы для использования лучшей антикоррупционной практики, с другой – расширяет возможности сотрудничества с зарубежными странами.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Нашим государством заключен целый ряд соглашений по оказанию взаимной правовой помощи, экстрадиции преступников и возврату активов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Совершенствованию нашей антикоррупционной политики будет способствовать и взаимодействие с Европейским Союзом, использование зарубежного опыта, но с учетом нашей специфики и национального законодательства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Требуют особого внимания офшорные зоны, через которые выводится за рубеж и легализуется капитал, в том числе нередко сомнительного происхождения. Подписание соответствующих международных соглашений и договоров позволит обеспечить прозрачность деятельности офшорных компаний.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Будет продолжена практика проведения международных антикоррупционных мероприятий, участия в авторитетных международных организациях. Наша страна намерена оставаться авторитетной диалоговой площадкой для обсуждения вопросов борьбы с транснациональной коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5. Стратегияны іске асыруды мониторингтеу жјне баєалау</w:t>
-[...93 lines deleted...]
-    <w:sectPr w:rsidR="00917603">
+        <w:t>5. Мониторинг и оценка реализации Стратегии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500DA5" w:rsidRDefault="00500DA5" w:rsidP="00500DA5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Головным в механизме реализации Антикоррупционной стратегии станет уполномоченный орган по противодействию коррупции, а участвовать в исполнении Стратегии будут все государственные органы, организации и учреждения, компании с государственным участием, политические партии и другие общественные объединения и в целом гражданское общество.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Поэтапная реализация положений Стратегии будет обеспечиваться Планом мероприятий, который будет утверждаться Правительством по согласованию с Администрацией Президента.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Необходимым условием достижения целей Стратегии является мониторинг и оценка ее исполнения, подразделяемые на внутренний и внешний.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внутренний мониторинг и оценка исполнения будут проводиться непосредственно исполнителем соответствующего мероприятия, внешний – специально созданной мониторинговой группой, куда войдут представители заинтересованных государственных органов, общественности и средств массовой информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Условием надлежащего мониторинга и оценки состояния реализации Антикоррупционной стратегии является его открытость.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Отчеты о ходе исполнения соответствующих мероприятий в обязательном порядке будут доводиться до сведения населения в целях получения внешней оценки и учета общественного мнения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оценка и мнение общественности будут учитываться на последующих этапах реализации Стратегии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Завершающей стадией исполнения Антикоррупционной стратегии будет внесение соответствующего отчета на рассмотрение Главе государства.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ежегодный Национальный отчет о реализации документа подлежит размещению в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A2D2E" w:rsidRDefault="009A2D2E"/>
+    <w:sectPr w:rsidR="009A2D2E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2461,79 +2567,79 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0054574C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AE77B3"/>
+    <w:rsidRoot w:val="00500DA5"/>
+    <w:rsid w:val="0011528E"/>
+    <w:rsid w:val="00500DA5"/>
+    <w:rsid w:val="009A2D2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{F487A50A-B550-48D0-BDD5-8544A1E8C5B2}"/>
+  <w15:docId w15:val="{A9463EF8-38AC-4C7E-8FA7-A88DD6C939AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2920,51 +3026,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0054574C"/>
+    <w:rsid w:val="00500DA5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -3231,69 +3337,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>5880</Words>
-  <Characters>33521</Characters>
+  <Words>5625</Words>
+  <Characters>32063</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>279</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>267</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39323</CharactersWithSpaces>
+  <CharactersWithSpaces>37613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мержоев</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>