--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,1058 +1,1252 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќќа ќарсы мониторингті жїргізу ќаєидаларын бекіту туралы</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>Об утверждении Правил проведения антикоррупционного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасы Мемлекеттік ќызмет істері жјне сыбайлас жемќорлыќќа ќарсы іс-ќимыл агенттігі Тґраєасыныѕ 2016 жылєы 19 ќазандаєы № 13 бўйрыєы. Ќазаќстан Республикасыныѕ Јділет министрлігінде 2016 жылєы 16 ќарашада № 14431 болып тіркелді</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 19 октября 2016 года № 13. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 ноября 2016 года № 14431</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ЌР НЌА электрондыќ тїрдегі эталондыќ баќылау банкі, 28.11.2016 ж.; "Јділет" аќпараттыќ-ќўќыќтыќ жїйесі 06.12.2016 ж.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00492C95" w:rsidP="00FB3217">
+        <w:t>Эталонный контрольный банк НПА РК в электронном виде от 28.11.2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00B3483D" w:rsidP="00CD3645">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ќазаќстан Республикасыныѕ 2015 жылєы 18 ќарашадаєы «Сыбайлас жемќорлыќќа ќарсы іс-ќимыл туралы» Заѕыныѕ 21-бабыныѕ 1-тармаєыныѕ 3) тармаќшасына сјйкес </w:t>
+        <w:t xml:space="preserve">      В соответствии с подпунктом 3) пункта 1 статьи 21 Закона Республики Казахстан от 18 ноября 2015 года «О противодействии коррупции» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>БЎЙЫРАМЫН:</w:t>
-[...83 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемые Правила проведения антикоррупционного мониторинга.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Признать утратившим силу приказ Министра по делам государственной службы Республики Казахстан от 29 декабря 2015 года № 16 «Об утверждении Правил проведения антикоррупционного мониторинга» (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12712, опубликованный 15 января 2016 года в информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Јділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Департаменту антикоррупционной политики Агентства Республики Казахстан по делам государственной службы и противодействию коррупции в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление на официальное опубликование в информационно-правовой системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Јділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Агентства Республики Казахстан по делам государственной службы и противодействию коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Контроль за исполнением настоящего приказа возложить на заместителя Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции, курирующего вопросы противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Ќазаќстан Республикасыныѕ Мемлекеттік</w:t>
+        <w:t>Председатель Агентства Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      ќызмет істері жјне сыбайлас жемќорлыќќа</w:t>
+        <w:t>      по делам государственной службы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      ќарсы іс-ќимыл агенттігініѕ Тґраєасы       Ќ. Ќожамжаров</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t xml:space="preserve">      и противодействию коррупции                К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Кожамжаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ќазаќстан Республикасыныѕ    </w:t>
-[...55 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t xml:space="preserve">Утверждены            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">приказом Председателя    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Агентства Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">по делам государственной службы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">и противодействию коррупции  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">от 19 октября 2016 года № 13 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќќа ќарсы мониторингті жїргізу</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ќаєидалары</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>проведения антикоррупционного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ереже</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1. Осы Сыбайлас жемќорлыќќа ќарсы мониторингті жїргізу ќаєидалары (бўдан јрі – Ќаєидалар) Ќазаќстан Республикасыныѕ 2015 жылдыѕ 18 ќарашасындаєы «Сыбайлас жемќорлыќќа ќарсы іс-ќимыл» Заѕы 21-бабыныѕ 1 тармаєыныѕ 3) тармаќшасына сјйкес јзірленген жјне сыбайлас жемќорлыќќа ќарсы іс-ќимыл субъектілерімен жїргізілетін сыбайлас жемќорлыќќа ќарсы мониторингтіѕ тјртібін аныќтайды. </w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>      1. Настоящие Правила проведения антикоррупционного мониторинга (далее – Правила) разработаны в соответствии с подпунктом 3) пункта 1 статьи 21 Закона Республики Казахстан от 18 ноября 2015 года «О противодействии коррупции» и определяют порядок проведения антикоррупционного мониторинга субъектами противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Антикоррупционный мониторинг проводится уполномоченным органом по противодействию коррупции (далее – уполномоченный орган) и иными субъектами противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. Иные субъекты противодействия коррупции - государственные органы, субъекты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4. Предметом антикоррупционного мониторинга является деятельность государственного органа (государственных органов), организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, регулирующих порядок взаимодействия в определенной сфере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-тарау. Сыбайлас жемќорлыќќа ќарсы мониторингті жїргізу</w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t>Глава 2. Порядок проведения антикоррупционного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Антикоррупционный мониторинг уполномоченным органом осуществляется путем:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) изучения и оценки правоприменительной практики в сфере противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) изучения деятельности государственных органов, организаций и субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора по вопросам противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) изучения публикаций в средствах массовой информации и обращений физических и юридических лиц по вопросам противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) изучения и оценки причин и условий, способствующих коррупции в деятельности лиц, признанных виновными в установленном</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>тјртібі</w:t>
-[...92 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>законом порядке;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) рассмотрения результатов социологических опросов по вопросам противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) изучения данных органов правовой статистики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Иными субъектами противодействия коррупции допускается проведение антикоррупционного мониторинга по собственной инициативе и направление его результатов в уполномоченный орган для обобщения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. Результаты антикоррупционного мониторинга оформляются по форме согласно приложению к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3-тарау. Сыбайлас жемќорлыќќа ќарсы мониторингтіѕ</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>Глава 3. Результаты антикоррупционного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Уполномоченный орган на постоянной основе рассматривает и анализирует направляемые его территориальными подразделениями и иными субъектами противодействия коррупции результаты антикоррупционного мониторинга.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9. По результатам антикоррупционного мониторинга уполномоченным органом на ежеквартальной основе формируется аналитический отчет, отражающий оценку текущей ситуации в сфере противодействия коррупции, и решение в соответствии с пунктом 10 настоящих Правил. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10. Решением уполномоченного органа являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выработка предложений по повышению эффективности деятельности субъектов противодействия коррупции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выработка рекомендаций о проведении анализа коррупционных рисков в деятельности субъектов противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      11. Уполномоченный орган ежеквартально размещает на своем официальном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результаты антикоррупционного мониторинга.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      12. По запросам и обращениям иных субъектов противодействия коррупции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уполномоченный орган представляет информацию о результатах антикоррупционного мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам проведения   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">антикоррупционного    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мониторинга        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ќорытындылары</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>            Результат антикоррупционного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...135 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќќа ќарсы мониторингтіѕ ќорытындылары</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>                      I. Вводная часть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. Предмет антикоррупционного мониторинга: _________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Антикоррупционный мониторинг проведен:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>физическое/юридическое лицо, адрес электронной почты, номер телефона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Период проведения антикоррупционного мониторинга: начат ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>закончен ____.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Наблюдаемый период: деятельность ______ гг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...53 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ІІ. Аќпараттыќ-талдамалыќ бґлім</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>            II. Информационно-аналитическая часть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Мемлекеттік органдар, ўйымдар, квазимемлекеттік сектор субъектілерініѕ ќызметінде сыбайлас жемќорлыќтыѕ туындауыныѕ себептері мен жаєдайын сипаттайтын сандыќ жјне сапалыќ кґрсеткіштері.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>      Количественные и качественные показатели, характеризующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>состояние и причины возникновения коррупции в деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">государственных органов, организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ІІІ. Ќорытынды бґлімі</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB3217" w:rsidRDefault="00FB3217" w:rsidP="00FB3217">
+        <w:t>                 III. Заключительная часть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3645" w:rsidRDefault="00CD3645" w:rsidP="00CD3645">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Ќорытынды. Сыбайлас жемќорлыќќа ќарсы іс-ќимыл субъектілері ќабылдаєан сыбайлас жемќорлыќќа ќарсы шараларды жаќсарту бойынша ўсынымдар.</w:t>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="008C7E2B">
+        <w:t>      Выводы. Рекомендации и предложения по улучшению принимаемых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>антикоррупционных мер субъектами противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601F6E" w:rsidRDefault="00601F6E"/>
+    <w:sectPr w:rsidR="00601F6E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zan Courier New">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB3217"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FB3217"/>
+    <w:rsidRoot w:val="00CD3645"/>
+    <w:rsid w:val="00601F6E"/>
+    <w:rsid w:val="00B3483D"/>
+    <w:rsid w:val="00CD3645"/>
+    <w:rsid w:val="00F47856"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{223EE763-7060-4888-8E28-91CD307DDBF6}"/>
+  <w15:docId w15:val="{0EBDF0E1-9610-49EF-9313-A607E01533ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1439,51 +1633,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FB3217"/>
+    <w:rsid w:val="00CD3645"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1750,69 +1944,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1082</Words>
-  <Characters>6173</Characters>
+  <Words>1020</Words>
+  <Characters>5815</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7241</CharactersWithSpaces>
+  <CharactersWithSpaces>6822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мержоев</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>