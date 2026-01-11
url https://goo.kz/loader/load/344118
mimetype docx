--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -1,1074 +1,1158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќ тјуекелдеріне сыртќы талдау жїргізу ќаєидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Правил проведения внешнего анализа коррупционных рисков</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасы Президентініѕ 2015 жылєы 29 желтоќсандаєы № 155 Жарлыєы.</w:t>
+        <w:t>Указ Президента Республики Казахстан от 29 декабря 2015 года № 155.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Егемен Ќазаќстан" 31.12.2015 ж., № 250 (28728); "Казахстанская правда" от 31.12.2015 г., № 250 (28126); Ќазаќстан Республикасыныѕ ПЇАЖ-ы, 2015 ж., № 77-78-79, 572-ќўжат. Басуєа ќол ќойылєан кїні 18.02.2016 ж.; ЌР НЌА электрондыќ тїрдегі эталондыќ баќылау банкі, 17.06.2016 ж.</w:t>
+        <w:t>"Казахстанская правда" от 31.12.2015 г., № 250 (28126); "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Егемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ќазаќстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>" 31.12.2015 ж., № 250 (28728); САПП Республики Казахстан, 2015 г., № 77-78-79 ст. 572. Подписано в печать 18.02.2016 г.; Эталонный контрольный банк НПА РК в электронном виде от 17.06.2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="007E04AD" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="00163946" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">      "Сыбайлас жемќорлыќќа ќарсы іс-ќимыл туралы" 2015 жылєы 18 ќарашадаєы Ќазаќстан Республикасыныѕ Заѕы 8-бабыныѕ 2-тармаєына сјйкес </w:t>
+        <w:t xml:space="preserve">      В соответствии с пунктом 2 статьи 8 Закона Республики Казахстан от 18 ноября 2015 года "О противодействии коррупции" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ЌАУЛЫ ЕТЕМІН:</w:t>
-[...17 lines deleted...]
-        <w:t>      2. Осы Жарлыќ 2016 жылєы 1 ќаѕтардан бастап ќолданысќа енгізіледі жјне ресми жариялануєа тиіс.</w:t>
+        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемые Правила проведения внешнего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Настоящий Указ вводится в действие с 1 января 2016 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="60" w:type="dxa"/>
           <w:left w:w="60" w:type="dxa"/>
           <w:bottom w:w="60" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6311"/>
-        <w:gridCol w:w="2914"/>
+        <w:gridCol w:w="5697"/>
+        <w:gridCol w:w="3528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB796F" w:rsidTr="00AC0A97">
+      <w:tr w:rsidR="001C3138" w:rsidTr="00640B08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ќазаќстан Республикасыныѕ</w:t>
+              <w:t>Президент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB796F" w:rsidTr="00AC0A97">
+      <w:tr w:rsidR="001C3138" w:rsidTr="00640B08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Н.НАЗАРБАЕВ</w:t>
+              <w:t>Н. Назарбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5850"/>
         <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB796F" w:rsidTr="00AC0A97">
+      <w:tr w:rsidR="001C3138" w:rsidTr="00640B08">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00AC0A97">
+          <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="00640B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ќазаќстан Республикасы</w:t>
+              <w:t>УТВЕРЖДЕНЫ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Президентініѕ</w:t>
+              <w:t>Указом Президента Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2015 жылєы 29 желтоќсандаєы</w:t>
-[...17 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 29 декабря 2015 года № 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќ тјуекелдеріне сыртќы талдау жїргізу ќаєидалары</w:t>
+        <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>1. Жалпы ережелер</w:t>
-[...100 lines deleted...]
-      </w:pPr>
+        <w:t>проведения внешнего анализа коррупционных рисков</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>2. Сыбайлас жемќорлыќ тјуекелдеріне сыртќы талдау жїргізу</w:t>
+        <w:br/>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      3. Сыбайлас жемќорлыќќа ќарсы іс-ќимыл жґніндегі ујкілетті органныѕ (бўдан јрі – ујкілетті орган) жјне сыбайлас жемќорлыќ тјуекелдеріне сыртќы талдау жїргізу объектісініѕ бірінші басшыларыныѕ, олар болмаєан жаєдайда олардыѕ міндеттерін атќаратын немесе олардыѕ лауазымдарын алмастыратын адамдардыѕ бірлескен шешімі (бўдан јрі – бірлескен шешім) сыбайлас жемќорлыќ тјуекелдеріне сыртќы талдау жїргізу негіздемесі болып табылады.</w:t>
-[...269 lines deleted...]
-        <w:t>      9) Ќазаќстан Республикасыныѕ заѕнамасымен тыйым салынбаєан ґзге де мјліметтер.</w:t>
+        <w:t xml:space="preserve">      1. Настоящие Правила проведения внешнего анализа коррупционных рисков (далее – Правила) в соответствии с пунктом 2 статьи 8 Закона Республики Казахстан "О противодействии коррупции" определяют порядок проведения внешнего анализа коррупционных рисков в деятельности государственных органов и организаций, субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, за исключением специальных государственных органов (далее – объекты внешнего анализа коррупционных рисков).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Действие настоящих Правил не распространяется на отношения в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сферах:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>   1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) производства по делам об административных правонарушениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) правосудия;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3. Сыртќы сыбайлас жемќорлыќ тјуекелдерін талдаудыѕ ќорытындылары</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Проведение внешнего анализа коррупционных рисков</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB796F" w:rsidRDefault="00BB796F" w:rsidP="00BB796F">
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Основанием для проведения внешнего анализа коррупционных рисков является совместное решение первых руководителей уполномоченного органа по противодействию коррупции (далее – уполномоченный орган) и объекта внешнего анализа коррупционных рисков (далее – совместное решение), в случае их отсутствия, лиц, исполняющих их обязанности либо замещающих их должности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Совместное решение принимается на основании:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) поручений Президента Республики Казахстан, Премьер-Министра Республики Казахстан, Администрации Президента Республики Казахстан, решений и рекомендаций консультативно-совещательных органов при Президенте Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) результатов антикоррупционного мониторинга, в том числе изучения обращений физических и юридических лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) инициативного обращения объекта внешнего анализа коррупционных рисков и решения уполномоченного органа о его проведении.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Внешний анализ коррупционных рисков проводится в период, не превышающий 30 рабочих дней, рабочей группой, созданной совместным решением.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Проведение внешнего анализа коррупционных рисков включает в себя следующие этапы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) сбор, обобщение и анализ информации относительно объекта внешнего анализа коррупционных рисков в соответствии с направлениями, предусмотренными пунктом 8 настоящих Правил;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) составление аналитической справки в соответствии с пунктом 11 настоящих Правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7. К проведению внешнего анализа коррупционных рисков уполномоченный орган вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Внешний анализ коррупционных рисков осуществляется по следующим направлениям:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность объекта внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выявление коррупционных рисков в организационно-управленческой деятельности объекта внешнего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9. Под организационно-управленческой деятельностью объекта внешнего анализа коррупционных рисков согласно настоящим Правилам понимаются вопросы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) управления персоналом, в том числе сменяемость кадров;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) урегулирования конфликта интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) выполнения разрешительных функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) реализации контрольно-надзорных функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) иные вопросы, вытекающие из организационно-управленческой деятельности объекта внешнего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10. Источниками информации для проведения внешнего анализа коррупционных рисков являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) нормативные правовые акты, затрагивающие деятельность объекта внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) сведения по направлениям внешнего анализа коррупционных рисков, предоставляемые его объектом;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) данные информационных систем государственных и правоохранительных органов согласно направлениям внешнего анализа коррупционных рисков, полученные в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) результаты проверок, ранее проведенных государственными органами в отношении объекта внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) результаты антикоррупционного мониторинга в соответствии с направлениями внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) публикации в средствах массовой информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) обращения физических и юридических лиц в отношении объекта внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) сведения о выявлении и привлечении к ответственности должностных лиц объекта внешнего анализа коррупционных рисков за совершение коррупционных правонарушений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) иные сведения, предоставление которых не запрещено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Итоги внешнего анализа коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C3138" w:rsidRDefault="001C3138" w:rsidP="001C3138">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      11. Сыбайлас жемќорлыќ тјуекелдерін сыртќы талдау нјтижелері бойынша:</w:t>
-[...71 lines deleted...]
-        <w:t>      2) ујкілетті органныѕ интернет-ресурсында орналастырылады жјне оны жїргізуге ґтініштері негіз болєан жеке жјне заѕды тўлєалардыѕ назарына жеткізіледі.</w:t>
+        <w:t>      11. По результатам внешнего анализа коррупционных рисков готовится аналитическая справка, содержащая:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) информацию о выявленных коррупционных рисках;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) рекомендации по устранению выявленных коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. Аналитическая справка согласовывается членами рабочей группы и подписывается должностными лицами уполномоченного органа и объекта внешнего анализа коррупционных рисков, определенными в совместном решении.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Аналитическая справка составляется по одному экземпляру для уполномоченного органа и объекта внешнего анализа коррупционных рисков и представляется их первым руководителям в течение трех рабочих дней после завершения внешнего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. Уполномоченный орган в течение шести месяцев со дня подписания справки по результатам внешнего анализа коррупционных рисков проводит мониторинг исполнения объектами внешнего анализа коррупционных рисков рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15. Результаты внешнего анализа коррупционных рисков в течение десяти рабочих дней со дня подписания справки в зависимости от основания его проведения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) представляются на рассмотрение Президента Республики Казахстан, Премьер-Министра Республики Казахстан, Администрации Президента Республики Казахстан, консультативно-совещательных органов при Президенте Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) размещаются на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченного органа и доводятся до сведения физических и юридических лиц, на основании обращений которых он проведен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF5353" w:rsidRDefault="00BF5353"/>
-    <w:sectPr w:rsidR="00BF5353">
+    <w:p w:rsidR="00242054" w:rsidRDefault="00242054"/>
+    <w:sectPr w:rsidR="00242054">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zan Courier New">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BB796F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BF5353"/>
+    <w:rsidRoot w:val="001C3138"/>
+    <w:rsid w:val="00163946"/>
+    <w:rsid w:val="001C3138"/>
+    <w:rsid w:val="00242054"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{9DCE39DE-4FDA-4C6C-9496-DDB1D92065A3}"/>
+  <w15:docId w15:val="{1C50D9DE-ED47-4470-A4FA-4CED86DAE6BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1455,51 +1539,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB796F"/>
+    <w:rsid w:val="001C3138"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1766,69 +1850,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1161</Words>
-  <Characters>6618</Characters>
+  <Words>1090</Words>
+  <Characters>6217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7764</CharactersWithSpaces>
+  <CharactersWithSpaces>7293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мержоев</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>