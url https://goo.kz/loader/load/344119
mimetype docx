--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -1,958 +1,1318 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау жїргізудіѕ їлгілік ќаєидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Типовых правил проведения внутреннего анализа коррупционных рисков</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ќазаќстан Республикасы Мемлекеттік ќызмет істері жјне сыбайлас жемќорлыќќа ќарсы іс-ќимыл агенттігі Тґраєасыныѕ 2016 жылєы 19 ќазандаєы № 12 бўйрыєы. Ќазаќстан Республикасыныѕ Јділет министрлігінде 2016 жылєы 21 ќарашада № 14441 болып тіркелді</w:t>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 19 октября 2016 года № 12. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 ноября 2016 года № 14441.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
-[...17 lines deleted...]
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="001E454A" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="009A37B7" w:rsidP="0019424D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В соответствии с пунктом 5 статьи 8 Закона Республики Казахстан от 18 ноября 2015 года "О противодействии коррупции" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>БЎЙЫРАМЫН:</w:t>
-[...80 lines deleted...]
-        <w:t>      5. Осы бўйрыќ алєашќы ресми жарияланєан кїннен бастап ќолданысќа енгізіледі.</w:t>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1. Утвердить прилагаемые Типовые правила проведения внутреннего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Признать утратившим силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>приказ Министра по делам государственной службы Республики Казахстан от 29 декабря 2015 года № 18 "Об утверждении Типовых правил проведения внутреннего анализа коррупционных рисков" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12651, опубликованный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15 января 2016 года в информационно-правовой системе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Јділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>").</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Департаменту антикоррупционной политики Агентства Республики Казахстан по делам государственной службы и противодействию коррупции в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление на официальное опубликование в информационно-правовой системе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Јділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии на официальное опубликование в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Агентства Республики Казахстан по делам государственной службы и противодействию </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>коррупции</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Контроль за исполнением настоящего приказа возложить на заместителя Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции, курирующего вопросы противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="60" w:type="dxa"/>
+          <w:left w:w="60" w:type="dxa"/>
+          <w:bottom w:w="60" w:type="dxa"/>
+          <w:right w:w="60" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6998"/>
+        <w:gridCol w:w="2227"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0019424D" w:rsidTr="008F7756">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель Агентства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019424D" w:rsidTr="008F7756">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>по делам государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019424D" w:rsidTr="008F7756">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и противодействию коррупции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">К. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кожамжаров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-[...41 lines deleted...]
-        <w:t>      ќарсы іс-ќимыл агенттігініѕ Тґраєасы       Ќ. Ќожамжаров</w:t>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...58 lines deleted...]
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0019424D" w:rsidTr="008F7756">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="008F7756">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>приказом Председателя Агентства</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан по делам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственной службы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и противодействию коррупции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 19 октября 2016 года № 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау жїргізудіѕ їлгілік</w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t>Типовые правила проведения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ќаєидалары</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:br/>
+        <w:t>внутреннего анализа коррупционных рисков</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
+        <w:br/>
+        <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">      1. Осы Сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау жїргізудіѕ їлгілік ќаєидалары (бўдан јрі – Їлгілік ќаєидалар) «Сыбайлас жемќорлыќќа ќарсы іс-ќимыл туралы» Ќазаќстан Республикасы Заѕыныѕ 8-бабы 5-тармаєына сјйкес јзірленген жјне мемлекеттік органдардыѕ, ўйымдардыѕ жјне квазимемлекеттік сектор субъектілерініѕ (бўдан јрі – сыбайлас жемќорлыќ тјуекелдеріне ішкі талдаудыѕ субъектісі) сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау жїргізу тјртібін айќындайды. </w:t>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Настоящие Типовые правила проведения внутреннего анализа коррупционных рисков (далее – Типовые правила) разработаны в соответствии с пунктом 5 статьи 8 Закона Республики Казахстан "О противодействии коррупции" и определяют порядок проведения внутреннего анализа коррупционных рисков государственными органами, организациями и субъектами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора (далее – субъекты внутреннего анализа коррупционных рисков).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-тарау. Сыбайлас жемќорлыќ тјуекелдеріне ішкі талдау</w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t>Глава 2. Порядок проведения внутреннего анализа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>жїргізудіѕ тјртібі</w:t>
+        <w:br/>
+        <w:t>коррупционных рисков</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635A3F" w:rsidRDefault="00635A3F" w:rsidP="00635A3F">
+    <w:p w:rsidR="0019424D" w:rsidRDefault="0019424D" w:rsidP="0019424D">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
-[...142 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Основанием для проведения внутреннего анализа коррупционных рисков является решение руководителя субъекта внутреннего анализа коррупционных рисков, при его отсутствии – лица, исполняющего его обязанности либо замещающего его должность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Решение о проведении внутреннего анализа коррупционных рисков принимается, в том числе на основании результатов антикоррупционного мониторинга.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При этом, в настоящих Типовых правилах под руководителями субъекта внутреннего анализа коррупционных рисков понимаются руководители государственного органа и его ведомства, организации, а также руководители субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора, осуществляющие текущее руководство их деятельностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Внутренний анализ коррупционных рисков проводится структурным подразделением, лицом, уполномоченным на проведение внутреннего анализа коррупционных рисков, определяемым первым руководителем субъекта внутреннего анализа коррупционных рисков, или создаваемой его решением рабочей группой.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По решению первого руководителя в состав рабочей группы привлекаются специалисты и (или) эксперты иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Объектом внутреннего анализа коррупционных рисков является деятельность структурного подразделения, ведомства, подведомственной организации, территориального и приравненного к нему подразделения субъекта внутреннего анализа коррупционных рисков (далее – подразделение).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Решение о проведении внутреннего анализа коррупционных рисков содержит следующую информацию:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) наименование подразделения, деятельность которого подлежит внутреннему анализу коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) направление внутреннего анализа коррупционных рисков в соответствии с пунктом 8 настоящих Типовых правил;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) о структурном подразделении, должностном лице (должностных лицах) или персональном составе рабочей группы, которая проводит внутренний анализ коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) период проведения внутреннего анализа коррупционных рисков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">жемќорлыќ тјуекелдерін аныќтау. </w:t>
-[...215 lines deleted...]
-        <w:t>      16. Сыбайлас жемќорлыќ тјуекелдерін ішкі талдау нјтижелерін сыбайлас жемќорлыќ тјуекелдерін ішкі талдау субъектісініѕ сыбайлас жемќорлыќќа ќарсы іс-ќимыл бойынша, соныѕ ішінде алќа, консультативтік-кеѕесші органдарыныѕ отырыстарында жария талќылауєа жол беріледі.</w:t>
+        <w:t>      5) о должностном лице субъекта внутреннего анализа коррупционных рисков, на которое возлагается руководство, координация и ответственность за проведение внутреннего анализа коррупционных рисков и результаты работы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      7. Периодичность проведения внутреннего анализа коррупционных рисков определяется субъектами внутреннего анализа коррупционных рисков. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Внутренний анализ коррупционных рисков осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      по следующим направлениям:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность подразделения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выявление коррупционных рисков в организационно-управленческой деятельности подразделения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9. В нормативных правовых актах, затрагивающих деятельность подразделения, выявляются дискреционные полномочия и нормы, способствующие совершению коррупционных правонарушений. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10. Под организационно-управленческой деятельностью подразделения понимаются вопросы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) управления персоналом, в том числе сменяемость кадров; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) урегулирования конфликта интересов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) реализации разрешительных функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) реализации контрольных функций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) иные вопросы, вытекающие из организационно-управленческой деятельности подразделения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11. Источниками информации для проведения внутреннего анализа коррупционных рисков являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) нормативные правовые акты, затрагивающие деятельность подразделения; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) результаты проверок, ранее проведенных государственными органами в отношении подразделения; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) публикации в средствах массовой информации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) обращения физических и юридических лиц, поступившие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      в подразделение; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) акты прокурорского надзора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) судебные акты;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) иные сведения, предоставление которых допускается законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12. По результатам внутреннего анализа коррупционных рисков готовится аналитическая справка, содержащая:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) информацию о выявленных коррупционных рисках;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) рекомендации по их устранению;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) сроки реализации рекомендации по устранению выявленных коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13. Аналитическая справка согласовывается лицами, проводившими внутренний анализ коррупционных рисков, руководителем подразделения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в деятельности которого проведен анализ коррупционных рисков,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      и подписывается должностным лицом, указанным в подпункте 5) пункта 6 настоящих Типовых правил.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. Аналитическая справка с рекомендациями по устранению выявленных коррупционных рисков вносится первому руководителю субъекта внутреннего анализа коррупционных рисков для рассмотрения и принятия мер.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      15. Результаты внутреннего анализа коррупционных рисков и информация о принятых (принимаемых) мерах по устранению коррупционных рисков размещаются на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> субъекта внутреннего анализа коррупционных рисков.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      16. Допускается публичное обсуждение результатов внутреннего анализа коррупционных рисков, в том числе на заседаниях коллегиальных, консультативно-совещательных органов по противодействию коррупции субъекта внутреннего анализа коррупционных рисков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C49F3" w:rsidRDefault="002C49F3"/>
-    <w:sectPr w:rsidR="002C49F3">
+    <w:p w:rsidR="005E16FF" w:rsidRDefault="005E16FF"/>
+    <w:sectPr w:rsidR="005E16FF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zan Courier New">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00635A3F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00635A3F"/>
+    <w:rsidRoot w:val="0019424D"/>
+    <w:rsid w:val="0019424D"/>
+    <w:rsid w:val="005E16FF"/>
+    <w:rsid w:val="009A37B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{776DCF21-0051-495E-A942-94931B7868FF}"/>
+  <w15:docId w15:val="{92BBB462-7205-4715-8515-28076BB4E8ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1339,51 +1699,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00635A3F"/>
+    <w:rsid w:val="0019424D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1649,70 +2009,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7412</Characters>
+  <Pages>4</Pages>
+  <Words>1249</Words>
+  <Characters>7122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8695</CharactersWithSpaces>
+  <CharactersWithSpaces>8355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мержоев</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>