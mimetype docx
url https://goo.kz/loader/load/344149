--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -1,353 +1,349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A01B04" w:rsidRPr="00A01B04" w:rsidRDefault="00A01B04" w:rsidP="00F34DE6">
+    <w:p w:rsidR="00060966" w:rsidRPr="001E3A2C" w:rsidRDefault="00060966" w:rsidP="00736F23">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001E3A2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почему же ребёнок плачет? И как лучше прощаться</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Он плачет, потому что слезы - единственный способ, которым ребенок может показать, что он БЕСПОКОИТСЯ. Попробуем найти рецепт хорошего и полезного для ребенка прощания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Чтобы не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опаздывать и иметь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможность попрощаться с ребенком, соберитесь на 5-10 минут раньше (больше не надо, чтобы не превращать прощание в самостоятельное событие дня).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Скажите честно ребенку, куда и зачем вы идете (только очень просто, например</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я иду в магазин за покупками ", или "Я иду на работу печатать на компьютере"). Не бойтесь, что ребенок не поймет слов: спокойная, открытая интонация подскажет ему, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>что то</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> место, куда идет мама, достаточно хорошее, и дело, которое она будет делать, - полезное и приятное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Скажите точно малышу, когда вы вернетесь. Для этого не нужно говорить время по часам (это маленькому ребенку может быть не совсем удобно и понятно). Можно сказать: "Я приду, когда ты покушаешь, погуляешь, поспишь". Ребенку понятнее конкретные описания событий, по которым он и определит время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Расскажите сыну или дочке, с кем он останется и, главное, что будет делать: "Ты будешь с воспитателем Анной Григорьевной и другими детками. Вы покушаете, потом погуляете, потом поиграете, а потом будете меня вместе встречать".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRPr="00234747" w:rsidRDefault="00060966" w:rsidP="00060966">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Не сулите ребенку "призов" за то, что он вас отпускает, но если он попросит ему что-то принести, не отказывайте. Если же выполнить его просьбу невозможно, сразу скажите ему об этом. Даже если ребенок ни о чем не просит, приносите ему время от времени какую-нибудь маленькую приятную вещицу (печенье, конфетку, яблоко, тетрадку), чтобы он чувствовал, что где-то далеко от него вы о нем </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помните и готовитесь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к встрече.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060966" w:rsidRDefault="00060966" w:rsidP="00060966">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00A01B04">
-[...26 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00952BE5" w:rsidRPr="00A01B04" w:rsidRDefault="0016128D" w:rsidP="00A01B04">
-[...168 lines deleted...]
-    <w:sectPr w:rsidR="00952BE5" w:rsidRPr="00A01B04" w:rsidSect="00F34DE6">
+    <w:p w:rsidR="00C1602D" w:rsidRDefault="00C1602D"/>
+    <w:sectPr w:rsidR="00C1602D" w:rsidSect="003F0F77">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00842209"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F34DE6"/>
+    <w:rsidRoot w:val="00060966"/>
+    <w:rsid w:val="00060966"/>
+    <w:rsid w:val="003F0F77"/>
+    <w:rsid w:val="00736F23"/>
+    <w:rsid w:val="00972239"/>
+    <w:rsid w:val="00C1602D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -454,367 +450,91 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB02A4"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00972239"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...269 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -848,86 +568,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1062,55 +780,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1148</Characters>
+  <Pages>2</Pages>
+  <Words>252</Words>
+  <Characters>1439</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1347</CharactersWithSpaces>
+  <CharactersWithSpaces>1688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>HP</dc:creator>
+  <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>