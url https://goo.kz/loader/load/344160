--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,312 +1,2350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BA1408" w:rsidRPr="00BA1408" w:rsidRDefault="00BA1408" w:rsidP="00BA1408">
+    <w:p w:rsidR="00360BDF" w:rsidRPr="00DC3BAE" w:rsidRDefault="0078305B" w:rsidP="00DC3BAE">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA1408">
-[...3 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киіну</w:t>
+      </w:r>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00360BDF" w:rsidRPr="00DC3BAE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360BDF" w:rsidRPr="00234747" w:rsidRDefault="00360BDF" w:rsidP="00360BDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA1408">
-[...8 lines deleted...]
-        <w:t>Как научить ребенка одеваться?</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аударыңыздар:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!» - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрмеңіз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!» - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>десе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөгет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасамаңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрену</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мезгілімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлаңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таңертең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғаныңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөгет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасамаңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кингісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келмесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кішкене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесіңіз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәскиді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кигізгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кигізбеңіз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!» - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешінетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еп, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтыңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Киіну-шешіну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бертіңдеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренеді,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өжетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: «қолыңды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіргіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қәйлегіңнін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөнде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», т.б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәскиді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шалбарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шкафқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234747">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, т.б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA1408" w:rsidRPr="00234747" w:rsidRDefault="00BA1408" w:rsidP="00BA1408">
-[...136 lines deleted...]
-    <w:sectPr w:rsidR="006F3B45" w:rsidSect="00120DF6">
+    <w:p w:rsidR="00952BE5" w:rsidRPr="00360BDF" w:rsidRDefault="00952BE5" w:rsidP="00360BDF"/>
+    <w:sectPr w:rsidR="00952BE5" w:rsidRPr="00360BDF" w:rsidSect="00DC3BAE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BA1408"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA1408"/>
+    <w:rsidRoot w:val="00AC38FD"/>
+    <w:rsid w:val="001F3917"/>
+    <w:rsid w:val="00360BDF"/>
+    <w:rsid w:val="005D4C61"/>
+    <w:rsid w:val="00767AD6"/>
+    <w:rsid w:val="0078305B"/>
+    <w:rsid w:val="00952BE5"/>
+    <w:rsid w:val="00AC38FD"/>
+    <w:rsid w:val="00D76DC8"/>
+    <w:rsid w:val="00DC3BAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -413,101 +2451,368 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001F3917"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F3917"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA1408"/>
+    <w:rsid w:val="001F3917"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3917"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3917"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F3917"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3917"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3917"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -541,84 +2846,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -754,54 +3061,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>188</Words>
-  <Characters>1072</Characters>
+  <Words>120</Words>
+  <Characters>687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1258</CharactersWithSpaces>
+  <CharactersWithSpaces>806</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Ахметова</dc:creator>
+  <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>