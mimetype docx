--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,975 +1,6440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002B7515" w:rsidRPr="00C57DE0" w:rsidRDefault="002B7515" w:rsidP="002B7515">
+    <w:p w:rsidR="0075181B" w:rsidRPr="00FE1E6A" w:rsidRDefault="00FE1E6A" w:rsidP="00FE1E6A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="00B0F0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57DE0">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="0075181B" w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>едбикенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0075181B" w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>кеңесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002B7515" w:rsidRPr="00646576" w:rsidRDefault="002B7515" w:rsidP="00646576">
+    <w:p w:rsidR="0075181B" w:rsidRPr="00A77A5C" w:rsidRDefault="0075181B" w:rsidP="00FE1E6A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00A77A5C">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1628596" cy="1619919"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="1344451" cy="1337287"/>
+            <wp:effectExtent l="19050" t="0" r="8099" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="http://bilim-pavlodar.gov.kz/media/img/photohost/591affa1b5826.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="http://bilim-pavlodar.gov.kz/media/img/photohost/591affa1b5826.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1627776" cy="1619103"/>
+                      <a:ext cx="1347441" cy="1340261"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B7515" w:rsidRPr="00C57DE0" w:rsidRDefault="002B7515" w:rsidP="002B7515">
+    <w:p w:rsidR="0075181B" w:rsidRPr="00FE1E6A" w:rsidRDefault="0075181B" w:rsidP="00A77A5C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57DE0">
+      <w:r w:rsidRPr="00FE1E6A">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:iCs/>
-          <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Уважаемые родители!</w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Құрметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FE1E6A" w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2197" w:rsidRDefault="002B7515" w:rsidP="00D2662E">
+    <w:p w:rsidR="004B09AF" w:rsidRDefault="0075181B" w:rsidP="00FE1E6A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C57DE0">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Для любого ребенка поступление в детское дошкольное учреждение является трудным шагом. В этот момент резко изменяется окружающая обстановка, а вместо близких и дорогих родителей появляется воспитатели, помощники воспитателя и другие незнакомые взрослые. И все происходит в новом детском коллективе, где у каждого ребенка уже есть свое место, игрушки, друзья. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байсалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қадам.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B2197" w:rsidRDefault="002B7515" w:rsidP="00D2662E">
+    <w:p w:rsidR="0075181B" w:rsidRPr="00C74CE0" w:rsidRDefault="0075181B" w:rsidP="00FE1E6A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоршаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кенет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгереді:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілер,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөтен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықтары,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сәби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кереуеттерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлмесіне,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәретханаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бару </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атрибуттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B09AF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>налар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауығу.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауырларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екпелері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екпелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасалу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынығуы.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шынығып,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындалып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өздері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көбінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сырқаттанбайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1E6A">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C57DE0">
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақшаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәретханаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тазалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киінеді-шешінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкендер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асханалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>майлықтармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарапайым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інеді,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәсілдерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренбеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейнет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE1E6A">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көреді.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE1E6A">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:iCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Малыш медленно привыкает к спальне с множеством кроватей, к коллективным походам в туалет и прочим атрибутам общественного воспитания. Чтобы будущий воспитанник детского сада быстро привык к дошкольному учреждению, ему надо помочь. Эту помощь ребенку родители должны "организовать” задолго до поступления в детский сад. </w:t>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаздың</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соңғыайында</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қыркүйектің</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басында</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пайдалы, өйткені</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалар </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таза ауада</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дәрігерлік пен педагогтардың</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кепілдемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейімделу</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мезгілінде,</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйде</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де балаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аяулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>керек (тиімділікті</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтануы, күндізгі</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйқысы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таза ауада</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көбірек</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баламен</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болуы). Отбасыдағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасау-жабдық</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабырлы</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу, ата-ананың</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баласымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатынасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әсіресе</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мейірімді болу тиісті.</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балабақшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейімделуі</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аяқталғанын,</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерген</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібінен</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сезеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бала көңілді, аптада</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір-екірет</w:t>
+      </w:r>
+      <w:r w:rsidR="00146D9C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашуланып</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шолжаңдайды, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оған да себептер</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғана. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шолжаңдамай</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйқыға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кетеді, түндік</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорқыныштары</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болады, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төсекке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">симейді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланы уақытша</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалғыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалтыруға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болады, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мені</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалтырып</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеттідеп бала саспайды. Жаңа</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>достарымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көңілді</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойнайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осындай</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болғандықтан, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәби</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балабақшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үйренді, оның</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңашыл</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызықты</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өмірі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басталды</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сенуге</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болады. Мектепке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекемеде</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңалық пен қызықтылармен</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>танысады. Баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекемеге</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейімділігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ауырмау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтуіне, ата-аналарға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кепілдемелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтармен</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74CE0">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2662E" w:rsidRPr="00C57DE0" w:rsidRDefault="002B7515" w:rsidP="00D2662E">
+    <w:p w:rsidR="0075181B" w:rsidRPr="00C74CE0" w:rsidRDefault="0075181B" w:rsidP="00FE1E6A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...219 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...19 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF2E52" w:rsidRPr="00C57DE0" w:rsidRDefault="00AF2E52">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00AF2E52" w:rsidRPr="00C57DE0" w:rsidSect="00C57DE0">
+    <w:sectPr w:rsidR="0075181B" w:rsidRPr="00C74CE0" w:rsidSect="00FE1E6A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
-        <w:top w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="hearts" w:sz="12" w:space="24" w:color="auto"/>
+        <w:top w:val="sun" w:sz="18" w:space="24" w:color="auto"/>
+        <w:left w:val="sun" w:sz="18" w:space="24" w:color="auto"/>
+        <w:bottom w:val="sun" w:sz="18" w:space="24" w:color="auto"/>
+        <w:right w:val="sun" w:sz="18" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...387 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A94FF6"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00F95939"/>
+    <w:rsidRoot w:val="005C2D21"/>
+    <w:rsid w:val="00146D9C"/>
+    <w:rsid w:val="00165539"/>
+    <w:rsid w:val="001859E4"/>
+    <w:rsid w:val="002A499F"/>
+    <w:rsid w:val="004B09AF"/>
+    <w:rsid w:val="005C2D21"/>
+    <w:rsid w:val="0075181B"/>
+    <w:rsid w:val="00A77A5C"/>
+    <w:rsid w:val="00C74CE0"/>
+    <w:rsid w:val="00FE1E6A"/>
     <w:rsid w:val="00FF6FA5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1094,171 +6559,147 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E14F62"/>
-[...19 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002A499F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="0075181B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1380,304 +6821,173 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="0075181B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002B7515"/>
+    <w:rsid w:val="0075181B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="330908223">
-[...106 lines deleted...]
-    <w:div w:id="1442533806">
+    <w:div w:id="882448259">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1921,90 +7231,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>468</Words>
-  <Characters>2673</Characters>
+  <Words>373</Words>
+  <Characters>2128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3135</CharactersWithSpaces>
+  <CharactersWithSpaces>2497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>