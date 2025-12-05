--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -1,7214 +1,804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DE3E2C" w:rsidRPr="00DE3E2C" w:rsidRDefault="00DE3E2C" w:rsidP="00DE3E2C">
-[...2 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="00152C82" w:rsidRPr="003C74CC" w:rsidRDefault="00152C82" w:rsidP="003C74CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="003C74CC">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="00B050"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C74CC">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>ға</w:t>
-[...72 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> советов родителям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1703425" cy="1868872"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="http://bilim-pavlodar.gov.kz/media/img/photohost/591aff0a6f9f9.jpg"/>
+            <wp:extent cx="2105247" cy="2200939"/>
+            <wp:effectExtent l="19050" t="0" r="9303" b="0"/>
+            <wp:docPr id="2" name="Рисунок 1" descr="http://bilim-pavlodar.gov.kz/media/img/photohost/591aff0a6f9f9.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="http://bilim-pavlodar.gov.kz/media/img/photohost/591aff0a6f9f9.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1706722" cy="1872489"/>
+                      <a:ext cx="2106550" cy="2202301"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE3E2C" w:rsidRPr="00DE3E2C" w:rsidRDefault="00DE3E2C" w:rsidP="00DE3E2C">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE3E2C">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">1 </w:t>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По всем вопросам относительно здоровья вашего ребенка следует обращаться к врачу-педиатру, который назначает лечение или при необходимости направляет ребенка на обследование к другим врачам-специалистам. В особых случаях, чтобы не было задержки сроков начала лечения, при появлении первых характерных признаков заболеваний рекомендуется сразу обращаться к специалисту в данной области медицины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совет 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если вы замечаете, что ваш ребенок в кругу своих сверстников отличается неловкостью движений, плохой речью, если у него бывают обмороки, головокружения, головные боли, рвота, его укачивает в транспорте, необходимо проконсультировать ребенка у невропатолога. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет 3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обратите внимание на поведение ребенка: чрезмерная подвижность, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DE3E2C">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гипервозбудимость</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или, наоборот, вялость, утомляемость, плаксивость, страхи, нарушенный сон, навязчивые движения — это наиболее распространенные симптомы психического напряжения еще слабой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нервной системы ребенка-дошкольника. При появлении этих признаков обязательно следует показать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="008000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка детскому психиатру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ваш ребенок часто переспрашивает или не всегда реагирует на обращенную к нему речь, у него бывают частые ангины, потеря голоса, кашель, постоянный насморк, если ребенок спит с открытым ртом, храпит во сне, гнусавит при разговоре — проконсультируйте ребенка у </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A667EA">
-[...7 lines deleted...]
-        <w:t>Баланың</w:t>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЛОР-врача</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A667EA" w:rsidRPr="00A667EA">
-[...152 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отоларинголога). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если у ребенка плохой аппетит, часто возникает тошнота, рвота, нарушения стула (запор, жидкий стул), боли в животе (до еды, после еды), следует обратиться за квалифицированной помощью к врачу-гастроэнтерологу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A667EA">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ,</w:t>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обращение за консультацией врача-аллерголога необходимо в тех случаях, если в дошкольном периоде у ребенка возникает реакция (сыпь, отек, затрудненное дыхание, внезапный насморк, чихание) на какую-то пищу, запахи, пыльцу цветов, лекарства, прививки. </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A667EA">
-[...497 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE3E2C">
-[...674 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Воспаление кожи на разных участках тела (чаще на руках и ногах), сопровождающееся покраснением, зудом, шелушением, экссудацией — возможно, это признаки хронического дерматита или экземы, вылечить которые поможет врач-дерматолог. К дерматологу следует обращаться при любых видимых изменениях состояния кожных покровов, ногтей, волос. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет 8. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Если вы замечаете, что ребенок сощуривает веки, когда рассматривает отдаленные предметы, или низко наклоняется над листом альбома или книги, близко садится к экрану телевизора, если он издалека (с расстояния 5 метров) не различает мелкие (до 1 см в диаметре) предметы, необходимо проверить остроту зрения вашего ребенка — обратитесь к окулисту (офтальмологу). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет 9. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DE3E2C">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постоянно обращайте внимание на осанку ребенка: при ходьбе он сутулится, у него одно плечо ниже другого, лопатки сильно выступают при выпрямленной спине; сидя на стуле, он заметно прогибается в ту или иную сторону, пытается часто менять позу, низко наклоняется (почти ложится на стол) во время рисования и т.п. — обследование состояния позвоночника должен произвести специалист-ортопед. </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DE3E2C">
-[...78 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совет 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRPr="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5387 lines deleted...]
-    <w:sectPr w:rsidR="00172C25" w:rsidSect="00DE3E2C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152C82">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не забывайте о необходимости обязательных профилактических осмотров вашего ребенка следующими специалистами: эндокринологом (предупреждение заболеваний щитовидной железы, диабета, ожирения, нарушений роста), хирургом (обнаружение врожденных аномалий), стоматологом (выявление и лечение кариеса), кардиологом (диагностика нарушений функции сердца и сосудов), логопедом (нарушения речи и восприятия звуков).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00152C82" w:rsidRDefault="00152C82" w:rsidP="00152C82">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D27535" w:rsidRPr="00152C82" w:rsidRDefault="00D27535">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D27535" w:rsidRPr="00152C82" w:rsidSect="003C74CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
-        <w:top w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
+        <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
+        <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
+        <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
+        <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DE3E2C"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F378B5"/>
+    <w:rsidRoot w:val="00152C82"/>
+    <w:rsid w:val="00152C82"/>
+    <w:rsid w:val="003C74CC"/>
+    <w:rsid w:val="00D27535"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7333,159 +923,147 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C72C5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE3E2C"/>
+    <w:rsid w:val="00152C82"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Emphasis"/>
-[...9 lines deleted...]
-  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE3E2C"/>
+    <w:rsid w:val="00152C82"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE3E2C"/>
+    <w:rsid w:val="00152C82"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DE3E2C"/>
+    <w:rsid w:val="00152C82"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7727,90 +1305,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>466</Words>
-  <Characters>2660</Characters>
+  <Words>507</Words>
+  <Characters>2892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3120</CharactersWithSpaces>
+  <CharactersWithSpaces>3393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>