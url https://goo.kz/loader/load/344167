--- v0 (2026-01-15)
+++ v1 (2026-03-06)
@@ -1,6311 +1,770 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0078456F" w:rsidRDefault="00AB0001" w:rsidP="0078456F">
-      <w:pPr>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B6627C" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6627C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:t>АМЯТКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6627C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B6627C" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6627C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профилактика гриппа и ОРВИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6627C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Грипп — острое сезонное вирусное заболевание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7CC1" w:rsidRPr="00B6627C" w:rsidRDefault="00EC7CC1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Болезнь опасна своей непредсказуемостью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как происходит заражение?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Попадая на слизистую оболочку верхних дыхательных путей, вирус внедряется в их эпителиальные клетки, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t>проникает в кровь и вызывает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интоксикацию. Создаются условия для вторичной инфекции — пневмонии, бронхита, отита, обострения хронических заболеваний, могут пострадать сердце, суставы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+        </w:rPr>
+        <w:t> Простудные заболевания легче всего подхватывает тот, кто ведет неправильный образ жизни: мало двигается, почти не бывает на свежем воздухе, много волнуется, не высыпается, переутомляется, работает сверх меры, курит, злоупотребляет алкоголем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Кто является источником инфекции?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t> Единственным источником и распространителем инфекции является больной человек. Заражение гриппом происходит при кашле, чихании во время общения с больным. Возможна передача вирусов через предметы личной гигиены и посуду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Как проявляется грипп?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t> В типичных случаях болезнь начинается внезапно: повышается температура до 38—40 градусов, появляется озноб, сильная головная боль, головокружение, боль в глазных яблоках и мышцах, слезотечение и резь в глазах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Что делать, если вы заболели?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При первых симптомах необходимо обратиться к врачу. Соблюдайте постельный режим и следуйте всем рекомендациям врача. Категорически запрещено </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t>заниматься самолечением и беспечно относиться</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к болезни. Соблюдайте меры профилактики до начала эпидемии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Как защитить себя от гриппа?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t> Профилактические мероприятия в первую очередь должны быть направлены на повышение защитных сил организма. К ним относятся: занятия физической культурой, закаливание и рациональное питание, своевременный отдых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00EC7CC1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CC1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Рекомендуется принимать витаминно-минеральные комплексы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для профилактики гриппа существует широкий выбор лекарственных средств. Эти противовирусные препараты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облегчают клинические симптомы гриппа и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уменьшают</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продолжительность болезни в среднем на 1,5 — 3 дня. Однако необходимо отметить, что они обладают специфической активностью только в отношении вируса гриппа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и бессильны против вируса гриппа В. В дополнение к этому многие лекарственные средства имеют широкий перечень противопоказаний и могут вызвать побочные реакции. Лечение данными препаратами эффективно только в случае их приема в течение первых 48 часов после начала заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сақтықта қорлық жоқ дегендей, </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для профилактики гриппа и других ОРВИ важно уменьшить число контактов с источниками инфекции, что особенно важно для детей. Не рекомендуется активно пользоваться городским общественным транспортом и ходить в гости. Дети должны как можно больше гулять: на свежем воздухе заразиться гриппом практически невозможно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В период эпидемии гриппа с профилактической целью рекомендуется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Чаще бывать на свежем отдыхе, регулярно проветривайте помещение, проводите влажную уборку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>В рацион питания включайте продукты с высоким содержанием  витамина С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т.к. квашеная  капуста, клюква, лимоны, киви, мандарины, апельсины, грейпфруты и природные фитонциды — чеснок и лук. Для профилактики в период эпидемий гриппа можно принимать по 2 - 3 зубчика чеснока ежедневно. Достаточно пожевать несколько минут зубчик чеснока, чтобы полностью очистить полость рта от бактерии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t> Одним из наиболее распространенных и  доступных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>дств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>офилактики гриппа является ватно-марлевая повязка (маска).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Вакцинация</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>самое эффективное средство в профилактике гриппа. Своевременная вакцинация снижает заболеваемость гриппом в несколько раз, смягчает течение болезни, сокращает ее длительность,  предотвращает осложнения.  Вирус, содержащийся в вакцине, стимулирует организм к  выработке антител, которые предотвращают размножение вирусов и инфицирование клетки. Благодаря этому заболевание предупреждается еще до его начала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>Сделать прививку можно в любой поликлинике города по месту жительства или в Медицинских центрах. Существует ошибочное мнение, что после начала эпидемии вакцинация противопоказана. Она эффективна  и после начала эпидемии гриппа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>Что запрещено и не рекомендуется при гриппе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRPr="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B567A1">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>Самолечение при гриппе недопустимо, особенно для детей и лиц пожилого возраста. Ведь предугадать течение гриппа невозможно, а осложнения могут быть самыми различными. Только врач может правильно оценить состояние больного. Больные гриппом требуют постоянного наблюдения со стороны медработников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2420 lines deleted...]
-        <w:ind w:left="225" w:right="225"/>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B567A1" w:rsidRDefault="00B567A1" w:rsidP="00B567A1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...664 lines deleted...]
-        <w:ind w:left="225" w:right="225"/>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B87FF8" w:rsidRDefault="00B567A1" w:rsidP="00EC7CC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2664 lines deleted...]
-    <w:sectPr w:rsidR="003B16F9" w:rsidRPr="003B16F9" w:rsidSect="00AE6333">
+      </w:pPr>
+      <w:r w:rsidRPr="00B6627C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Помните — Ваше здоровье в Ваших руках!</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B87FF8" w:rsidSect="00B567A1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
-        <w:top w:val="stars3d" w:sz="30" w:space="24" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="stars3d" w:sz="30" w:space="24" w:color="auto"/>
+        <w:top w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
+        <w:left w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
+        <w:bottom w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
+        <w:right w:val="peopleHats" w:sz="21" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...387 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002350C4"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00EB77DE"/>
+    <w:rsidRoot w:val="00B567A1"/>
+    <w:rsid w:val="00B567A1"/>
+    <w:rsid w:val="00B87FF8"/>
+    <w:rsid w:val="00EC7CC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6430,140 +889,116 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007D0207"/>
-[...18 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002350C4"/>
+    <w:rsid w:val="00B567A1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B567A1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6809,70 +1244,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2630</Characters>
+  <Pages>2</Pages>
+  <Words>647</Words>
+  <Characters>3688</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3085</CharactersWithSpaces>
+  <CharactersWithSpaces>4327</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>