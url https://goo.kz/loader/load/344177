--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,89 +1,210 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="План подготовки" sheetId="1" r:id="rId1"/>
     <sheet name="приложение 1" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="XFD7" i="3"/>
   <c r="XFD11"/>
   <c r="XFD16"/>
   <c r="XFD29"/>
   <c r="XFD21"/>
   <c r="XFD22"/>
   <c r="XFD23"/>
   <c r="XFD24"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="99">
   <si>
     <t>№</t>
   </si>
   <si>
+    <t>Наименование мероприятий</t>
+  </si>
+  <si>
+    <t>Сроки</t>
+  </si>
+  <si>
+    <t>Ответственные</t>
+  </si>
+  <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
+    <t>Сектор общего среднего образования</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Директора школ </t>
+  </si>
+  <si>
+    <t>Сектор общего среднего образования, методкабинет</t>
+  </si>
+  <si>
+    <t>методический кабинет, отдел организационной работы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Формирование списков обучающихся 11 класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных обучающимися 11 класса с учетом профиля их обучения </t>
+  </si>
+  <si>
+    <t>Мониторинг создания условий для проведения итоговой аттестации в школах (подготовка классных помещений для проведения экзаменов, для работы членов Комиссии, для ожидания выпускниками результатов экзаменов и апелляции, обеспечение кабинетов необходимым техническим оборудованием на период проведения итоговой аттестации)</t>
+  </si>
+  <si>
+    <t>Согласно графику выпускных экзаменов</t>
+  </si>
+  <si>
+    <t>Проведение заключительных заседаний Комиссий по подведению итогов работы и принятию решения об утверждении списка обучающихся, награждаемых знаком «Алтын белгі»</t>
+  </si>
+  <si>
+    <t>До 12 июня 2017 года</t>
+  </si>
+  <si>
+    <t>Директора школ города</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Издание приказов об утверждении списков обладателей аттестатов об общем среднем образовании с отличием, аттестатов об общем среднем образовании «Алтын белгі» и знака «Алтын белгі» </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Организация обсуждений результатов итоговой аттестации обучающихся на педагогических советах школ с участием всех членов Комиссии </t>
+  </si>
+  <si>
+    <t>Организация подготовки учащихся, успевающих на «4» и «5»:
+- проведение кустовых консультаций по предметам на базе 6 школ согласно закреплению;
+- проведение консультаций в период каникул по трудным темам ведущими педагогами города.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведение Дней контроля отдела образования в школах с низкими результатами </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Проведение пробных тестирований:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve">
+- диагностический  срез с привлечением базы тестов центра «Достык» для учащихся 10-11 классов;
+- пробные тестирования на базе ППЕНТ;
+- пробные тестирования книжками 5+</t>
+    </r>
+  </si>
+  <si>
+    <t>2 раза в месяц</t>
+  </si>
+  <si>
+    <t>Сектор общего среднего образования, директора школ</t>
+  </si>
+  <si>
+    <t>по итогам пробных тестирований</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отчеты директоров школ о подготовке к итоговой аттестации на совещаниях директоров </t>
+  </si>
+  <si>
+    <t>Шиндлярская Г.Ш., директора</t>
+  </si>
+  <si>
+    <t>январь-март</t>
+  </si>
+  <si>
+    <t>Создание комиссий для проведения итоговой аттестации в школах города отдела образования и школ города</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мониторинг подготовки к итоговой аттестации выпускников школ города, претендентов на аттестат об общем среднем образовании «Алтын белгі», аттестат с отличием об общем среднем образовании </t>
+  </si>
+  <si>
+    <t>Мониторинг соответствия требованиям документов претендентов на аттестат об общем среднем образовании «Алтын белгі», аттестат с отличием об общем среднем образовании</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Организация работы по доставке экзаменационных материалов в школы города </t>
+  </si>
+  <si>
+    <t>Приложение №1</t>
+  </si>
+  <si>
     <t>Геложутдинова Ж.З.</t>
   </si>
   <si>
     <t>Аубакирова Г.Б.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">План методического сопровождения по подготовке  к </t>
+  </si>
+  <si>
+    <t>Мероприятие</t>
+  </si>
+  <si>
+    <t>Время проведения</t>
   </si>
   <si>
     <t>Работа творческих групп:</t>
   </si>
   <si>
     <t>- составление заданий на развитие функциональной грамотности по русскому языку, истории, биологии, географии, химии;</t>
   </si>
   <si>
     <t>1 раз в месяц</t>
   </si>
   <si>
     <t>Ильясова К.К. Аубакирова Г.Б. Геложутдинова Ж.З</t>
   </si>
   <si>
     <t>- составление тестов с множественным выбором ответов по казахскому, английскому языкам, истории, математики, физике, биологии, химии, географии;</t>
   </si>
   <si>
     <t>Азанбаева Н.Ш. Ильясова К.К. Аубакирова Г.Б. Алимова С.Ж.</t>
   </si>
   <si>
     <t>- составление тематических контрольных работ по математике для итоговой аттестации</t>
   </si>
   <si>
     <t>Январь- март</t>
   </si>
@@ -204,252 +325,134 @@
   <si>
     <t>Методисты</t>
   </si>
   <si>
     <r>
       <t>Консультации для претендентов</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> на знак «Алтын белгі» и аттестат с отличием</t>
     </r>
   </si>
   <si>
     <t>По отдельному плану</t>
   </si>
   <si>
     <t>методисты</t>
   </si>
   <si>
+    <t>Организация работы с претендентами на аттестат с отличием и «Алтын Белгi»:
+- консультации и пробные тестирования  в течение 2017-2018 учебного года;
+- организация консультаций преподавателями ОЦ "Достык"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сектор общего среднего образования
+Образовательный центр "Достык"
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Осення, зимняя,весенняя сессия -погружение 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сектор общего среднего образования, методкабинет директора школ </t>
+  </si>
+  <si>
+    <t>Привлечение ресурсов образовательных центров «Достык», "Ю-Стади":
+- обеспечение максимального охвата подготовкой;
+- привлечение преподавателей центра «Достык» , преподавателей Вузов для подготовки в школах на условиях взаимного сотрудничества;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">октябрь-май </t>
+  </si>
+  <si>
+    <t>декабрь-май</t>
+  </si>
+  <si>
+    <t>Мониторинг  результативности деятельности учителей, проходящих аттестацию в 2017-2018 учебном году</t>
+  </si>
+  <si>
+    <t>до 1 февраля 2018 года</t>
+  </si>
+  <si>
+    <t>до 1 декабря 2017 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">октябрь-апрель </t>
+  </si>
+  <si>
+    <t xml:space="preserve">октябрь - май
+</t>
+  </si>
+  <si>
+    <t>март , 2018</t>
+  </si>
+  <si>
+    <t>Проведение информационно-разъяснительной работы в средствах массовой информации, среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации выпускников и ЕНТ в 2018 году</t>
+  </si>
+  <si>
+    <t>январь - май
+2018 года</t>
+  </si>
+  <si>
+    <t>до 25 мая 2018 года</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подведение итогов, отчет о проделанной работе и выполнению плана мероприятий по организации и проведению итоговой аттестации в школах города в 2018 году </t>
+  </si>
+  <si>
+    <t>До 12 июня 2018 года</t>
+  </si>
+  <si>
+    <t>До 20 июня 2018 года</t>
+  </si>
+  <si>
+    <t>Август, 2018 год</t>
+  </si>
+  <si>
+    <t>План мероприятий
+по подготовке к  итоговой аттестации выпускников школ города  Павлодара
+в 2018 году</t>
+  </si>
+  <si>
     <t xml:space="preserve">Алимова С.Ж. </t>
   </si>
   <si>
-    <t>2018 жылы Павлодар қаласы мектептерінің бітіруші түлектерін                                                                                                қорытынды аттестацияға дайындау бойынша                                                                                                                                           шаралар Жоспары</t>
-[...197 lines deleted...]
-    <t>Өткізу мерзімдері</t>
+    <t xml:space="preserve">еженедельно                             </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Методическое сопровождение учителей  по подготовке к итоговой аттестации (согласно приложению №1) </t>
+  </si>
+  <si>
+    <t>итоговой аттестации в  2017-2018  учебном  году</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -928,702 +931,702 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K23"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A7" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A19" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="6.5703125" customWidth="1"/>
     <col min="3" max="3" width="75.140625" customWidth="1"/>
     <col min="4" max="4" width="37.140625" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18.75">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
     </row>
     <row r="2" spans="1:11" ht="63.75" customHeight="1">
       <c r="A2" s="3" t="s">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="B2" s="22" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
       <c r="E2" s="23"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
     </row>
     <row r="3" spans="1:11" ht="18.75">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="1:11" ht="62.25" customHeight="1">
       <c r="A4" s="2"/>
       <c r="B4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="8" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="D4" s="8" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="E4" s="8" t="s">
-        <v>46</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="94.5" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="4">
         <v>1</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="101.25" customHeight="1">
       <c r="A6" s="2"/>
       <c r="B6" s="13">
         <v>2</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:11" ht="93.75">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="112.5">
       <c r="A7" s="2"/>
       <c r="B7" s="13">
         <v>3</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="93.75">
       <c r="A8" s="2"/>
       <c r="B8" s="4">
         <v>4</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="38.25" customHeight="1">
       <c r="A9" s="2"/>
       <c r="B9" s="13">
         <v>5</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="37.5">
       <c r="A10" s="2"/>
       <c r="B10" s="13">
         <v>6</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:11" ht="56.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="37.5">
       <c r="A11" s="2"/>
       <c r="B11" s="4">
         <v>7</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="42" customHeight="1">
       <c r="A12" s="2"/>
       <c r="B12" s="13">
         <v>8</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="75">
       <c r="A13" s="2"/>
       <c r="B13" s="13">
         <v>9</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="37.5">
       <c r="B14" s="4">
         <v>10</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:11" ht="56.25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="75">
       <c r="A15" s="2"/>
       <c r="B15" s="13">
         <v>11</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:11" ht="56.25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="75">
       <c r="A16" s="2"/>
       <c r="B16" s="13">
         <v>12</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="75">
       <c r="A17" s="2"/>
       <c r="B17" s="4">
         <v>13</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" ht="131.25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="112.5">
       <c r="A18" s="2"/>
       <c r="B18" s="13">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="37.5">
       <c r="A19" s="2"/>
       <c r="B19" s="13">
         <v>15</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="75">
       <c r="A20" s="2"/>
       <c r="B20" s="4">
         <v>16</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" ht="56.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="75">
       <c r="A21" s="2"/>
       <c r="B21" s="13">
         <v>17</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="55.5" customHeight="1">
       <c r="A22" s="2"/>
       <c r="B22" s="13">
         <v>18</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>92</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="69" customHeight="1">
       <c r="A23" s="2"/>
       <c r="B23" s="4">
         <v>19</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="86" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="B1:XFD29"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="B1" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="C1" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="6.7109375" customWidth="1"/>
     <col min="3" max="3" width="51.140625" customWidth="1"/>
     <col min="4" max="4" width="33.85546875" customWidth="1"/>
     <col min="5" max="5" width="38" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6 16384:16384" s="9" customFormat="1" ht="18.75">
       <c r="B1" s="12"/>
     </row>
     <row r="2" spans="2:6 16384:16384" s="9" customFormat="1" ht="18.75">
       <c r="B2" s="26" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="10"/>
     </row>
     <row r="3" spans="2:6 16384:16384" s="9" customFormat="1" ht="20.25" customHeight="1">
       <c r="B3" s="27" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="14"/>
     </row>
     <row r="4" spans="2:6 16384:16384" s="9" customFormat="1" ht="24.75" customHeight="1">
       <c r="B4" s="27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="14"/>
     </row>
     <row r="5" spans="2:6 16384:16384" s="9" customFormat="1"/>
     <row r="6" spans="2:6 16384:16384" s="9" customFormat="1" ht="18.75">
       <c r="B6" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D6" s="8" t="s">
-        <v>98</v>
+        <v>35</v>
       </c>
       <c r="E6" s="8" t="s">
-        <v>46</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="2:6 16384:16384" s="9" customFormat="1" ht="18.75">
       <c r="B7" s="24">
         <v>1</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="XFD7" s="9">
         <f>SUM(B7:XFC7)</f>
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="2:6 16384:16384" s="9" customFormat="1" ht="75">
       <c r="B8" s="24"/>
       <c r="C8" s="16" t="s">
-        <v>5</v>
+        <v>37</v>
       </c>
       <c r="D8" s="15" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="E8" s="15" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="2:6 16384:16384" s="9" customFormat="1" ht="93.75">
       <c r="B9" s="24"/>
       <c r="C9" s="16" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D9" s="15" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="2:6 16384:16384" s="9" customFormat="1" ht="56.25">
       <c r="B10" s="25"/>
       <c r="C10" s="17" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E10" s="18" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="2:6 16384:16384" s="9" customFormat="1" ht="18.75">
       <c r="B11" s="24">
         <v>2</v>
       </c>
       <c r="C11" s="11" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15"/>
       <c r="XFD11" s="9">
         <f>SUM(B11:XFC11)</f>
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="2:6 16384:16384" s="9" customFormat="1" ht="56.25">
       <c r="B12" s="24"/>
       <c r="C12" s="16" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="2:6 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B13" s="24"/>
       <c r="C13" s="16" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D13" s="19" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>3</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="2:6 16384:16384" s="9" customFormat="1" ht="56.25">
       <c r="B14" s="24"/>
       <c r="C14" s="16" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="2:6 16384:16384" s="9" customFormat="1" ht="56.25">
       <c r="B15" s="25"/>
       <c r="C15" s="17" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="2:6 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B16" s="24">
         <v>3</v>
       </c>
       <c r="C16" s="11" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="XFD16" s="9">
         <f>SUM(B16:XFC16)</f>
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="2:5 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B17" s="24"/>
       <c r="C17" s="16" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="2:5 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B18" s="24"/>
       <c r="C18" s="16" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="2:5 16384:16384" s="9" customFormat="1" ht="75">
       <c r="B19" s="24"/>
       <c r="C19" s="16" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>3</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="2:5 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B20" s="25"/>
       <c r="C20" s="17" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="E20" s="21" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="2:5 16384:16384" s="9" customFormat="1" ht="93.75">
       <c r="B21" s="18">
         <v>4</v>
       </c>
       <c r="C21" s="20" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="XFD21" s="9">
         <f>SUM(B21:XFC21)</f>
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="2:5 16384:16384" s="9" customFormat="1" ht="75">
       <c r="B22" s="15">
         <v>5</v>
       </c>
       <c r="C22" s="11" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="XFD22" s="9">
         <f>SUM(B22:XFC22)</f>
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="2:5 16384:16384" s="9" customFormat="1" ht="56.25">
       <c r="B23" s="15">
         <v>6</v>
       </c>
       <c r="C23" s="11" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="XFD23" s="9">
         <f>SUM(B23:XFC23)</f>
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="2:5 16384:16384" s="9" customFormat="1" ht="37.5">
       <c r="B24" s="15">
         <v>7</v>
       </c>
       <c r="C24" s="11" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="XFD24" s="9">
         <f>SUM(B24:XFC24)</f>
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="2:5 16384:16384" s="9" customFormat="1"/>
     <row r="26" spans="2:5 16384:16384" s="9" customFormat="1"/>
     <row r="27" spans="2:5 16384:16384" s="9" customFormat="1"/>
     <row r="28" spans="2:5 16384:16384" s="9" customFormat="1"/>
     <row r="29" spans="2:5 16384:16384">
       <c r="XFD29">
         <f>SUM(B29:XFC29)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B16:B20"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="B11:B15"/>
   </mergeCells>