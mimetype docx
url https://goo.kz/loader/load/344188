--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,30464 +1,4266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00306C7A" w:rsidRPr="00306C7A" w:rsidRDefault="00306C7A" w:rsidP="00306C7A">
-[...81 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждены</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="00883F54" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="0031114B" w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...865 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0031114B" w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 17 мая 2013 года № 499</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельности дошкольных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00883F54" w:rsidRPr="00883F54" w:rsidRDefault="00883F54" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...22491 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t xml:space="preserve">изменениями и </w:t>
         </w:r>
-      </w:hyperlink>
-[...47 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...402 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>дополнениями</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоянию на 19.12.2014 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі).</w:t>
-[...505 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Типовые правила деятельности дошкольных организаций (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000664022" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 13-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 07.04.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 27 июля 2007 года «Об образовании» (далее - Закон «Об образовании»). Правила определяют порядок деятельности дошкольных организаций образования (далее - дошкольные организации), независимо от форм собственности и ведомственной подчиненности, за исключением дошкольных организации автономной организации образования «Назарбаев Интеллектуальные школы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Дошкольные организации обеспечивают выполнение государственного образовательного заказа, финансируемого государством объема услуг по воспитанию, обучению и развитию и медицинскому наблюдению, а также присмотру, уходу и оздоровлению воспитанников в возрасте от одного года до достижения школьного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Основными задачами дошкольных организаций являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) охрана жизни и здоровья детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) создание оптимальных условий, обеспечивающих физическое, интеллектуальное и личностное развитие воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обеспечение качественной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) воспитание гражданственности, казахстанского патриотизма, уважения к правам и свободам человека, любви к окружающей природе, Родине, семье;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) взаимодействие с семьей для обеспечения полноценного развития ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) оказание консультативной и методической помощи родителям по вопросам воспитания, обучения, развития детей и охраны здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Дошкольные организации различаются по следующим видам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) детский сад;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) семейный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) санаторный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) комплекс «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школа-детский</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сад»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мини-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Основной структурной единицей дошкольной организации образования является группа воспитанников дошкольного возраста. Группы комплектуются по одновозрастному или разновозрастному принципу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Наполняемость групп дошкольной организации осуществляется согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>Санитарным правилам</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...340 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «Санитарно-эпидемиологические требования к объектам воспитания и образования детей и подростков», утвержденным постановлением Правительства Республики Казахстан от 30 декабря 2011 года № 1684.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Группы различаются по времени пребывания воспитанников и функционируют в режиме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) полного пребывания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) неполного пребывания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) круглосуточного пребывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      19. Бiр бiлiм беру ұйымынан екiншiсiне ауысқанда немесе бiтiрген кезде тәрбиеленушiге:</w:t>
-[...202 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дошкольные организации в своей деятельности руководствуются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2651 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...46 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...101 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...146 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «Об образовании», </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>Государственной программой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...70 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> развития образования Республики Казахстан на 2011-2020 годы, утвержденной Указом Президента Республики Казахстан от 7 декабря 2010 года № 1118, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...176 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>Программой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по обеспечению детей дошкольным воспитанием и обучением «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балапан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» на 2010-2014 годы, утвержденной постановлением Правительства Республики Казахстан от 28 мая 2010 года № 488, Уставом дошкольной организации и настоящими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Дошкольные организации по форме собственности являются государственные и частные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Исключен в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004031660" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі).</w:t>
-[...62 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 23.05.14 г. № 538 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...313 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>см. стар</w:t>
         </w:r>
-      </w:hyperlink>
-[...172 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t>.</w:t>
         </w:r>
-      </w:hyperlink>
-[...47 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...276 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 181</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Прием детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12. За ребенком сохраняется место в дошкольной организации в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) болезни ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) лечения и оздоровления ребенка в медицинских, санаторно-курортных и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) предоставления одному из родителей или законных представителей трудового отпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) оздоровления ребенка в летний период сроком до двух месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13. Отчисление детей из дошкольных организаций производится руководителем в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) несвоевременной ежемесячной оплаты за содержание ребенка (задержка в оплате более 15 календарных дней от установленного срока оплаты);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) пропуска ребенком более одного месяца без уважительных причин и без предупреждения администрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) при наличии медицинских противопоказаний, препятствующих его пребыванию на основании справки врачебной консультационной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Размер ежемесячной оплаты, взимаемой с родителей или законных представителей за содержание ребенка в государственных дошкольных организациях, созданных в организационно-правовой форме коммунальных государственных казенных предприятий, составляет 100 процентов затрат на питание, независимо от возраста, и устанавливается учредителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15. В частных дошкольных организациях порядок взимания оплаты с родителей или законных представителей устанавливается учредителем дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. В санаторных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-садах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, дошкольных организациях для детей с ограниченными возможностями содержание детей предоставляется на бесплатной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В пункт 17 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004369520" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледі).</w:t>
-[...225 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 19.12.14 г. № 1332 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17. Руководитель государственной дошкольной организации образования один раз в три года проходит аттестацию согласно Закону «Об образовании».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогический работник не реже одного раза в пять лет проходит аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная аттестация дошкольных организаций образования, независимо от ведомственной подчиненности и форм собственности, проводится один раз в пять лет в плановом порядке уполномоченным органом в области образования в соответствии с компетенцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок деятельности дошкольной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пункт 18 изложен в редакции </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004369523" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 19.12.14 г. № 1332 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Дошкольная организация создается учредителем и регистрируется в органах юстиции в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">После регистрации дошкольная организация образования уведомляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о начале деятельности уполномоченный орган в области образования в соответствии с компетенцией по месту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила дополнены пунктом 18-1 в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004369531" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 19.12.14 г. № 1332</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18-1. При прекращении деятельности дошкольная организация образования уведомляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о прекращении деятельности уполномоченный орган в области образования в соответствии с компетенцией по месту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нахождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила дополнены пунктом 18-2 в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004369531" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 19.12.14 г. № 1332</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18-2. Направление уведомлений о начале или прекращении деятельности осуществляется в электронной форме с использованием государственной информационной системы разрешений и уведомлений и государственного электронного реестра разрешений и уведомлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19. Дошкольные организации разрабатывают на основе </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t>статьи 41</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Закона «Об образовании» и настоящих Правил свой устав.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20. Дошкольные организации обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) выполнение функций, определенных его Уставом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) охрану жизни и здоровья детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) реализацию в полном объеме общеобразовательных программ дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) соответствие применяемых форм, методов и средств организации педагогического процесса возрастным, психофизиологическим особенностям, способностям, интересам и потребностям детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21. В государственных дошкольных организациях штатная численность устанавливается согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t xml:space="preserve">типовыми </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="0031114B">
+          <w:rPr>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>штатами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>работников</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных организаций образования, утвержденным постановлением Правительства Республики Казахстан от 30 января 2008 года № 77.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Дошкольные организации обеспечивают детей: текущим медицинским наблюдением, иммунизацией и организацией профилактических осмотров совместно с территориальными медицинскими организациями первичной медико-санитарной помощи, которые осуществляются медицинскими работниками, входящими в штат дошкольной организации. Педагогические работники дошкольных организаций проходят ежегодно бесплатное медицинское обследование в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Дошкольные организации обеспечивают сбалансированное питание детей. Питание детей проводится с учетом возрастных особенностей, режима работы, кратность его определяется санитарно-эпидемиологическими требованиями и Уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24. Дошкольные организации оказывают в порядке, установленном руководителем дошкольной организации, дополнительные платные услуги образовательного, оздоровительного характера. Поступившие средства от платных услуг могут быть направлены на начисление заработной платы специалистам, приобретение инструментария, создание соответствующей развивающей среды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>25. В целях социально-педагогической поддержки семьи и ребенка, для родителей, дети которых не охвачены дошкольным воспитанием и обучением, создаются консультационные пункты в дошкольных организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26. Управление дошкольными организациями строится на принципах единоначалия и коллегиального управления. Формами коллегиального управления являются советы: педагогический, попечительский.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Непосредственное управление дошкольной организацией осуществляет руководитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>28. Руководитель дошкольной организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) действует от имени дошкольной организации, представляет ее во всех государственных и частных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) является распорядителем средств, заключает договора, выдает доверенности, открывает в банках расчетные и другие счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) в пределах своей компетенции издает приказы и распоряжения, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обязательные к исполнению</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работниками дошкольной организации, налагает взыскания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) осуществляет подбор и расстановку кадров, пользуется правом приема и увольнения работников в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) создает условия для осуществления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательного процесса в дошкольной организации в соответствии с требованиями государственного общеобязательного стандарта образования дошкольного воспитания и обучения и санитарно-гигиеническими нормами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) организует дополнительные услуги, направленные на удовлетворение интересов детей, потребностей семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) при приеме ребенка в дошкольную организацию знакомит родителей или законных представителей с уставом, документами, регламентирующими порядок приема и организацию учебно-воспитательного процесса и медицинского обслуживания, заключает договор c родителями или законными представителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) обеспечивает сохранность и эффективное использование закрепленного за дошкольной организацией имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. Руководитель дошкольной организации согласно Законам Республики Казахстан, несет ответственность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) нарушение прав и свобод воспитанников, сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) невыполнение функций, отнесенных к его компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) за нарушение требований государственного общеобязательного стандарта дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) охрану жизни и здоровья воспитанников и сотрудников во время учебно-воспитательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) состояние финансово-хозяйственной деятельности, в том числе, нецелевое использование материальных и денежных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) иные нарушения требований, предусмотренных в нормативных правовых актах и условиях трудового договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30. Права и обязанности работников дошкольных организаций конкретизируются в правилах внутреннего распорядка и должностных инструкциях работников, разрабатываемых дошкольной организацией самостоятельно. При этом права и обязанности, фиксируемые в указанных актах, не должны противоречить </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t>Конституции</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00306C7A">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1000664022" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закону</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовании», иным законодательным актам и уставу организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательный процесс в дошкольной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательный процесс в дошкольной организации осуществляется в соответствии с программами и учебными планами, разработанными на основе государственного общеобязательного стандарта дошкольного воспитания и обучения, а также определяется уставом дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Основными участниками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательного процесса являются дети, родители или законные представители, педагогические работники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>33. К занятию педагогической деятельностью в дошкольных организациях допускаются лица, имеющие педагогическое образование (техническое и профессиональное, высшее, послевузовское), подтверждаемое документами государственного образца о соответствующем уровне образования и квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К педагогической деятельности не допускаются лица, которым педагогическая деятельность запрещена приговором суда или медицинским заключением, а также имеющие судимость, которая не погашена или не снята в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. Нормативная учебная нагрузка в неделю для исчисления месячной заработной платы педагогических работников дошкольных организаций и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> групп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дошкольного воспитания и обучения и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов организаций образования устанавливается не более 24-х часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="0031114B">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
             <w:u w:val="single"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қаулысы</w:t>
+          <w:t>пункту 2 статьи 30</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00306C7A">
-[...474 lines deleted...]
-    <w:sectPr w:rsidR="00DE19C0">
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона «Об образовании» дошкольное обучение осуществляется с пяти лет в виде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки детей к обучению в школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предшкольная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовка обязательна и осуществляется в семье, дошкольных организациях, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классах общеобразовательных школ, лицеев и гимназий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предшкольная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовка в государственных организациях образования является бесплатной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. Педагоги дошкольных организаций в целях обеспечения эффективного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательного процесса самостоятельно выбирают и применяют альтернативные авторские программы, вводят новые технологии воспитания, обучения и оздоровления при условии соблюдения государственного общеобязательного стандарта дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. Отношения воспитанника, родителей и персонала дошкольной организации строятся на основе сотрудничества, взаимного уважения участников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательного процесса и с учетом предоставления воспитаннику свободы развития в соответствии с индивидуальными особенностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>37. Взаимоотношения между дошкольной организацией и родителями или законными представителями регулируется договором, который заключается при зачислении ребенка в дошкольную организацию. В договоре определяются режим посещения ребенком дошкольной организации, кратность питания, уровень и сроки предоставления дополнительных образовательных, оздоровительных услуг, размер оплаты за содержание ребенка в дошкольной организации, дополнительные платные услуги и иные условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031114B" w:rsidRPr="0031114B" w:rsidRDefault="0031114B" w:rsidP="0031114B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031114B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АКТУАЛЬНЫЕ РЕСУРСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2ECE" w:rsidRDefault="005A2ECE"/>
+    <w:sectPr w:rsidR="005A2ECE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...155 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006757C0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE19C0"/>
+    <w:rsidRoot w:val="00F40B16"/>
+    <w:rsid w:val="0031114B"/>
+    <w:rsid w:val="005A2ECE"/>
+    <w:rsid w:val="00883F54"/>
+    <w:rsid w:val="00F40B16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -30602,212 +4404,120 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...39 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...29 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
-[...10 lines deleted...]
-      <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="note">
-    <w:name w:val="note"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00306C7A"/>
-[...7 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031114B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -30929,307 +4639,287 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...39 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...29 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
-[...10 lines deleted...]
-      <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00306C7A"/>
+    <w:rsid w:val="0031114B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="note">
-    <w:name w:val="note"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00306C7A"/>
-[...7 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031114B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1502701356">
+    <w:div w:id="101608357">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="450133775">
-[...11 lines deleted...]
-        <w:div w:id="297230225">
+        <w:div w:id="295334653">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1951083473">
+            <w:div w:id="1923639961">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1913813500">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="116686096">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="100"/>
+                      <w:marBottom w:val="100"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="161430886">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="701129021">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="300"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1734161921">
+        <w:div w:id="83311056">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1803304120">
+            <w:div w:id="1212688137">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="770467048">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="450"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1798990907">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="300"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000059_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000077_" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000381" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000208_" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P990001839_" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000094_" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000069_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000174_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001353_" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000224_" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000407" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000407" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P010000849_" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000100_" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001109" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K010000155_" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000195_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499/links" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000381" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P050000113_" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P060000934_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000499" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1700000181" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001208_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000000012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1004369522" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1003501955" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1002272740" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1004031668" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000000012" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000724759" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1004031664" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1001457957" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1003501871" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000682304" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1001738246" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1000664022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/Document/?link_id=1004369524" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -31477,55 +5167,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>83</Pages>
-[...1 lines deleted...]
-  <Characters>164024</Characters>
+  <Pages>5</Pages>
+  <Words>2296</Words>
+  <Characters>13093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1366</Lines>
-  <Paragraphs>384</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>192416</CharactersWithSpaces>
+  <CharactersWithSpaces>15359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>