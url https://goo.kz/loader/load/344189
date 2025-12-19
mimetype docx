--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,48 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d12931" w14:textId="7d12931">
+    <w:p w14:paraId="1bca02e" w14:textId="1bca02e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -78,9968 +77,8909 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Об утверждении Инструкции по организации повышения квалификации педагогических кадров</w:t>
+        <w:t>Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Утративший силу</w:t>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра образования и науки Республики Казахстан от 4 января 2013 года № 1. Зарегистрировано в Министерстве юстиции Республики Казахстан 21 января 2013 года № 8287. Утратил силу приказом Министра образования и науки Республики Казахстан от 9 июля 2015 года № 447</w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің м.а. 2013 жылғы 4 қаңтардағы № 1 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2013 жылы 21 қаңтарда № 8287 тіркелді. Күші жойылды - Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 шілдедегі № 447 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Утратил силу приказом Министра образования и науки РК от 09.07.2015 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Білім және ғылым министрінің 09.07.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 447</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года «Об образовании» </w:t>
+        <w:t>      «Білім туралы» Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>38) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
-[...169 lines deleted...]
-      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нұсқаулық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Мектепке дейінгі және орта білім департаменті (Ж.А. Жонтаева):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың белгіленген тәртіппен Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік тіркеуден өткеннен кейін осы бұйрықты бұқаралық ақпарат құралдарында жарияласын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Білім және ғылым вице-министрі М.Ә. Әбеновке жүктелсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      И.о. Министра                              М. Орунханов</w:t>
+        <w:t>      Министрдің міндетін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      атқарушы                                           М. Орынханов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утверждена                 </w:t>
+Қазақстан Республикасы   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Білім және ғылым министрінің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-приказом и.о. Министра образования  </w:t>
+2013 жылғы 4 қаңтардағы   </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-и науки Республики Казахстан      </w:t>
+№ 1 бұйрығымен       </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-от 4 января 2013 года № 1      </w:t>
+бекітілген         </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Инструкция</w:t>
+Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-по организации повышения квалификации педагогических кадров</w:t>
+НҰСҚАУЛЫҚ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Настоящая инструкция по организации повышения квалификации педагогических кадров (далее – Инструкция) разработана в соответствии с </w:t>
-[...1704 lines deleted...]
-      28. Отчисленные слушатели в соответствии с приказом руководителя Организации и решением комиссии по рассмотрению обращений и заявлений слушателей Курсов, созданных Организацией, производят возмещение затрат понесенных Организацией.</w:t>
+      1. Педагог кадрлардың біліктілігін арттыруды ұйымдастыру жөніндегі осы нұсқаулық (бұдан әрі – Нұсқаулық) 2007 жылғы 27 шілдедегі Қазақстан Республикасының «Білім туралы» Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>38) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Нұсқаулық Кембридж университетінің Білім беру факультетімен бірлесіп, «Назарбаев Зияткерлік мектептері» дербес білім беру ұйымының Педагогикалық шеберлік орталығы (бұдан әрі – «НЗМ» ДББҰ ПШО) дайындаған үшінші (базалық), екінші (негізгі), бірінші (ілгері) деңгейлердегі (бұдан әрі – Курстар) оқу бағдарламалары бойынша Қазақстан Республикасы педагог кадрларының біліктілігін арттырудың деңгейлі бағдарламаларының курстарына іріктеудің және қабылдаудың тәртібін белгілейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Нұсқаулықта мынадай негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) педагог кадрлардың біліктілігін арттыру – бұрыннан алған кәсіби білімін, үйрете білуі мен дағдысын қолдауға, кеңейтуге, тереңдетуге мүмкіндік беретін кәсіби оқыту формасы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) сертификатталған тренер – Кембридж университетінің Білім беру факультетімен бірлесе отырып, «НЗМ» ДББҰ ПШО дайындаған деңгейлі бағдарламалар бойынша оқытудан өткен және Кембридж университетінің Халықаралық емтихан кеңесінің сертификатын алған педагог қызметкер.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Курстарды Қазақстан Республикасының мынадай білім беру ұйымдары өткізеді:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) үшінші (базалық), екінші (негізгі), бірінші (ілгері) деңгейлердегі бағдарламалары бойынша – «НЗМ» ДББҰ ПШО және оның филиалдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) үшінші (базалық), екінші (негізгі) деңгейлердегі бағдарламалары бойынша – «Өрлеу» біліктілікті арттыру ұлттық орталығы» акционерлік қоғамы (бұдан әрі «Өрлеу» БАҰО» АҚ), және оның «Өрлеу» БАҰО» АҚ «Республикалық білім беру жүйесі басшылығы мен ғылыми-педагогикалық кадрларының біліктілігін арттыру институты» филиалы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) үшінші (базалық) деңгей бағдарламасы бойынша – «Өрлеу» БАҰО» АҚ филиалдары.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Бірінші (ілгері) деңгейдегі курстардың ұзақтығы кемінде 464 сағатты құрайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аудиториялық оқыту – кемінде 200 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мектептегі тәжірибе – кемінде 144 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аудиториялық оқыту – кемінде 120 сағат.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Екінші (негізгі) деңгейдегі курстардың ұзақтығы кемінде 440 сағатты құрайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аудиториялық оқыту – кемінде 160 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мектептегі тәжірибе – кемінде 120 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аудиториялық оқыту – кемінде 160 сағат.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Үшінші (базалық) деңгейдегі курстардың ұзақтығы кемінде 416 сағатты құрайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) аудиториялық оқыту – кемінде 160 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мектептегі тәжірибе – кемінде 96 сағат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аудиториялық оқыту – кемінде 160 сағат.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Курстың бір академиялық сағаты 45 минутты құрайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Курсты тиісті деңгей бойынша Кембридж университеті сарапшыларының қатысуымен «НЗМ» ДББҰ ПШО даярлаған сертификатталған тренерлер жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Сертификатталған тренерлер құрамы білім беру саласындағы уәкілетті органның тізімдері мен «НЗМ» ДББҰ тізімі негізінде құрылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Курсқа оқуға үміткер педагог кадрларға осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1-қосымшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген талаптар белгіленеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Курсқа оқуға үміткер педагог қызметкер білім беру ұйымдарының педагогикалық кеңесінің қарауына мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініші;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасы педагог кадрларының біліктілігін арттыру курсына сауалнама;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) жекебас куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) жұмыс орнынан лауазымы мен педагогикалық жұмыс өтілі көрсетілген анықтама;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) оқу мен қоғамдық өмірдегі табыстарын айғақтайтын грамота, дипломдардың, сертификаттар мен басқа да құжаттардың (егер олар бар болса) көшірмелері.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Білім беру ұйымының педагогикалық кеңесі:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) жыл сайын 20 қыркүйекке дейін осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілгендей, Курста оқуға үміткер педагог қызметкерлердің өтініштерін қарайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайын 1 қазанға дейін осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4-қосымшасындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанға сәйкес біліктілікті арттыру курстарына педагог кадрларды жолдау туралы Хаттама (бұдан әрі – Хаттама) рәсімделіп, педагог кадрларды курсқа жолдау туралы шешімді аудандық (қалалық) білім беру ұйымдарына келісуге ұсынады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Аудандық (қалалық) білім беру бөлімі Хаттаманы жыл сайын 1 қарашаға дейін қарайды және хаттамамен рәсімделген тыңдаушылардың тізімдерін Осы Нұсқаулықтың 14-тармағының 2) және 3) тармақшаларында көрсетілген білім беру ұйымдарын қоспай, облыстық және Астана мен Алматы қалаларының білім беру басқармаларына бекітуге жолдайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Облыстық, Астана және Алматы қалаларының білім беру басқармалары жыл сайын 15 қарашаға дейін білім беру саласындағы уәкілетті органға білім алушылардың бекітілген тізімін жолдайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Білім беру саласындағы уәкілетті орган жыл сайын 30 қарашаға дейін Курста оқуға үміткер педагог кадрлардың тізімдерін (бұдан әрі – Тізім) бекітеді және оны «НЗМ» ДББҰ ПШО-ға және «Өрлеу» БАҰО» АҚ-ға (бұдан әрі – Ұйымдар) жолдайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) облыстық, Астана және Алматы қалаларының білім беру басқармалары бекіткен Қазақстан Республикасының жалпы білім беру ұйымдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымдарының педагогикалық кеңесі бекіткен орта білім беретін республикалық жалпы білім беру ұйымдары;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) «НЗМ» ДББҰ бекіткен Назарбаев Зияткерлік мектептері.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Ұйымдар кезекті күнтізбелік жылдың басында Курстарды өткізуді бастайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Курсқа тыңдаушыларды тіркеу Тізімдер негізінде Ұйымдардың бірінші басшыларының бұйрығымен рәсімделеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Курста оқудан өту кезеңінде тыңдаушыларға тиісті қаржы жылындағы республикалық бюджетте қарастырылған қаражат көлемінде Стипендия төленеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Стипендия төлеу үшін негіздеме Курсқа тіркеу туралы Ұйымның бұйрығы болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. «НЗМ» ДББҰ ПШО мен оның филиалдары үшін стипендия мөлшерін «НЗМ» БДДҰ Қамқоршылық кеңесі бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. «Өрлеу» БАҰО» АҚ мен оның филиалдары үшін стипендия мөлшерін «Өрлеу» БАҰО» АҚ Директорлар кеңесі бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Стипендия төлеу шарттарын Ұйым дербес бекітеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      22. Курстарды аяқтауы бойынша «НЗМ» ДББҰ Педагогикалық өлшемдер орталығы (бұдан әрі – «НЗМ» ДББҰ ПӨО) білім алушыларға қорытынды бағалауды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) Курста оқу кезеңінде дайындалған портфолио;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) қашықтықтан оқыту кезеңінде Ұйымда өткізілген сабақтар негізінде дайындалған таныстырылымдар;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) тестілеу түрінде біліктілік емтиханын тапсыруды (жазбаша түрде) жүргізеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      23. Қорытынды бағалаудың нәтижесі бойынша «НЗМ» ДББҰ ПӨО сертификаттауға ұсынылған тыңдаушылардың тізімін белгілейді және оны Ұйымға жолдайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      24. Курстан өткен және біліктілік емтихандарын жақсы тапсырған тыңдаушыларға Ұйымдар тиісті деңгейдегі бағдарламалар бойынша сертификаттар береді:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>5-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда үшінші (базалық) деңгей бағдарламасы бойынша;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда екінші (негізгі) деңгей бағдарламасы бойынша;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) осы Нұсқаулықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда бірінші (ілгері) деңгей бағдарламасы бойынша.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      25. Сертификат бағдарламаның тиісті деңгейі берілгендігін растайды және берілген күнінен бастап 5 жыл бойы қолданысқа енеді. Көрсетілген мерзімнің өтуі бойынша білім алушы қайталау Курсынан өтпей-ақ «НЗМ» ДББҰ ПӨО-ға біліктілік емтиханын тапсыру жолымен бағдарлама деңгейін растайды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      26. Сертификатқа Курсты өткізген Ұйымның басшысы қол қояды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      27. Сертификат ала алмаған Курстың тыңдаушыларына мынадай мүмкіндіктер беріледі:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) өз қаражаты есебінен біліктілік емтихандарын қайта тапсыруға, бірақ қайталау Курстарынан өту бір жылда бір реттен артық емес;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) белгілі себептерге байланысты растайтын құжаттарын ұсына отырып, үзілген Курстарды аяқтауға.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      28. Оқудан шығарылған тыңдаушыларға Ұйым басшысының бұйрығына сәйкес және Ұйым құрған Курста білім алушылардың өтінімі мен арыз-шағымдарын қарау жөніндегі Комиссия шешімімен Ұйымға келтірілген шығындарды өтеу жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z72" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z72" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-Приложение 1       </w:t>
-[...13 lines deleted...]
-к Инструкции по организации</w:t>
+арттыруды ұйымдастыру     </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-повышения квалификации  </w:t>
+жөніндегі нұсқаулыққа     </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-педагогических кадров   </w:t>
-[...13 lines deleted...]
-от 4 января 2013 года № 1</w:t>
+1-қосымша            </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z73" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Біліктілікті арттыру курсына жіберілетін педагог кадрларға қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-        <w:t>                  на курсы повышения квалификации</w:t>
+        </w:rPr>
+        <w:t>
+ТАЛАПТАР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z74" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z74" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>                      Третий (базовый) уровень</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Үшінші (базалық) деңгей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="11733"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық өтілі үш жылдан кем емес жоғары педагогикалық білім, педагогикалық өтілі бес жылдан кем емес техникалық және кәсіптік (орта кәсіптік) білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектептік, аудандық (қалалық) деңгейдегі кәсіби конкурстарға қатысу нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектептік, аудандық (қалалық) деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми және спорттық жарыстардың жеңімпаздарын, жүлдегерлерін (қатысушылар есебінен) дайындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие үдерісінде инновациялық әдістемелерді білу және қолдану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық (қалалық) конференциялар, семинарлар, форумдар және т.б. өткізу және дайындық барысында жұмыс тәжірибесін тарату (басылымдар, жинақтар, құралдар, ұсынымдар, көрме материалдары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттық-коммуникациялық технологиялар (бұдан әрі – АКТ) саласындағы: MS Windows, MS Office, Internet, соның ішінде электрондық поштаның базалық білімін игеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z75" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Екінші (негізгі) деңгей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="11873"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық өтілі бес жылдан кем емес жоғары педагогикалық білім, педагогикалық өтілі жеті жылдан кем емес техникалық және кәсіптік (орта кәсіптік) білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық (қалалық), облыстық деңгейдегі кәсіби конкурстарға қатысу нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық (қалалық), облыстық деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми және спорттық жарыстардың жеңімпаздарын, жүлдегерлерін (қатысушылар есебінен) дайындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие үдерісінде инновациялық әдістерді білу және қолдану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік құралдарды және оқу бағдарламаларын әзірлеу немесе әзірлеуге қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстық (республикалық) конференциялар, семинарлар, форумдар және т.б. дайындау және өткізу барысында жұмыс тәжірибесін тарату (басылымдар, жинақтар, құралдар, ұсынымдар, көрме материалдары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>АКТ технологияларын, MS Windows, MS Office, электрондық пошта, интернет сервистері саласындағы білімдерді меңгеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z76" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Бірінші (ілгері) деңгей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="582"/>
-        <w:gridCol w:w="12498"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="11573"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
-[...39 lines deleted...]
-              <w:t>Требования</w:t>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Высшее педагогическое образование с педагогическим стажем не менее трех лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее пяти лет</w:t>
+              <w:t>Педагогикалық өтілі жеті жылдан кем емес жоғары педагогикалық білім, педагогикалық өтілі тоғыз жылдан кем емес техникалық және кәсіптік білім (орта кәсіптік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Результаты участия в профессиональных конкурсах школьного, районного (городского) уровня</w:t>
+              <w:t>Аудандық (қалалық), облыстық, республикалық (халықаралық) деңгейдегі кәсіби конкурстарға қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований школьного, районного (городского) уровня (из числа его участников)</w:t>
+              <w:t>Аудандық (қалалық), облыстық, республикалық (халықаралық) деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми және спорттық жарыстардың жеңімпаздарын, жүлдегерлерін дайындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
+              <w:t>Оқу-тәрбие үдерісінде инновациялық әдістемелер мен педагогикалық технологияларды қолдану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения районных (городских) конференций, семинаров, форумов</w:t>
+              <w:t>Әдістемелік құралдар мен оқу бағдарламаларын әзірлеу немесе әзірлеуге қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Владение базовыми знаниями в области информационно-коммуникационных технологий (далее - ИКТ), MS Windows, MS Office, Internet, в частности электронной почтой. </w:t>
+              <w:t>Педагогикалық басылымдардағы жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық (халықаралық) конференциялар, семинарлар, форумдар және т.б. дайындау және өткізу барысында жұмыс тәжірибесін тарату (басылымдар, жинақтар, құралдар, ұсынымдар, көрме материалдары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жас педагогтер үшін тәлімгер болып табылатын аудандық, облыстық (қалалық), халықаралық деңгейдегі оқыту семинарларын, тренингтер өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттық-коммуникациялық технологиялар, MS Office, электрондық пошта, Internet қызметі саласындағы білімді озық пайдаланушы деңгейінде меңгеру. Ақпараттық-коммуникациялық технологиялар саласында жеткілікті жоғары деңгейдегі функционалдық сауаттылығының бар болуы, кәсіби, әлеуметтік және жеке міндеттерді шешу үшін білім беру қызметінде АКТ негізді қолдану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="9"/>
+    <w:bookmarkStart w:name="z77" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-</w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>                   Второй (основной) уровень</w:t>
+        <w:t>Ескерту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: ұсынылған талаптарға сай болу, ол мысалы мынадай құжаттармен бекітілуі мүмкін: ұсыным хаттар, сараптамалық қорытындылар, алқа органдарының шешімдері, өткізілген ашық сабақтарды талдау және бағалаудың материалдары мен нәтижелері, тәжірибені қорыту бойынша материалдар, қатысушылардың жетістіктері мен прогрестерін растайтын құжаттамалар, сауалнама жүргізудің және бақылаудың нәтижелері, әдістемелік бірлестіктермен, сонымен қатар ғылыми, пәндік, бос уақыттағы үйірмелер басшылары растайтын материалдар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z78" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+арттыруды ұйымдастыру     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+жөніндегі нұсқаулыққа     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+2-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                           Оқу орнының басшысына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           аты-жөні, тегі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Тегі _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Аты ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Әкесінің аты _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                           Лауазымы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+ӨТІНІШ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мен, ________________________________ Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    аты-жөні, тегі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+педагог қызметкерлердің біліктілігін арттыру аясындағы ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+тілінде оқытылатын .......топта деңгейлік бағдарлама бойынша ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+деңгейдегі курсқа қатысу үшін менің кандидатурамды қарастыруыңызды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      «____» _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                  (қолы)                         (өтініш берген күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+арттыруды ұйымдастыру     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+жөніндегі нұсқаулыққа     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+3-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z81" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Қазақстан Республикасы педагог қызметкерлерінің біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+арттыру курстарына қатысу</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+САУАЛНАМАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="582"/>
-        <w:gridCol w:w="12498"/>
+        <w:gridCol w:w="4813"/>
+        <w:gridCol w:w="7233"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...44 lines deleted...]
-              <w:t>Требования</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аты-жөні, тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Высшее педагогическое образование с педагогическим стажем не менее пяти лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее семи лет</w:t>
+              <w:t>Туған күні, айы, жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Результаты участия в профессиональных конкурсах районного (городского), областного уровня</w:t>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Результаты победителей, призеров предметных олимпиад, творческих конкурсов, научных и спортивных соревнований районного (городского), областного уровня (из числа его участников)</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Знание и применение инновационных методик в учебно-воспитательном процессе</w:t>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жарамдылық мерзімі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Разработка, либо участие в разработке методических пособий и учебных программ</w:t>
+              <w:t>Жалпы еңбек өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения областных (республиканских) конференций, семинаров, форумов и т.д. </w:t>
+              <w:t>Педагогикалық еңбек өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="582" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="12498" w:type="dxa"/>
+            <w:tcW w:w="4813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Владение знаниями в области ИКТ, MS Windows, MS Office, электронной почтой, сервисами Internet. </w:t>
+              <w:t>Курстарда оқу тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақпараттық технологияларды меңгеруі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жарияланымдары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тақырыптары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұратын мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Байланыс телефондары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4813" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="10"/>
+    <w:bookmarkStart w:name="z82" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>                     Первый (продвинутый) уровень</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Алдындағы біліктілік арттыру курстары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="642"/>
-        <w:gridCol w:w="12438"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="4968"/>
+        <w:gridCol w:w="3123"/>
+        <w:gridCol w:w="2731"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12438" w:type="dxa"/>
+            <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Требования</w:t>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курс түрлері және тақырыбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткізілген орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курстың ұзақтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...6 lines deleted...]
-              <w:t>Высшее педагогическое образование с педагогическим стажем не менее семи лет, техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее девяти лет</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...6 lines deleted...]
-              <w:t>Участие в профессиональных конкурсах районного (городского), областного, республиканского (международного) уровня</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...70 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...70 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...70 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...231 lines deleted...]
-              <w:t>Владение знаниями в области информационно-коммуникационных технологий, МS Office, электронной почтой, сервисами Internet на уровне продвинутого пользователя. Наличие достаточно высокого уровня функциональной грамотности в сфере информационно-коммуникационных технологий, обоснованное применение ИКТ в образовательной деятельности для решения профессиональных, социальных и личностных задач</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="11"/>
+    <w:bookmarkStart w:name="z83" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+арттыруды ұйымдастыру     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+жөніндегі нұсқаулыққа     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+4-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...212 lines deleted...]
-        <w:t>досуговыми кружками.</w:t>
+        <w:t>                               Аудандық (қалалық) білім беру бөліміне</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...276 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="14"/>
+    <w:bookmarkStart w:name="z84" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>                              ЗАЯВЛЕНИЕ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Біліктілікті арттыру курсына педагог кадрларды жіберу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+ХАТТАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Я, _________________________ прошу рассмотреть мою кандидатуру</w:t>
-[...55 lines deleted...]
-обучения.</w:t>
+        <w:t>      Педагогикалық кеңестің 20__ жылғы «___» ______________ № ______</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+шешіміне сәйкес _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                              (жолдаушы ұйымның атауы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      _____ деңгейдегі бағдарлама бойынша 201__ жылғы ________ бастап</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+__________________ аралығындағы мерзімге біліктілікті арттыру курсына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      (Қосымша білім беретін оқу бағдарламасын жүзеге асыратын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                            мекеменің атауы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_____________________________________________________ жолдама береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                 (аты-жөні толығымен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>______________________                  «____»_____________201__ года</w:t>
-[...13 lines deleted...]
-  (подпись заявителя)                    (дата подачи заявления)</w:t>
+        <w:t>_______________________________________________  ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+           Жіберетін ұйымның басшысы                (Қолы) МО Күні</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_______________________________________________  ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Аудандық (қалалық) білім беру бөлімінің басшысы     (Қолы) МО Күні</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+_______________________________________________  ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+     Облыстық, Астана және Алматы қалалары          (Қолы) МО Күні</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      білім беру басқармаларының басшысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="15"/>
+    <w:bookmarkStart w:name="z85" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-Приложение 3       </w:t>
-[...13 lines deleted...]
-к Инструкции по организации</w:t>
+арттыруды ұйымдастыру     </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-повышения квалификации  </w:t>
+жөніндегі нұсқаулыққа     </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-педагогических кадров   </w:t>
-[...13 lines deleted...]
-от 4 января 2013 года № 1</w:t>
+5-қосымша           </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z90" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z86" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-форма            </w:t>
+        <w:t>
+нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z81" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>      ПЕДАГОГ                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      КАДРЛАРДЫҢ                   БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БІЛІКТІЛІГІН                   МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      АРТТЫРУ                  МИНИСТЕРСТВО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ДЕҢГЕЙЛІ                         И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БАҒДАРЛАМАЛАРЫ             РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    УРОВНЕВЫЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПРОГРАММЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПОВЫШЕНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КВАЛИФИКАЦИИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПЕДАГОГИЧЕСКИХ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КАДРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-        <w:t>                     Республики Казахстан</w:t>
+        </w:rPr>
+        <w:t>
+_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4022"/>
-        <w:gridCol w:w="9058"/>
+        <w:gridCol w:w="6313"/>
+        <w:gridCol w:w="6673"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4022" w:type="dxa"/>
+            <w:tcW w:w="6313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="4022" w:type="dxa"/>
+кадрларының біліктілігін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағдарламалары аясында үшінші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(базалық) деңгей бағдарламасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бойынша мұғалімдерді оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>окончил(а) курсы обучения</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...65 lines deleted...]
-            </w:pPr>
+учителей по программе третьего</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...65 lines deleted...]
-            </w:pPr>
+(базового) уровня в рамках</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...65 lines deleted...]
-            </w:pPr>
+уровневых программ повышения</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...65 lines deleted...]
-            </w:pPr>
+квалификации педагогических</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...552 lines deleted...]
-</w:t>
+кадров Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>Ұйымның атауы _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ұйымның жетешісі ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                           Ш № 000000</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                           III</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Берілген күні: 20__ ж. “__” _______ Дата выдачи: “__” _______ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+арттыруды ұйымдастыру     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+жөніндегі нұсқаулыққа     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+6-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z89" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ПЕДАГОГ                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      КАДРЛАРДЫҢ                   БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БІЛІКТІЛІГІН                   МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      АРТТЫРУ                  МИНИСТЕРСТВО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ДЕҢГЕЙЛІ                         И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БАҒДАРЛАМАЛАРЫ             РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    УРОВНЕВЫЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПРОГРАММЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПОВЫШЕНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КВАЛИФИКАЦИИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПЕДАГОГИЧЕСКИХ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КАДРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>            Предыдущие курсы повышения квалификации</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="831"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4163"/>
+        <w:gridCol w:w="6333"/>
+        <w:gridCol w:w="6633"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="831" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcW w:w="6333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
-[...10 lines deleted...]
-            <w:tcW w:w="3285" w:type="dxa"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кадрларының біліктілігін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+арттырудың деңгейлі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағдарламалары аясында екінші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(негізгі) деңгей бағдарламасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бойынша мұғалімдерді оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6633" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
-[...70 lines deleted...]
-            </w:pPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>окончил (а) курсы обучения</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+учителей по программе второго</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+(основного) уровня в рамках</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+уровневых программ повышения</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...30 lines deleted...]
-            </w:pPr>
+квалификации педагогических</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...277 lines deleted...]
-</w:t>
+кадров Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="19"/>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...246 lines deleted...]
-с ___________________ по ________________ 201__ года.</w:t>
+        <w:t>Ұйымның атауы _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Наименование организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________     _______«__» _______201__ года</w:t>
-[...33 lines deleted...]
-        <w:t>       М.П. (Подпись)</w:t>
+        <w:t>Ұйымның жетешісі ____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Руководитель организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                          II № 000000</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                          II</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Берілген күні: 20__ ж. “__” _______ Дата выдачи: “__” _______ 20__ г.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z91" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Педагог кадрлардың біліктілігін</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+арттыруды ұйымдастыру     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+жөніндегі нұсқаулыққа     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+7-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z92" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>________________________________     ___________«__»_______201__ года</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> М.П. (Подпись)</w:t>
+        <w:t>      ПЕДАГОГ                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      КАДРЛАРДЫҢ                   БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БІЛІКТІЛІГІН                   МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      АРТТЫРУ                  МИНИСТЕРСТВО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ДЕҢГЕЙЛІ                         И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      БАҒДАРЛАМАЛАРЫ             РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    УРОВНЕВЫЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПРОГРАММЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПОВЫШЕНИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КВАЛИФИКАЦИИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    ПЕДАГОГИЧЕСКИХ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                    КАДРОВ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z93" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...62 lines deleted...]
-        <w:t>управления образования</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+СЕРТИФИКАТ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="22"/>
-[...179 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6587"/>
-        <w:gridCol w:w="6493"/>
+        <w:gridCol w:w="6273"/>
+        <w:gridCol w:w="6713"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6587" w:type="dxa"/>
+            <w:tcW w:w="6273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы педагог кадрларының</w:t>
+              <w:t>Қазақстан Республикасы педагог</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>біліктілігін арттырудың деңгейлі</w:t>
+кадрларының біліктілігін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>бағдарламалары аясында ушінші (базалық)</w:t>
+арттырудың деңгейлі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>деңгей бағдарламасы бойынша мұғалімдерді</w:t>
+бағдарламалары аясында бірінші</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...15 lines deleted...]
-            <w:tcW w:w="6493" w:type="dxa"/>
+(ілгері) деңгей бағдарламасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бойынша мұғалімдерді оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+курстарын аяқтады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>окончил (а) курсы обучения учителей по</w:t>
+              <w:t>окончил (а) курсы обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>программе третьего (базового) уровня в</w:t>
+учителей по программе первого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>рамках уровневых программ повышения</w:t>
+(продвинутого) уровня в рамках</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>квалификации педагогических кадров</w:t>
+уровневых программ повышения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Республики Казахстан</w:t>
+квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кадров Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның атауы________________________________________________________________</w:t>
+        <w:t>Ұйымның атауы _______________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 Наименование организации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ұйымның жетешісі_____________________________________________________________</w:t>
+        <w:t>Ұйымның жетешісі ____________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 Руководитель организации</w:t>
       </w:r>
-    </w:p>
-[...399 lines deleted...]
-        </w:drawing>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                           I № 000000</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                           I</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Берілген күні: 20__ ж. “__” _______ Дата выдачи: “__” _______ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1440 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10361,38 +9301,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
 </file>
 
 <file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>