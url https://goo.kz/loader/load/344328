--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -1,246 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009B7730" w:rsidRDefault="000E397B">
+    <w:p w:rsidR="00FF5913" w:rsidRDefault="00FF5913" w:rsidP="00FF5913">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> с целью знакомства с обячаями и традициями казахского народа. Побеседовали о национальной одежде, рассказали о «семи ценностях» казахского народа.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Рухани </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004929EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңғыру» бағдарламасын іске асыру аясында балабақшада  қазақ тілі мұғалімдерімен дайындық топтарда  «Тарихқа жаяу» атты сабақ өткізілді. Шараға  «Халық радионының» өкілі қатысты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00993E76" w:rsidRDefault="004845DD">
+    <w:p w:rsidR="00FF5913" w:rsidRDefault="00FF5913" w:rsidP="00FF5913">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Милена рассказала о национальной игре «Аққу – қаздар. Гуси </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Балалар  «Шаңырақ» атты мұражайда қазақ халқының салт – дәстүрлерімен танысып, ұлттық киімдер туралы әңгімеледі, «жеті қазына» туралы өнегелі сөздер айтты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF5913" w:rsidRDefault="00FF5913" w:rsidP="00FF5913">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұлттық ойындар балаларды  рухани </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00486076">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лебеди»</w:t>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> Кәрімова А.Л. выступила по теме «Воспитание нравственных качеств  через этнопедагогику»</w:t>
+        <w:t xml:space="preserve"> адамгершілікке тәрбиелейді. Милена «Аққу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00486076">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазадар» атты ойынның мазмұнын  әңгімеледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66D66" w:rsidRDefault="00B66D66" w:rsidP="00B66D66">
+    <w:p w:rsidR="00FF5913" w:rsidRDefault="00FF5913" w:rsidP="00FF5913">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар  қазақтардың көшпелі өмірі  туралы мәлімет алды. Киіз үйдің бөлшектері туралы білді және «киіз үйді құрастырайық» сөздік ойынына қатысты. «Туған жер» атты әнмен балалар Отанға, туған еліне деген сүйіспеншілігін көрсетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF5913" w:rsidRPr="00486076" w:rsidRDefault="00FF5913" w:rsidP="00FF5913">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ тілі мұғалімі Кәрімова А.Л. «Мектепке дейінгі балалардың адамгершілік қасиеттерін әтнопедагогика арқылы тәрбиелеу».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00FF5913" w:rsidRDefault="00FF5913">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B66D66" w:rsidRDefault="00B66D66" w:rsidP="00B66D66">
+    <w:p w:rsidR="00FD5D11" w:rsidRDefault="001E0A9E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5040000" cy="3777895"/>
             <wp:effectExtent l="38100" t="57150" r="122550" b="89255"/>
             <wp:docPr id="1" name="Рисунок 0" descr="IMG-20171113-WA0024.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IMG-20171113-WA0024.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
@@ -258,51 +220,51 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="38100" cap="sq">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="000000">
                           <a:alpha val="43000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66D66" w:rsidRDefault="00B66D66" w:rsidP="00B66D66">
+    <w:p w:rsidR="001E0A9E" w:rsidRDefault="001E0A9E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5040000" cy="3782997"/>
             <wp:effectExtent l="304800" t="266700" r="332100" b="274653"/>
             <wp:docPr id="2" name="Рисунок 1" descr="IMG-20171113-WA0025.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IMG-20171113-WA0025.jpg"/>
                     <pic:cNvPicPr/>
@@ -464,51 +426,51 @@
                         <a:srgbClr val="000000">
                           <a:alpha val="43000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:scene3d>
                       <a:camera prst="perspectiveFront" fov="5400000"/>
                       <a:lightRig rig="threePt" dir="t">
                         <a:rot lat="0" lon="0" rev="2100000"/>
                       </a:lightRig>
                     </a:scene3d>
                     <a:sp3d extrusionH="25400">
                       <a:bevelT w="304800" h="152400" prst="hardEdge"/>
                       <a:extrusionClr>
                         <a:srgbClr val="000000"/>
                       </a:extrusionClr>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66D66" w:rsidRPr="001E0A9E" w:rsidRDefault="00B66D66" w:rsidP="00B66D66">
+    <w:p w:rsidR="001E0A9E" w:rsidRPr="001E0A9E" w:rsidRDefault="001E0A9E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5040000" cy="3782997"/>
             <wp:effectExtent l="171450" t="133350" r="141600" b="122253"/>
             <wp:docPr id="5" name="Рисунок 4" descr="IMG-20171113-WA0028.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IMG-20171113-WA0028.jpg"/>
                     <pic:cNvPicPr/>
@@ -614,140 +576,127 @@
                         <a:srgbClr val="000000">
                           <a:alpha val="45000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="twoPt" dir="t">
                         <a:rot lat="0" lon="0" rev="7200000"/>
                       </a:lightRig>
                     </a:scene3d>
                     <a:sp3d>
                       <a:bevelT w="25400" h="19050"/>
                       <a:contourClr>
                         <a:srgbClr val="FFFFFF"/>
                       </a:contourClr>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66D66" w:rsidRDefault="00B66D66">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00B66D66" w:rsidSect="007A34FF">
+    <w:sectPr w:rsidR="001E0A9E" w:rsidRPr="001E0A9E" w:rsidSect="00776DD1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00FD1908"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FD1908"/>
+    <w:rsidRoot w:val="001E0A9E"/>
+    <w:rsid w:val="00170F68"/>
+    <w:rsid w:val="001E0A9E"/>
+    <w:rsid w:val="00552CE3"/>
+    <w:rsid w:val="00743B06"/>
+    <w:rsid w:val="00776DD1"/>
+    <w:rsid w:val="00D300C2"/>
+    <w:rsid w:val="00FF5913"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -872,312 +821,121 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A34FF"/>
+    <w:rsid w:val="001E0A9E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B66D66"/>
+    <w:rsid w:val="001E0A9E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B66D66"/>
+    <w:rsid w:val="001E0A9E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1211,86 +969,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1426,69 +1182,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>135</Words>
-  <Characters>771</Characters>
+  <Words>123</Words>
+  <Characters>705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>*</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>905</CharactersWithSpaces>
+  <CharactersWithSpaces>827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>