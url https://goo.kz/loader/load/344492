--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="000465A8" w:rsidRDefault="000465A8" w:rsidP="00CB273C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000465A8" w:rsidRDefault="000465A8" w:rsidP="00CB273C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -126,97 +126,82 @@
         <w:t>«Халы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>тарих</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000465A8">
+      <w:r w:rsidR="00055C1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>толқынында</w:t>
-[...11 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>толқынында»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000465A8" w:rsidRPr="000465A8" w:rsidRDefault="000465A8" w:rsidP="000465A8">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="150" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="420" w:right="75"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:eastAsia="Times New Roman" w:hAnsi="Roboto Condensed" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
@@ -224,79 +209,103 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Совместное мероприяти</w:t>
       </w:r>
       <w:r w:rsidR="00B13B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> между я/с №116 и я/с№2 по реализации программы Главы государства Н.А. Назарбаева</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000465A8" w:rsidRPr="000465A8" w:rsidRDefault="000465A8" w:rsidP="000465A8">
+    <w:p w:rsidR="000465A8" w:rsidRPr="000465A8" w:rsidRDefault="00055C1A" w:rsidP="000465A8">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="150" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:left="420" w:right="75"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000465A8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Болашаққа бағдар: рухани жаңғыру</w:t>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000465A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ухани жаңғыру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Болашаққа бағдар</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000465A8" w:rsidRPr="000465A8" w:rsidRDefault="000465A8" w:rsidP="00CB273C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000465A8" w:rsidRDefault="000465A8" w:rsidP="00CB273C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -455,71 +464,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Ұйымдастырып өткізген </w:t>
       </w:r>
       <w:r w:rsidRPr="00B13B49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№116,</w:t>
-[...19 lines deleted...]
-        <w:t>№2</w:t>
+        <w:t>№116,№2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> балабақша мұғалімдері: КаримоваА.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Л. Хасенова А. С. Каирбекова К.З.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000465A8" w:rsidRPr="000465A8" w:rsidRDefault="000465A8" w:rsidP="000465A8">
@@ -573,60 +562,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CB273C" w:rsidRPr="00484521" w:rsidRDefault="00030312" w:rsidP="00CB273C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB273C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1. Вед:</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00484521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Құрметті әріптестер! Екі балабақшаның бірігіп ұйымдастырған іс-шараға қош келіпсіздер!</w:t>
       </w:r>
       <w:r w:rsidR="00CB273C" w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Еліміз жаңа тарихи кезеңге аяқ басты. Біздің мақсатымыз айқын, бағытымыз белгілі, ол – әлемдегі ең дамыған </w:t>
       </w:r>
       <w:r w:rsidR="00CB273C" w:rsidRPr="00484521">
@@ -754,61 +733,50 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB273C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB273C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Вед:</w:t>
       </w:r>
       <w:r w:rsidR="00484521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Ув гости, коллеги добро пожаловать совместное мероприятие организованное между нашими садами! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00030312" w:rsidRPr="00FB0968" w:rsidRDefault="00030312" w:rsidP="00030312">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="23"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -903,323 +871,147 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Цель известна – </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>войти в тридцатку развитых государств мира</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Оба </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> процесса имеют четкие цели и задачи, приоритеты, методы их достижения. </w:t>
+        <w:t xml:space="preserve">. Оба модернизационных процесса имеют четкие цели и задачи, приоритеты, методы их достижения. </w:t>
       </w:r>
       <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Надо отметить, что за годы Независимости нами был принят и реализован ряд крупных программ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C50536" w:rsidRPr="00FB0968" w:rsidRDefault="00C50536" w:rsidP="00C50536">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>С 2004 года была реализована программа </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...51 lines deleted...]
-        <w:t>»,</w:t>
+        <w:t>«Мәденимұра»,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> направленная на восстановление историко-культурных памятников и объектов на территории Казахстана.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C50536" w:rsidRPr="00FB0968" w:rsidRDefault="00C50536" w:rsidP="00C50536">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>В</w:t>
-[...111 lines deleted...]
-        <w:t>»,</w:t>
+        <w:t>В2013 году мы приняли программу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Халықтарихтолқынында»,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> позволившую нам системно  собрать и изучить документы из ведущих мировых архивов, посвященные истории нашей страны.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00030312" w:rsidRPr="00FB0968" w:rsidRDefault="00030312" w:rsidP="00C50536">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1278,61 +1070,50 @@
         </w:rPr>
         <w:t>Бүгінгі кездесуімізді танысудан бастайық.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BC1E06" w:rsidRPr="00FB0968" w:rsidRDefault="00030312" w:rsidP="00030312">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Вед:А мы с вами ув. колллеги начнем свою встречу с знакомства друг с другом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B0D5F" w:rsidRPr="00FB0968" w:rsidRDefault="003B0D5F" w:rsidP="00030312">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -1529,147 +1310,124 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF4C7A" w:rsidRPr="000465A8" w:rsidRDefault="00BC1E06" w:rsidP="00484521">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="150" w:line="450" w:lineRule="atLeast"/>
         <w:ind w:right="75"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1. Вед:</w:t>
       </w:r>
-      <w:r w:rsidR="00CB273C" w:rsidRPr="000465A8">
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Біздің елбасымыз Н.Ә. Назарбаев </w:t>
       </w:r>
       <w:r w:rsidR="00BF4C7A" w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Болашаққа бағдар: рухани жаңғыру статьясыеда екі бағыт қарыстырып отыр,олар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB273C" w:rsidRPr="00BF4C7A" w:rsidRDefault="00BF4C7A" w:rsidP="00BF4C7A">
+    <w:p w:rsidR="00CB273C" w:rsidRPr="00BF4C7A" w:rsidRDefault="00CB273C" w:rsidP="00BF4C7A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4C7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4C7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>ХХІ ҒАСЫРДАҒЫ ҰЛТТЫҚ САНА ТУРАЛЫ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A" w:rsidRDefault="00BF4C7A" w:rsidP="00BF4C7A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4C7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1697,87 +1455,64 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Вед:</w:t>
       </w:r>
       <w:r w:rsidR="000157F1" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Итак,глава государства Н.А.Назарбаев в своей статье «Взгляд в будущее»:</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000157F1" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>модернизация общественного сознания</w:t>
       </w:r>
       <w:r w:rsidR="000157F1" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> раскрывает два основных направления это:</w:t>
       </w:r>
@@ -1793,693 +1528,584 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">I. О НАЦИОНАЛЬНОМ </w:t>
       </w:r>
       <w:r w:rsidR="00BF4C7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СОЗНАНИИ В XXI</w:t>
       </w:r>
       <w:r w:rsidR="000157F1" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:color w:val="007C96"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000157F1" w:rsidRPr="00FB0968">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>II. ПОВЕСТКА ДНЯ НА БЛИЖАЙШИЕ ГОДЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000157F1" w:rsidRPr="00BF4C7A" w:rsidRDefault="000157F1" w:rsidP="000157F1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Вед:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңғыру атаулы бұрынғыдай тарихи тәжірибе мен ұлттық дәстүрлерге шекеден қарамауға тиіс. Керісінше, замана сынынан сүрінбей өткен озық дәстүрлерді табысты жаңғырудың маңызды алғышарттарына айналдыра білу қажет. Егер жаңғыру елдің ұлттық-рухани тамырынан нәр ала алмаса, ол адасуға бастайды. Сонымен бірге, рухани жаңғыру ұлттық сананың түрлі полюстерін қиыннан қиыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>рып, жарастыра алатын құдіретімен маңызды. Бұл – тарлан тарихтың, жасампаз бүгінгі күн мен жарқын болашақтың көкжиектерін үйле</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>сімді сабақтастыратын ұлт жадының тұғыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>намасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50536" w:rsidRPr="00FB0968" w:rsidRDefault="000157F1" w:rsidP="00C50536">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вед:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="000157F1" w:rsidRPr="00BF4C7A" w:rsidRDefault="000157F1" w:rsidP="000157F1">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Говоря </w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О НАЦИОНАЛЬНОМ СОЗНАНИИ В XXI ВЕКЕ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, президент отмечает что</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Первое условие</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> модернизации нового типа – это </w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сохранение своей культуры</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Новая модернизация не должна, как прежде, высокомерно смотреть на исторический опыт и традиции. Наоборот, она должна сделать</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> лучшие традиции предпосылкой, важным условием успеха модернизации. Это платформа, соединяющая горизонты прошлог</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о, настоящего и будущего народа</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Без опоры на национально-культурные корни модернизация повиснет в воздухе.  А это значит, что история и национальные традиции должны быть обязательно учтены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50536" w:rsidRPr="00FB0968" w:rsidRDefault="003B0D5F" w:rsidP="00C50536">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50536" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Показ обрядов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B0D5F" w:rsidRPr="00793F6B" w:rsidRDefault="003B0D5F" w:rsidP="003B0D5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1. Вед:</w:t>
       </w:r>
-      <w:r w:rsidR="00BF4C7A" w:rsidRPr="00BF4C7A">
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="00793F6B" w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н.А. Назарбаев</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рухани жаңғыру бағдарламасында бірнеше бағдар берілген.</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B" w:rsidRPr="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Бұл ретте, тұтас қоғамның және әрбір қа</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B" w:rsidRPr="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жаңғыру атаулы бұрынғыдай тарихи тәжірибе мен ұлттық дәстүрлерге шекеден қарамауға тиіс. Керісінше, замана сынынан сүрінбей өткен озық дәстүрлерді табысты жаңғырудың маңызды алғышарттарына айналдыра білу қажет. Егер жаңғыру елдің ұлттық-рухани тамырынан нәр ала алмаса, ол адасуға бастайды. Сонымен бірге, рухани жаңғыру ұлттық сананың түрлі полюстерін қиыннан қиыс</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:softHyphen/>
+        <w:t>зақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B" w:rsidRPr="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>ты</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>стан</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B" w:rsidRPr="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>рып, жарастыра алатын құдіретімен маңызды. Бұл – тарлан тарихтың, жасампаз бүгінгі күн мен жарқын болашақтың көкжиектерін үйле</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">дықтың санасын жаңғыртудың </w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:softHyphen/>
-        <w:t>сімді сабақтастыратын ұлт жадының тұғыр</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>неше бағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:softHyphen/>
-        <w:t>намасы</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C50536" w:rsidRPr="00FB0968" w:rsidRDefault="000157F1" w:rsidP="00C50536">
+        <w:t>тын аталынған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B0D5F" w:rsidRPr="00FB0968" w:rsidRDefault="003B0D5F" w:rsidP="003B0D5F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FB0968">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вед:Н.А. Назарбаев выделил несколь</w:t>
+      </w:r>
+      <w:r w:rsidR="00793F6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Вед:</w:t>
-[...6 lines deleted...]
-          <w:caps/>
+        <w:t>ко направлений модернизации соз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB0968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="36"/>
-[...415 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нания</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> как общества в целом, так и каждого </w:t>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> как общества в целом, так и каждого казахстанца.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B0D5F" w:rsidRPr="00FB0968" w:rsidRDefault="003B0D5F" w:rsidP="003B0D5F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
@@ -2593,73 +2219,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Вед:А сейчас мы послушаем стихотворение на анг яз</w:t>
-[...21 lines deleted...]
-        <w:t>преподавателя англ яз</w:t>
+        <w:t>Вед:А сейчас мы послушаем стихотворение на анг язпреподавателя англ яз</w:t>
       </w:r>
       <w:r w:rsidR="00BF4C7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB0968" w:rsidRPr="000465A8" w:rsidRDefault="007F617C" w:rsidP="00FB0968">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -2715,61 +2319,50 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ұлттық бірегейлікті сақтау</w:t>
       </w:r>
       <w:r w:rsidR="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="000465A8" w:rsidRPr="000465A8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ұлттық салт-дәстүрлеріміз, тіліміз бен музыкамыз, әдебиетіміз, жоралғыларымыз, бір сөзбен айтқанда ұлттық рухымыз бойымызда мәңгі қалуға тиіс. Абайдың даналығы, Әуезовтің ғұламалығы, Жамбылдың жырлары мен Құрманғазының күй</w:t>
       </w:r>
       <w:r w:rsidR="000465A8" w:rsidRPr="000465A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>лері, ғасырлар қойнауынан жеткен бабалар үні – бұлар біздің рухани мәдениетіміздің бір парасы ғана.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB0968" w:rsidRPr="00FB0968" w:rsidRDefault="007F617C" w:rsidP="00FB0968">
@@ -2898,123 +2491,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> вечно </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оставаться с нами</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Мудрость Абая, перо </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> – это только </w:t>
+        <w:t>. Мудрость Абая, перо Ауэзова, проникновенные строки Джамбула, волшебные звуки Курмангазы, вечный зов аруаха – это только </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>часть нашей духовной культуры</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FB0968" w:rsidRPr="00FB0968">
@@ -3303,236 +2824,234 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00821993" w:rsidRPr="00740E7B" w:rsidSect="00D6303D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="007823FA" w:rsidRDefault="007823FA" w:rsidP="000465A8">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00E4035F" w:rsidRDefault="00E4035F" w:rsidP="000465A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007823FA" w:rsidRDefault="007823FA" w:rsidP="000465A8">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00E4035F" w:rsidRDefault="00E4035F" w:rsidP="000465A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Condensed">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="007823FA" w:rsidRDefault="007823FA" w:rsidP="000465A8">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00E4035F" w:rsidRDefault="00E4035F" w:rsidP="000465A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007823FA" w:rsidRDefault="007823FA" w:rsidP="000465A8">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00E4035F" w:rsidRDefault="00E4035F" w:rsidP="000465A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00662EC7"/>
     <w:rsid w:val="000157F1"/>
     <w:rsid w:val="00030312"/>
     <w:rsid w:val="000465A8"/>
+    <w:rsid w:val="00055C1A"/>
     <w:rsid w:val="00142B7B"/>
     <w:rsid w:val="00145001"/>
     <w:rsid w:val="003301BF"/>
     <w:rsid w:val="003B0D5F"/>
     <w:rsid w:val="00484521"/>
     <w:rsid w:val="00487451"/>
     <w:rsid w:val="004B7F1F"/>
     <w:rsid w:val="00662EC7"/>
     <w:rsid w:val="006F2760"/>
     <w:rsid w:val="00740E7B"/>
     <w:rsid w:val="007823FA"/>
     <w:rsid w:val="0079085C"/>
     <w:rsid w:val="00793F6B"/>
     <w:rsid w:val="007A1B81"/>
     <w:rsid w:val="007F617C"/>
     <w:rsid w:val="00821993"/>
+    <w:rsid w:val="008F49E8"/>
     <w:rsid w:val="00941E47"/>
     <w:rsid w:val="00981C60"/>
     <w:rsid w:val="00A65A99"/>
     <w:rsid w:val="00AC382D"/>
     <w:rsid w:val="00B13B49"/>
     <w:rsid w:val="00BC1E06"/>
     <w:rsid w:val="00BF4C7A"/>
     <w:rsid w:val="00C50536"/>
     <w:rsid w:val="00C61C2E"/>
     <w:rsid w:val="00C86985"/>
     <w:rsid w:val="00CB273C"/>
     <w:rsid w:val="00CE1AFA"/>
     <w:rsid w:val="00CE3CCF"/>
     <w:rsid w:val="00D31761"/>
     <w:rsid w:val="00D6303D"/>
     <w:rsid w:val="00DA342D"/>
+    <w:rsid w:val="00E4035F"/>
     <w:rsid w:val="00F17F51"/>
     <w:rsid w:val="00F75F51"/>
     <w:rsid w:val="00FB0968"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -3646,85 +3165,87 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="008F49E8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BF4C7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BF4C7A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
@@ -4138,51 +3659,51 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F2760"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00981C60"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="289022287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="541284510">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4252,51 +3773,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1592162697">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4558,73 +4079,73 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE8A1F7A-5B99-4B1C-AF5E-1D13C505CDB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>830</Words>
-  <Characters>4733</Characters>
+  <Words>827</Words>
+  <Characters>4716</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5552</CharactersWithSpaces>
+  <CharactersWithSpaces>5532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Санжар</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>