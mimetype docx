--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,427 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00943E19" w:rsidRPr="0007074B" w:rsidRDefault="00943E19" w:rsidP="0007074B">
+    <w:p w:rsidR="00EA3C17" w:rsidRDefault="00EA3C17" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00943E19" w:rsidP="00EB5DB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0007074B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5DB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Прямой эфир на Областном Телеканале «ERTIS» «</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстық «ERTIS» телеарнасының «Ертіс Таңы»</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0007074B">
+    </w:p>
+    <w:p w:rsidR="00EA3C17" w:rsidRPr="00EB5DB6" w:rsidRDefault="00943E19" w:rsidP="00EB5DB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Ертіс</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>эфирінде тікелей сухбат.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00EA3C17" w:rsidRDefault="00EA3C17" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00395055" w:rsidRPr="002C7322" w:rsidRDefault="00FF6194" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7322">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29 қараша күні «Ертіс» телеарнасы таңғы бағдарламасын Павлодар қаласының бақшалары арасында өтіп жатқан «Асық partu» акциясына арнады. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Т</w:t>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00FF6194" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7322">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Акцияны бастаған «Ертіс Медиа» директорының орынбасары Жұмабек Сматовтың шақыруымен № 35 сәбилер бақшасының өкілі қазақ тілі мұғалімі Айгүл Қалкенқызы Эсеналиева шақырылды.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...151 lines deleted...]
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="0007074B">
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00EB5DB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00EB5DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3543300" cy="2461165"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 2" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0008.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0008.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3546649" cy="2463491"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="00395055">
-[...10 lines deleted...]
-    <w:p w:rsidR="0007074B" w:rsidRDefault="00230428" w:rsidP="00395055">
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF6194" w:rsidRPr="002C7322" w:rsidRDefault="00FF6194" w:rsidP="00395055">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C7322">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Участники инициативной группы </w:t>
+        <w:t xml:space="preserve"> Бағдарлама барысында телеарна жүргізушісі Есенбек Саматұлы балалардың тәрбиесінде асық ойындарын қолданудың пайдасы мен тиімділігі жөнінде тартымды әңгіме жүргізді. </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00FF6194" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002C7322">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>«</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Асық partu» тобынының белсенді өкілдері журналистер Жарқынбек Амантайұлы мен Данияр Жұмаділ акцияның қалай басталғанын айтып берді. № 35 сәбилер бақшасы мектепке дейінгі білім беру мекемелері арасында осы игі бастамаға бірінші болып қолдау көрсетті. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C7322">
-[...57 lines deleted...]
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="0007074B">
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00EB5DB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0007074B">
+      <w:r w:rsidRPr="00EB5DB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3619500" cy="2486025"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 3" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0010.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0010.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
@@ -431,116 +290,147 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619500" cy="2486025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="00395055">
-[...21 lines deleted...]
-    <w:p w:rsidR="0007074B" w:rsidRDefault="003F54A9" w:rsidP="00395055">
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF6194" w:rsidRPr="002C7322" w:rsidRDefault="00FF6194" w:rsidP="00395055">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C7322">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Акция развивается во многом благодаря таким неравнодушным руководителям, которые создают все условия, для развития государственного языка и национальнных традиций, считают журналисты. </w:t>
+        <w:t>Сонымен қатар осы іске бақшаның басшысы Гүлжауар Жанғалиқызы Әубакірованың қосқан үлесі туралы айтылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="00395055">
-[...10 lines deleted...]
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="0007074B">
+    <w:p w:rsidR="00E67E61" w:rsidRDefault="00E67E61" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7322">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Журналистер № 35 сәбилер бақшасында тәрбиешілер сабақтарында асықтар, асықтан жасалған оқыту құралдарын кеңінен қолданатынына куә болғанын айтты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5DB6" w:rsidRDefault="00EB5DB6" w:rsidP="00EB5DB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0007074B">
+      <w:r w:rsidRPr="00EB5DB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3437343" cy="1962150"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Рисунок 1" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0009.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\IMG-20171129-WA0009.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -550,192 +440,102 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3437343" cy="1962150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007074B" w:rsidRDefault="0007074B" w:rsidP="00395055">
-[...10 lines deleted...]
-    <w:p w:rsidR="00230428" w:rsidRPr="002C7322" w:rsidRDefault="003F54A9" w:rsidP="00395055">
+    <w:p w:rsidR="00EB5DB6" w:rsidRPr="002C7322" w:rsidRDefault="00EB5DB6" w:rsidP="00395055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67E61" w:rsidRDefault="00E67E61" w:rsidP="00395055">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C7322">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Журналисты рассказали об увиденных ими в д/садах № 35 развивающих играх с применением асыков.</w:t>
+        <w:t>Журналистердің айтуынша, осы акция мемелекеттік тілдің дамуына, ұлттық салт-дәстүрдің дамуына жағдай жасап, барынша қолдау көрсетіп жүрген басшылардың арқасында дамып келеді.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E67E61" w:rsidRPr="002C7322" w:rsidRDefault="00E67E61" w:rsidP="00395055">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C7322">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>На сегодняшний день уже 8 садов Павлодар приняли участие в акции А в Иртышском районе одновременно асыки сыграли 500 детей.</w:t>
+        <w:t>Қазіргі таңда Павлодар қаласы бойынша 8 бақша қатысты. Ал Ертіс ауданында ойынға бірден 500 бала қатысқан.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...90 lines deleted...]
-    <w:sectPr w:rsidR="00EA3C17" w:rsidSect="009B552A">
+    </w:p>
+    <w:sectPr w:rsidR="00E67E61" w:rsidRPr="002C7322" w:rsidSect="009B552A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -743,84 +543,86 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00DD64C6"/>
-    <w:rsid w:val="0007074B"/>
+    <w:rsid w:val="00062261"/>
     <w:rsid w:val="00230428"/>
     <w:rsid w:val="002C7322"/>
     <w:rsid w:val="00395055"/>
     <w:rsid w:val="003F4A09"/>
     <w:rsid w:val="003F54A9"/>
     <w:rsid w:val="00465713"/>
     <w:rsid w:val="00670F89"/>
-    <w:rsid w:val="007C793A"/>
+    <w:rsid w:val="00880277"/>
     <w:rsid w:val="00943E19"/>
     <w:rsid w:val="009B552A"/>
+    <w:rsid w:val="00BA5845"/>
     <w:rsid w:val="00BB1DAC"/>
     <w:rsid w:val="00DD64C6"/>
     <w:rsid w:val="00E67E61"/>
     <w:rsid w:val="00EA3C17"/>
+    <w:rsid w:val="00EB5DB6"/>
     <w:rsid w:val="00FF6194"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -982,67 +784,67 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0007074B"/>
+    <w:rsid w:val="00EB5DB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0007074B"/>
+    <w:rsid w:val="00EB5DB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1500,69 +1302,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>181</Words>
-  <Characters>1032</Characters>
+  <Words>200</Words>
+  <Characters>1143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1211</CharactersWithSpaces>
+  <CharactersWithSpaces>1341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ясли Сад №35</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>