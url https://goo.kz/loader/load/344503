--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -9,791 +9,514 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:background w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
   <w:body>
-    <w:p w:rsidR="007B10D4" w:rsidRDefault="007B10D4" w:rsidP="00F204F7">
+    <w:p w:rsidR="00EE06B8" w:rsidRDefault="00EE06B8" w:rsidP="00164E1B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="000A68D6" w:rsidRDefault="000A68D6" w:rsidP="00164E1B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПЕДАГОГ</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Международный научно-педагогический, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C13F0F" w:rsidRDefault="000A68D6" w:rsidP="00164E1B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ықаралық</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE79B4">
+        <w:t>методический журнал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE06B8" w:rsidRPr="00EE06B8" w:rsidRDefault="00EE06B8" w:rsidP="00164E1B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE06B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ғылыми-</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">педагогикалық </w:t>
+        <w:t>ПЕДАГОГ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00164E1B" w:rsidRPr="00EE79B4" w:rsidRDefault="00EE79B4" w:rsidP="00F204F7">
+    <w:p w:rsidR="00EE79B4" w:rsidRPr="003E5BC7" w:rsidRDefault="000A68D6" w:rsidP="00EE79B4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ноябре месяце </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE79B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года  вышел очередной номер Международного научно-педагогического, методического журнала  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A68D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...92 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ПЕДАГОГ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> біздің педагогтар</w:t>
+        <w:t>. А данном журнале  наши педагоги</w:t>
       </w:r>
       <w:r w:rsidR="00C13F0F" w:rsidRPr="00EE79B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Усатенко Валентина Владимировна, Мальцева Ирина Валерьевна,  Гура Мария Павловна  </w:t>
       </w:r>
-      <w:r w:rsidR="00EE79B4">
-[...6 lines deleted...]
-        <w:t>өз педагогикалық шығармаларын, әдістемелік жинақтарын, мақалаларын</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разместили свои педагогические разработки, методические пособия.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00EE79B4" w:rsidRPr="003E5BC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00732706" w:rsidRPr="00EE79B4" w:rsidRDefault="00EE79B4" w:rsidP="00C13F0F">
+    <w:p w:rsidR="00732706" w:rsidRPr="00EE79B4" w:rsidRDefault="000A68D6" w:rsidP="00C13F0F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Біздің педагогтарымыздың мақалаларын </w:t>
-[...44 lines deleted...]
-        <w:t>еттерінде оқи аласыздар.</w:t>
+        <w:t>Познакомиться с педагогическими статьями, разработками Вы можете на страницах №6, 74, 77.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C13F0F" w:rsidRDefault="00114720" w:rsidP="00114720">
+    <w:p w:rsidR="000A68D6" w:rsidRPr="00114720" w:rsidRDefault="000A68D6" w:rsidP="000A68D6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Проектная деятельность, как средство развития познавательной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A68D6" w:rsidRPr="000A68D6" w:rsidRDefault="000A68D6" w:rsidP="000A68D6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>активности детей старшего дошкольного возраста»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитатель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Усатенко Валентина Владимировна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B10D4">
+      <w:r w:rsidRPr="000A68D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стр. №6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A68D6" w:rsidRPr="00114720" w:rsidRDefault="000A68D6" w:rsidP="000A68D6">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A68D6" w:rsidRPr="000A68D6" w:rsidRDefault="000A68D6" w:rsidP="000A68D6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Учимся играя» –воспитатель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мальцева Ирина Валерьевна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A68D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стр. №79</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A68D6" w:rsidRPr="000A68D6" w:rsidRDefault="000A68D6" w:rsidP="000A68D6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="007B10D4">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00114720">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омик для Гном Гномыча»  - воспитатель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гура Мария Павловна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A68D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стр.№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A68D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B10D4">
-[...32 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000A68D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00114720" w:rsidRPr="00114720" w:rsidRDefault="00114720" w:rsidP="00114720">
-[...219 lines deleted...]
-    <w:p w:rsidR="0093238D" w:rsidRPr="0093238D" w:rsidRDefault="0093238D">
+    <w:p w:rsidR="0093238D" w:rsidRPr="0093238D" w:rsidRDefault="0093238D" w:rsidP="000A68D6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0093238D" w:rsidRPr="0093238D" w:rsidSect="00391037">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="002C7B73" w:rsidRDefault="002C7B73" w:rsidP="001C64E1">
+    <w:p w:rsidR="00D533DB" w:rsidRDefault="00D533DB" w:rsidP="001C64E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="002C7B73" w:rsidRDefault="002C7B73" w:rsidP="001C64E1">
+    <w:p w:rsidR="00D533DB" w:rsidRDefault="00D533DB" w:rsidP="001C64E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -827,61 +550,61 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="001C64E1" w:rsidRDefault="001C64E1">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="001C64E1" w:rsidRDefault="001C64E1">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="002C7B73" w:rsidRDefault="002C7B73" w:rsidP="001C64E1">
+    <w:p w:rsidR="00D533DB" w:rsidRDefault="00D533DB" w:rsidP="001C64E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="002C7B73" w:rsidRDefault="002C7B73" w:rsidP="001C64E1">
+    <w:p w:rsidR="00D533DB" w:rsidRDefault="00D533DB" w:rsidP="001C64E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="001C64E1" w:rsidRDefault="001C64E1">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="001C64E1" w:rsidRDefault="001C64E1">
     <w:pPr>
@@ -899,76 +622,75 @@
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00274FC5"/>
-    <w:rsid w:val="00114720"/>
+    <w:rsid w:val="000A68D6"/>
     <w:rsid w:val="00164E1B"/>
     <w:rsid w:val="001943ED"/>
     <w:rsid w:val="001C64E1"/>
     <w:rsid w:val="00274FC5"/>
     <w:rsid w:val="002A652E"/>
-    <w:rsid w:val="002C7B73"/>
     <w:rsid w:val="00391037"/>
     <w:rsid w:val="003E5BC7"/>
-    <w:rsid w:val="004565A9"/>
     <w:rsid w:val="005674C8"/>
     <w:rsid w:val="005A6522"/>
     <w:rsid w:val="005B3F91"/>
     <w:rsid w:val="00607527"/>
     <w:rsid w:val="00732706"/>
-    <w:rsid w:val="007B10D4"/>
     <w:rsid w:val="00905424"/>
     <w:rsid w:val="0093238D"/>
     <w:rsid w:val="00940E87"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00BC154C"/>
     <w:rsid w:val="00C13F0F"/>
     <w:rsid w:val="00D1492C"/>
-    <w:rsid w:val="00DA6A54"/>
+    <w:rsid w:val="00D533DB"/>
+    <w:rsid w:val="00EE06B8"/>
     <w:rsid w:val="00EE79B4"/>
     <w:rsid w:val="00F204F7"/>
+    <w:rsid w:val="00F71A34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1111,51 +833,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DA6A54"/>
+    <w:rsid w:val="00F71A34"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1219,51 +941,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C64E1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00114720"/>
+    <w:rsid w:val="000A68D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -1792,69 +1514,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>109</Words>
-  <Characters>626</Characters>
+  <Words>113</Words>
+  <Characters>645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>734</CharactersWithSpaces>
+  <CharactersWithSpaces>757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>