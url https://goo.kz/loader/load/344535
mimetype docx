--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -3,368 +3,367 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:background w:color="B6DDE8" w:themeColor="accent5" w:themeTint="66"/>
   <w:body>
-    <w:p w:rsidR="00D922AC" w:rsidRPr="00CD07ED" w:rsidRDefault="00D922AC" w:rsidP="00D922AC">
+    <w:p w:rsidR="00CD07ED" w:rsidRPr="00CD07ED" w:rsidRDefault="00CD07ED" w:rsidP="00D23227">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD07ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD07ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Saү’keleliqazaqtynqyzdary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD07ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81931" w:rsidRDefault="001A74BB" w:rsidP="001A74BB">
+    <w:p w:rsidR="00B900F7" w:rsidRPr="00CD07ED" w:rsidRDefault="00B900F7" w:rsidP="00D23227">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BE2A94">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD07ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D81931" w:rsidRPr="00D81931">
+        </w:rPr>
+        <w:t>Дефиле  национальных костюмов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A74BB" w:rsidRDefault="001A74BB" w:rsidP="001A74BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D81931">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD07ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D81931">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақтың сәукелелі қыздары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1F3D" w:rsidRPr="00CD07ED" w:rsidRDefault="004D1F3D" w:rsidP="001A74BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00A301D1" w:rsidRDefault="00BE2A94" w:rsidP="00A301D1">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A301D1" w:rsidRPr="00A301D1" w:rsidRDefault="00BE2A94" w:rsidP="00092DDF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D81931">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A301D1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Рухани Жа</w:t>
+        </w:rPr>
+        <w:t>В рамках реализации програ</w:t>
       </w:r>
       <w:r w:rsidRPr="00A301D1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ңғыру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D81931">
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A301D1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-      <w:r w:rsidR="00D81931" w:rsidRPr="00D81931">
+        </w:rPr>
+        <w:t>мы Рухани Жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңғыру </w:t>
+      </w:r>
+      <w:r w:rsidR="0005533C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егодня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наши </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитанни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00092DDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00092DDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акбота Кә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00092DDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00092DDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імжан, Лиза Святогор и Карина Ахмедова </w:t>
+      </w:r>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовали в ярком и трогательном конкурс-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фестивале </w:t>
+      </w:r>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дефиле  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
         <w:rPr>
           <w:rStyle w:val="a7"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D81931" w:rsidRPr="00A301D1">
+        </w:rPr>
+        <w:t>Қазақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
         <w:rPr>
           <w:rStyle w:val="a7"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D81931">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
         <w:rPr>
           <w:rStyle w:val="a7"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>сәукелелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қыздары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A301D1" w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">».  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B900F7" w:rsidRDefault="000E5CCF" w:rsidP="00A301D1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E5CCF">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="36"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3828744" cy="2873829"/>
@@ -390,215 +389,115 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3833554" cy="2877440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE2A94" w:rsidRPr="00F651BA" w:rsidRDefault="00F651BA" w:rsidP="00BE2A94">
+    <w:p w:rsidR="00BE2A94" w:rsidRPr="00CB0D43" w:rsidRDefault="00A301D1" w:rsidP="00BE2A94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F651BA">
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rStyle w:val="a7"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наши воспитанники</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...123 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представили композицию связь</w:t>
+      </w:r>
+      <w:r w:rsidR="0005533C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> времен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОШЛОЕ, НАСТОЯЩЕЕ, БУДУЩЕЕ». Костюмы  были подготовлены в оригинальном стиле. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E5CCF" w:rsidRDefault="000E5CCF" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3694357" cy="2683823"/>
@@ -624,111 +523,78 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3702692" cy="2689878"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00623FF2" w:rsidRDefault="00A35EAB" w:rsidP="00A35EAB">
+    <w:p w:rsidR="00A301D1" w:rsidRPr="00A301D1" w:rsidRDefault="00A301D1" w:rsidP="00A301D1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Юные модели, очень старались — демонстрировали, а зрители громко аплодировали. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00623FF2" w:rsidRDefault="00623FF2" w:rsidP="000E5CCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A35EAB">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="008C3DF0" w:rsidRDefault="008C3DF0" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C3DF0" w:rsidRDefault="008C3DF0" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -789,115 +655,66 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3705282" cy="2781159"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E5CCF" w:rsidRDefault="00A35EAB" w:rsidP="000E5CCF">
+    <w:p w:rsidR="000E5CCF" w:rsidRDefault="00A301D1" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A35EAB">
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый костюм был оригинален, и каждый участник неотразим. </w:t>
       </w:r>
       <w:r w:rsidR="000E5CCF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3183139" cy="3063834"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Рисунок 5" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0026.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0026.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -908,67 +725,67 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3188765" cy="3069250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E5CCF" w:rsidRDefault="00A35EAB" w:rsidP="000E5CCF">
+    <w:p w:rsidR="000E5CCF" w:rsidRDefault="00BE2A94" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жұқа киіз үстінен қазақ оюларын ойып жасаған.</w:t>
+        <w:t>Ручная работа выбивание узоров на тонком войлоке</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00822685" w:rsidRDefault="00822685" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3401044" cy="3099459"/>
             <wp:effectExtent l="19050" t="0" r="8906" b="0"/>
             <wp:docPr id="8" name="Рисунок 6" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0024.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -990,68 +807,79 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3405836" cy="3103826"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A301D1" w:rsidRDefault="00A35EAB" w:rsidP="000E5CCF">
+    <w:p w:rsidR="000E5CCF" w:rsidRDefault="00BE2A94" w:rsidP="000E5CCF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Бұл костюм оригами модулдер, кағазпластикасы және квилдинг  стилинде жасалған. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00822685">
+        <w:t>Костюм составлен из модулей в стиле оригами, бумагапластики, квиллинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A301D1" w:rsidRDefault="00822685" w:rsidP="000E5CCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3246456" cy="2624447"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Рисунок 7" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0027.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0027.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect/>
@@ -1060,1250 +888,926 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3243929" cy="2622404"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011D18" w:rsidRDefault="00413541" w:rsidP="00A301D1">
+    <w:p w:rsidR="00207E13" w:rsidRDefault="00207E13" w:rsidP="00207E13">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тәрбиеші  Раушан Мукушова осы мерекеге арнайы «Уақыт байланысы» атты өлең шығарып жазды. Шығарма мазмұнында сәукеле бұрынғы заманның, заманауи мен келешек уақыттары туралы айтылған, яғни сәукеле уақыт байланысы болып табылады.  Акбота Кәрімжан, Лиза Святогор және Карина Ахмедова өлендерді қазақ халқы, өз салт-дәстүрлерін сақтай отыра, болашаққа сеңіммен баражатыр деп оқыды. Әсем қала Астана тұралы сөздер айтылды, ЭКСПО нын өткен туралы, б</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+        <w:t>Воспитатель Раушан Мукушова специально  для праздника написала стихотворение на тему: «Связь времен». В произведении саукеле представлено, как символ связи времен: прошлого, настоящего и будущего. Девочки Акбота Кәрімжан, Лиза Святогор и Карина Ахмедова прочитали стихи о том, что казахский народ, сохраняя свои традиции, уверенно шагает в будущее. Прозвучали слова о прекрасной столице Астане, проведении ЭКСПО, словом, о достижениях Независимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000026C9" w:rsidRDefault="000026C9" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тағы айта кетсек  фестивалге дайындық жүріп жатқанда балабақша ішінде балалар мен ата-аналар және тәрбиешілер арасында «Сәукеле» атты шығармашылық байқау жарияланды. Аталмыш байқауда балалар, ата-аналар және тәрбиешілер дайындаған жұмыстарын ұсынды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+        <w:t xml:space="preserve">Следует отметить, что в ходе подготовки к фестивалю в детском саду был объявлен конкурс на творчество детей, педагогов и родителей, которые представили свои рисунки, поделки, на тему «Саукеле». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="000026C9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="000026C9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BCE71BA" wp14:editId="79EDBF5D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BC0A7E0" wp14:editId="28F544AC">
             <wp:extent cx="5000279" cy="3352800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Рисунок 13" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0036.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0036.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5002512" cy="3354297"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E0364">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Әдеби</w:t>
-[...83 lines deleted...]
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+        <w:t xml:space="preserve">Особое внимание было уделено конкурсу литературных произведений, так как у казахского народа во все времена ценилось именно художественное слово. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="000026C9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30D347F9" wp14:editId="347CF898">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4495800" cy="3371850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Рисунок 12" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0030.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0030.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4495800" cy="3371850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3959B097" wp14:editId="40D874BC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4775200" cy="3581400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="Рисунок 11" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0029.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\IMG-20171207-WA0029.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4775200" cy="3581400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
-[...6 lines deleted...]
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B032F02" wp14:editId="542F29FB">
-            <wp:extent cx="3816349" cy="3209925"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ABCF7C3" wp14:editId="7E79C1E9">
+            <wp:extent cx="3530599" cy="2969581"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\20171207_163215.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\20171207_163215.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3814512" cy="3208380"/>
+                      <a:ext cx="3528900" cy="2968152"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="004D1F3D">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E0364">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> іріктеліп,</w:t>
-[...56 lines deleted...]
-    <w:p w:rsidR="006E0364" w:rsidRDefault="006E0364" w:rsidP="006E0364">
+        <w:t xml:space="preserve">В итоге  были отобраны 6 творческих работ на выставку, которые сейчас находятся в художественном музее. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056643" w:rsidRDefault="00056643" w:rsidP="00056643">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="306A5C40" wp14:editId="7B61C376">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3771900" cy="2540285"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\20171207_163209.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\system folders\Desktop\НОВОСТИ 35\35 КОСТЮМ ПНБ\на сайт\20171207_163209.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3781912" cy="2547028"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81931" w:rsidRPr="00D922AC" w:rsidRDefault="00A35EAB" w:rsidP="003549DE">
+    <w:p w:rsidR="004D1F3D" w:rsidRDefault="004D1F3D" w:rsidP="004D1F3D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Мұндай іс-шаралар, балаларды өзіне-өзі </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A301D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Такие мероприятия делают детей уверенными в себе, учат умению себя презентовать, сближают детей, родителей и воспитателей и вместе с тем решают такие главные задачи воспитания казахстанского патриотизма, формирование представления о культуре, традициях и обычаях казахского народа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сенімді болуға</w:t>
-[...153 lines deleted...]
-      <w:r w:rsidR="000E5CCF" w:rsidRPr="000E5CCF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4311" w:rsidRDefault="000E5CCF" w:rsidP="004D1F3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5CCF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="289E49F1" wp14:editId="5B875F51">
-[...1 lines deleted...]
-            <wp:effectExtent l="19050" t="0" r="955" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BE4EAE4" wp14:editId="18142A09">
+            <wp:extent cx="4315021" cy="2781300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 1" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0006.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\2016 год\документы\КОНТРОЛЬ 2014-2015\НОВОСТИ 35\35 КОСТЮМ ПНБ\IMG-20171207-WA0006.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3089953" cy="2319297"/>
+                      <a:ext cx="4323824" cy="2786974"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="00D81931" w:rsidRPr="00D922AC" w:rsidSect="008C3DF0">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="005D4311" w:rsidSect="008C3DF0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="284" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B900F7"/>
-    <w:rsid w:val="00011D18"/>
+    <w:rsid w:val="000026C9"/>
+    <w:rsid w:val="0005533C"/>
+    <w:rsid w:val="00056643"/>
+    <w:rsid w:val="00092DDF"/>
     <w:rsid w:val="000E5CCF"/>
     <w:rsid w:val="00124C35"/>
     <w:rsid w:val="001A74BB"/>
     <w:rsid w:val="001D5575"/>
-    <w:rsid w:val="00252FA1"/>
-    <w:rsid w:val="00297A32"/>
+    <w:rsid w:val="00207E13"/>
     <w:rsid w:val="00350B8B"/>
-    <w:rsid w:val="003549DE"/>
     <w:rsid w:val="00363407"/>
     <w:rsid w:val="0036607C"/>
     <w:rsid w:val="00370DCA"/>
-    <w:rsid w:val="003972D6"/>
-    <w:rsid w:val="00413541"/>
+    <w:rsid w:val="004D1F3D"/>
     <w:rsid w:val="00567E19"/>
     <w:rsid w:val="005D4311"/>
     <w:rsid w:val="006016A4"/>
     <w:rsid w:val="00623FF2"/>
     <w:rsid w:val="006A035D"/>
-    <w:rsid w:val="006E0364"/>
-    <w:rsid w:val="0070788D"/>
     <w:rsid w:val="00822685"/>
     <w:rsid w:val="00836569"/>
     <w:rsid w:val="008C3DF0"/>
     <w:rsid w:val="008C730C"/>
     <w:rsid w:val="009E2E7C"/>
+    <w:rsid w:val="00A23F35"/>
     <w:rsid w:val="00A301D1"/>
-    <w:rsid w:val="00A35EAB"/>
     <w:rsid w:val="00A426C1"/>
     <w:rsid w:val="00B900F7"/>
     <w:rsid w:val="00BA06E4"/>
     <w:rsid w:val="00BC4DB9"/>
     <w:rsid w:val="00BE2A94"/>
     <w:rsid w:val="00C73A84"/>
     <w:rsid w:val="00CB0B42"/>
+    <w:rsid w:val="00CB0D43"/>
+    <w:rsid w:val="00CD07ED"/>
     <w:rsid w:val="00D23227"/>
     <w:rsid w:val="00D501D2"/>
-    <w:rsid w:val="00D81931"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F651BA"/>
     <w:rsid w:val="00F955A7"/>
+    <w:rsid w:val="00FE2971"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2605,51 +2109,51 @@
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E5CCF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A301D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E0364"/>
+    <w:rsid w:val="000026C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -3166,81 +2670,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62E40866-DC44-4212-B308-812A23D7FBE2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4105DF17-6409-4BDB-8D4B-DD71FF459553}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>309</Words>
-  <Characters>1766</Characters>
+  <Words>286</Words>
+  <Characters>1636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2071</CharactersWithSpaces>
+  <CharactersWithSpaces>1919</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>