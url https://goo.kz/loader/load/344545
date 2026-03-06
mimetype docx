--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1789 +1,1272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:background w:color="92D050"/>
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidTr="002674C4">
+      <w:tr w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidTr="00666224">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4985" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007A27D9" w:rsidRPr="00820665" w:rsidRDefault="007A27D9" w:rsidP="00D71B03">
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рамках реализации программы «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рухани жаңғыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidRDefault="007A27D9" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A27D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КВНа с детьми -инвалидами</w:t>
             </w:r>
             <w:r w:rsidRPr="007A27D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t>ВН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A27D9" w:rsidRPr="006E3FE2" w:rsidTr="002674C4">
+      <w:tr w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidTr="007A27D9">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4985" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D71B03" w:rsidRDefault="00BC51DA" w:rsidP="00D71B03">
+          <w:p w:rsidR="007A27D9" w:rsidRDefault="007A27D9" w:rsidP="007A27D9">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:noProof/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC51DA">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> декабря 201</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года в  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КДЦ им. Абусеитова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прошла традиционная финальная встреча-игра по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КВНу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с командами СОШ</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC51DA">
-[...178 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№10, №37</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1A88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, №25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и воспитанниками областного реабилитационного центра</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1A88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Данное мероприятие посвящено реализации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>программы «</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рухани жаңғыру</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D71B03" w:rsidRDefault="00D71B03" w:rsidP="00D71B03">
+          <w:p w:rsidR="005B4F83" w:rsidRPr="007A27D9" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D71B03">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3253101" cy="2130724"/>
-                  <wp:effectExtent l="19050" t="0" r="4449" b="0"/>
+                  <wp:extent cx="3799891" cy="2133600"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Рисунок 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3257669" cy="2133716"/>
+                            <a:ext cx="3800097" cy="2133716"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D71B03" w:rsidRDefault="00BC51DA" w:rsidP="00D71B03">
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="007A27D9" w:rsidP="007A27D9">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC51DA">
-[...148 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>         В течение этого вре</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мени  игра КВН для воспитанников реабилитационного центра стала самым любимым занятием</w:t>
+            </w:r>
+            <w:r w:rsidR="00666224">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, увлечением</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1A88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Работа и сотрудничество с реабилитационным центром </w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на</w:t>
+            </w:r>
+            <w:r w:rsidR="00666224">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>правле</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на привитие детям доброты,  милосердия,  сострадания,  щедрости,  воспитание в них уважительного, гуманного, внимательного отношения к инвалидам и признание их как полноценных членов общества.</w:t>
+            </w:r>
+            <w:r w:rsidR="000877BA" w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC51DA">
-[...115 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00D71B03" w:rsidRDefault="00D71B03" w:rsidP="00D71B03">
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D71B03">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="4007471" cy="2250349"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name="Рисунок 7" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0035.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0035.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4013527" cy="2253750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC51DA" w:rsidRPr="00BC51DA" w:rsidRDefault="002674C4" w:rsidP="007A27D9">
+          <w:p w:rsidR="005B4F83" w:rsidRPr="007A27D9" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организаторами </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КВНа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> это</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  педагоги  ДПК «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жигер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конратбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Олжас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ильяс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, особое внимание в этом учебном году уделяют воспитанникам центра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Их внимание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> было обращено на то, что люди с ограниченными возможностями здо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ровья очень талантливы, имеют </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>огромное стремление к жиз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ни, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>любят творчество, КВН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000877BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>! </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...228 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>        </w:t>
-[...268 lines deleted...]
-              </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3780065" cy="2122651"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 5" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0029.jpg"/>
+                  <wp:docPr id="5" name="Рисунок 5" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0029.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0029.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3779397" cy="2122276"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00666224">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>четырем командам была дана тема  «Доброта спасёт мир». В ходе мероприят</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ия команды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">открыли добро к сердцу своими  яркими выступлениями. Команды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приняли</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> активное участие в финале</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A27D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участвовали как мальчики, так и девочки. Чувствовался азарт игры. Все ребята остались довольны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> финальной  игрой. Победителем игры  стала команда СОШ№10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="3845288" cy="2159275"/>
+                  <wp:effectExtent l="19050" t="0" r="2812" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 4" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0036.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4" descr="D:\2016 год\сайт\СЕГОДНЯ\1.12.2017\КВН 2\IMG-20171208-WA0036.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3851199" cy="2162594"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="9525">
+                            <a:noFill/>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005B4F83" w:rsidRDefault="005B4F83" w:rsidP="005B4F83">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidRDefault="007A27D9" w:rsidP="00D2659A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00272B2B" w:rsidRDefault="00172189">
+    <w:p w:rsidR="007A27D9" w:rsidRPr="007A27D9" w:rsidRDefault="007A27D9" w:rsidP="007A27D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00272B2B" w:rsidRPr="007A27D9" w:rsidRDefault="00272B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...242 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D71B03" w:rsidRPr="007A27D9" w:rsidRDefault="00D71B03" w:rsidP="00D71B03">
-[...61 lines deleted...]
-    <w:sectPr w:rsidR="00D71B03" w:rsidRPr="007A27D9" w:rsidSect="00272B2B">
+    <w:sectPr w:rsidR="00272B2B" w:rsidRPr="007A27D9" w:rsidSect="00272B2B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="87"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="007A27D9"/>
     <w:rsid w:val="000877BA"/>
     <w:rsid w:val="00096D2B"/>
-    <w:rsid w:val="00172189"/>
     <w:rsid w:val="002224CC"/>
-    <w:rsid w:val="002674C4"/>
     <w:rsid w:val="00272B2B"/>
     <w:rsid w:val="002F41BD"/>
+    <w:rsid w:val="005B4F83"/>
     <w:rsid w:val="0060618D"/>
     <w:rsid w:val="00666224"/>
     <w:rsid w:val="006841DB"/>
-    <w:rsid w:val="006E3FE2"/>
     <w:rsid w:val="007567CB"/>
     <w:rsid w:val="007A27D9"/>
     <w:rsid w:val="0081092D"/>
-    <w:rsid w:val="00820665"/>
-    <w:rsid w:val="00BC51DA"/>
+    <w:rsid w:val="00B218CF"/>
+    <w:rsid w:val="00C60ADE"/>
     <w:rsid w:val="00D2659A"/>
     <w:rsid w:val="00D4321A"/>
-    <w:rsid w:val="00D71B03"/>
     <w:rsid w:val="00D75F32"/>
+    <w:rsid w:val="00D95038"/>
     <w:rsid w:val="00DA1A88"/>
     <w:rsid w:val="00E21B1E"/>
     <w:rsid w:val="00F37D23"/>
-    <w:rsid w:val="00F60D14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
+    <o:shapedefaults v:ext="edit" spidmax="4098">
       <o:colormenu v:ext="edit" fillcolor="#92d050"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1890,339 +1373,94 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F60D14"/>
+    <w:rsid w:val="00272B2B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A27D9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...244 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="007A27D9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A27D9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -2838,55 +2076,57 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1414471084">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3133,65 +2373,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>215</Words>
-  <Characters>1228</Characters>
+  <Words>204</Words>
+  <Characters>1166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>11</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1441</CharactersWithSpaces>
+  <CharactersWithSpaces>1368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>11</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>