--- v0 (2025-12-20)
+++ v1 (2026-03-06)
@@ -1,1567 +1,2076 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C813B8" w:rsidRDefault="00C813B8" w:rsidP="00C813B8">
+    <w:p w:rsidR="00220047" w:rsidRPr="00C605B8" w:rsidRDefault="00220047" w:rsidP="00850D29">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C813B8">
-[...7 lines deleted...]
-        <w:t>Конкурс туралы хабарландыру</w:t>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объявление о конкурсе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C813B8" w:rsidRDefault="00C813B8" w:rsidP="00C813B8">
+    <w:p w:rsidR="00302A87" w:rsidRPr="00C605B8" w:rsidRDefault="00302A87" w:rsidP="00850D29">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C813B8" w:rsidRDefault="00C813B8" w:rsidP="00C813B8">
+    <w:p w:rsidR="00850D29" w:rsidRPr="00C605B8" w:rsidRDefault="00850D29" w:rsidP="00850D29">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00850D29" w:rsidRPr="00C605B8" w:rsidRDefault="00850D29" w:rsidP="00C605B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственное у</w:t>
+      </w:r>
+      <w:r w:rsidR="00220047" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чреждение «Шко</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F59" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ла-лицей № 20 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E55F59" w:rsidRPr="00C605B8" w:rsidRDefault="00E55F59" w:rsidP="00C605B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">почтовый адрес: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан, Пав</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6525" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лодарская область, индекс 14000</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, город Павлодар,</w:t>
+      </w:r>
+      <w:r w:rsidR="00220047" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> улица М.Горького, 102/4</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5013" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>pavl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005A2867" w:rsidRDefault="00220047" w:rsidP="00C605B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>объявляет о проведении конкурса по орг</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F59" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анизации питания</w:t>
+      </w:r>
+      <w:r w:rsidR="00386C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC0477" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FC0477" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004349BA" w:rsidRPr="00C605B8" w:rsidRDefault="00220047" w:rsidP="005A2867">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Услуга должна быть оказана:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F59" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГУ «Школа-лицей № 20 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6525" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресу</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F59" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002621CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55F59" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан, Павлодарская область, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>город Павлодар, улица М. Горького</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1287" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 102/4</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, для 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сем</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>надцать)</w:t>
+      </w:r>
+      <w:r w:rsidR="009225F3" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6525" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="004349BA" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867" w:rsidRPr="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>малообеспеченных</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и многодетных семей.</w:t>
+      </w:r>
+      <w:r w:rsidR="004349BA" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A66FD" w:rsidRPr="007A66FD" w:rsidRDefault="004349BA" w:rsidP="007A66FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сумма, выделенная </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для оказания услуг,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>674,600</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(шестьсот</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьдесят четыре  </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысячи шестьсот) </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A66FD" w:rsidRDefault="007A66FD" w:rsidP="007A66FD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость питания одного обучающегося не превышает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">248 тенге для плательщиков НДС, для неплательщиков НДС - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>218,00 тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9698E" w:rsidRPr="00F9698E" w:rsidRDefault="004F5013" w:rsidP="007A66FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Срок оказания ус</w:t>
+      </w:r>
+      <w:r w:rsidR="0074436D" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>луги</w:t>
+      </w:r>
+      <w:r w:rsidR="007653C1" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0074436D" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  с 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">января </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года по </w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31 декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidR="00220047" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00220047" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К конкурсу допускаются все потенциальные поставщики, отвечающие требованиям конкурсной документации.</w:t>
+      </w:r>
+      <w:r w:rsidR="00220047" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Пакет копии конкурсной документации можно получ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ить в срок</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074436D" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 часов 00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2972">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включительно по адресу: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, Павлодарская область, город Павлодар, улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М.Горького,102/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кабинет № </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>212</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерия</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A2867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: Официальный сайт отдела</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования города Павлодара, электронная почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының №20 мектеп-лицейі» ММ</w:t>
-      </w:r>
+        <w:t>bilim-pavlodar.gov.kz. Электронная почта школы-лицея №20:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00343BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>pavl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F9698E" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C813B8" w:rsidRPr="00C813B8" w:rsidRDefault="00C813B8" w:rsidP="00C813B8">
+    <w:p w:rsidR="00220047" w:rsidRPr="00C605B8" w:rsidRDefault="00220047" w:rsidP="0013225D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аявки на участие в конкурсе, запечатанные в конверты, представляются (направляются) потенциальными поставщиками в </w:t>
+      </w:r>
+      <w:r w:rsidR="00302A87" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5013" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Школа-лицей № 20 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, Павлодарская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>область</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ород</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D67A98" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5013" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Павлодар,</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индекс 14000</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C813B8">
-[...7 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5013" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> улица М</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Горького, 102/4, кабине № </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>212</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бухгалтерия</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00302A87" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ответственный за прием заявок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E942BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баймано</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E942BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.К.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2A84" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Окончательный срок представления заявок на участие в конкурсе до </w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 часов 00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E942BD" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">января </w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Конверты с заявками на участие в конкурсе будут вскрываться по следующему адресу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азахстан, Павлодарская область, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5013" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>город Павлодар, улица М. Горького, 102/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00782B5A" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кабинет № </w:t>
+      </w:r>
+      <w:r w:rsidR="007A66FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>212</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 11 часов 00 минут </w:t>
+      </w:r>
+      <w:r w:rsidR="00E942BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E942BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidR="00386C68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E942BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00850D29" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2A84" w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Дополнительную информацию и справку можно получить по телефону: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7182) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="004D4967" w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31-42-44</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C605B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C813B8" w:rsidRPr="00C813B8" w:rsidRDefault="00C813B8" w:rsidP="00C813B8">
+    <w:p w:rsidR="00550AB3" w:rsidRPr="00C605B8" w:rsidRDefault="00AC7D77" w:rsidP="00850D29">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...163 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB4633" w:rsidRPr="001365C6" w:rsidRDefault="00AB4633" w:rsidP="00AB4633">
-[...1122 lines deleted...]
-    <w:sectPr w:rsidR="00C813B8" w:rsidRPr="001365C6" w:rsidSect="007E1947">
+    <w:sectPr w:rsidR="00550AB3" w:rsidRPr="00C605B8" w:rsidSect="004334C1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="105"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00C813B8"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00FE485B"/>
+    <w:rsidRoot w:val="00DD694D"/>
+    <w:rsid w:val="00030F2B"/>
+    <w:rsid w:val="00071336"/>
+    <w:rsid w:val="00086932"/>
+    <w:rsid w:val="0013225D"/>
+    <w:rsid w:val="00220047"/>
+    <w:rsid w:val="002621CF"/>
+    <w:rsid w:val="00264215"/>
+    <w:rsid w:val="00302A87"/>
+    <w:rsid w:val="00343BFC"/>
+    <w:rsid w:val="00386C68"/>
+    <w:rsid w:val="003D2A84"/>
+    <w:rsid w:val="004334C1"/>
+    <w:rsid w:val="004349BA"/>
+    <w:rsid w:val="004D4967"/>
+    <w:rsid w:val="004E7864"/>
+    <w:rsid w:val="004F5013"/>
+    <w:rsid w:val="005A2867"/>
+    <w:rsid w:val="006C6525"/>
+    <w:rsid w:val="0074436D"/>
+    <w:rsid w:val="007653C1"/>
+    <w:rsid w:val="00782B5A"/>
+    <w:rsid w:val="007A66FD"/>
+    <w:rsid w:val="007B2972"/>
+    <w:rsid w:val="007B4B28"/>
+    <w:rsid w:val="00850D29"/>
+    <w:rsid w:val="009225F3"/>
+    <w:rsid w:val="009F1287"/>
+    <w:rsid w:val="00AC7D77"/>
+    <w:rsid w:val="00B3046F"/>
+    <w:rsid w:val="00B31FDB"/>
+    <w:rsid w:val="00B97667"/>
+    <w:rsid w:val="00C4644F"/>
+    <w:rsid w:val="00C605B8"/>
+    <w:rsid w:val="00CA4A18"/>
+    <w:rsid w:val="00D67A98"/>
+    <w:rsid w:val="00DB71C0"/>
+    <w:rsid w:val="00DD694D"/>
+    <w:rsid w:val="00E55F59"/>
+    <w:rsid w:val="00E942BD"/>
+    <w:rsid w:val="00EE71B5"/>
+    <w:rsid w:val="00F9698E"/>
+    <w:rsid w:val="00FC0477"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1686,89 +2195,102 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002D3AE4"/>
+    <w:rsid w:val="00F9698E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...4 lines deleted...]
-    <w:rsid w:val="00C813B8"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00850D29"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A66FD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1889,117 +2411,129 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00220047"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00850D29"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="59523156">
+    <w:div w:id="428163918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1769546232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scool20pavl@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2243,71 +2777,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C7E866-F9C5-430F-A51B-27CFFB1F07DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>302</Words>
-  <Characters>1723</Characters>
+  <Words>320</Words>
+  <Characters>1829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2021</CharactersWithSpaces>
+  <CharactersWithSpaces>2145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Мадина Алиханкызы</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>