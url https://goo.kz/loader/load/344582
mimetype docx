--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,2501 +1,2632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00677F2C" w:rsidRPr="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+    <w:p w:rsidR="00926E70" w:rsidRPr="00116F2E" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C0BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="006C0BBD" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Техническое задание </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к конкурсной документации по выбору поставщика услуги по организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D3265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «Школа-лицей  № 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00434C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="003D3265" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00C7616B" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B3D51" w:rsidRPr="0094019C" w:rsidRDefault="00812B9C" w:rsidP="005B3D51">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D605C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общее количество получателей услуги в </w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «Школа-лицей  № 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>214</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся, в том </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">числе </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся отдельных категорий</w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>малообеспеченных</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – из многодетных семей</w:t>
+      </w:r>
+      <w:r w:rsidR="00767E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оставшийся без  попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="007C700B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="00FF6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сумма</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="00FF6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выделяемая на организацию </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="00FF6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питания обучающихся за счет бюджетных средств</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="00FF6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>674,600</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(шестьсот</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьдесят четыре  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысячи шестьсот) </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51" w:rsidRPr="00FF6715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00E67963" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стоимость питания</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="0094019C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одного обучающегося не превышает</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00580C96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>248</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге для плательщиков НДС, для неплательщиков НДС - </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>218</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00EF4723">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3D51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00EF4723">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391" w:rsidRPr="00B967B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00E734C4" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есто предоставления услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00767E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан, Павлодарская область, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар, ул. М. Горького, 102/4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          4. Сроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставления услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00837C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A263AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>января</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A263AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года по </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31 декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A263AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40945">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E734C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Опыт работы на рынке услуг по организации питания детей школьного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033413F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и дошкольного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возраста не менее </w:t>
+      </w:r>
+      <w:r w:rsidR="00837C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Наличие сертификата соответствия, удовлетворяющего систему экологического менеджмента, применительно к услугам по организации школьного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00C72F2E" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие сертификата системы менеджмента качества, применительно к услугам школьного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Наличие сертификата соответствия требованиям безопасности не менее 2 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Наличие квалифицированных поваров школьного питания со специальным образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004245F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие квалифицированного повара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с опытом работы не менее 2-х ле</w:t>
+      </w:r>
+      <w:r w:rsidR="00924240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т в организации образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004245F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со специальным образованием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Наличие технолога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Наличие кондитера со специальным образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00485407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00A54282">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских книжек</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с допуском к работе для всех потенциальных работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="006537AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ассортиментного перечня выпускаемой продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00A54282" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недельного </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="001E14B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработанного</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меню, согласованного с СЭС, для школьного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="00915F26" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007C00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Ассортимент  должен соответствовать</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Санитарно-эпидемиологические требования к объектам воспитания</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и образования детей и подростков», утвержденным постановлением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства РК от </w:t>
+      </w:r>
+      <w:r w:rsidR="00197689" w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00197689" w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.201</w:t>
+      </w:r>
+      <w:r w:rsidR="00197689" w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r w:rsidR="00197689" w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>611</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специал</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изирован</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ного транспорта</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для доставки продуктов, имеющего </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00C7616B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санитарно-эпидемиологическо</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е заключение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRPr="0050496A" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посуды для обеспечения питанием детей для </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> блюд, </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="002516B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салатов,</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хлебницы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="007C00A1" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C" w:rsidRPr="00217FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00812B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> холодильников для различных видов продуктов и холодильного оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812B9C" w:rsidRDefault="00812B9C" w:rsidP="00812B9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRPr="00926E70" w:rsidRDefault="00767E03" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15 декбрь</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00926E70" w:rsidRPr="00926E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00926E70" w:rsidRPr="00926E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRPr="00623047" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRPr="00C33C7C" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00197689">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Топанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRPr="00AC37D8" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00EE61E7" w:rsidRDefault="00EE61E7" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00EE61E7" w:rsidRDefault="00EE61E7" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00EE61E7" w:rsidRDefault="00EE61E7" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:ind w:left="5400"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-        <w:ind w:left="5400"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:ind w:left="4962"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...59 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...72 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926E70" w:rsidRDefault="00926E70" w:rsidP="00926E70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1985 lines deleted...]
-    <w:sectPr w:rsidR="00D30744" w:rsidSect="004B1A65">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D30744" w:rsidRDefault="00D30744" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00354738" w:rsidRDefault="00354738" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00354738" w:rsidRDefault="00354738" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485407" w:rsidRDefault="00485407" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485407" w:rsidRDefault="00485407" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485407" w:rsidRDefault="00485407" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485407" w:rsidRDefault="00485407" w:rsidP="00CA4EF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00485407" w:rsidSect="00372C4D">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="426" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E55B5" w:rsidRDefault="001E55B5">
+    <w:p w:rsidR="00C949DD" w:rsidRDefault="00C949DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E55B5" w:rsidRDefault="001E55B5">
+    <w:p w:rsidR="00C949DD" w:rsidRDefault="00C949DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002C302E" w:rsidRDefault="002C302E">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="002C302E" w:rsidRDefault="002C302E">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E55B5" w:rsidRDefault="001E55B5">
+    <w:p w:rsidR="00C949DD" w:rsidRDefault="00C949DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E55B5" w:rsidRDefault="001E55B5">
+    <w:p w:rsidR="00C949DD" w:rsidRDefault="00C949DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002C302E" w:rsidRDefault="00F56E8E" w:rsidP="009A522A">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="002C302E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="002C302E" w:rsidRDefault="002C302E">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002C302E" w:rsidRDefault="00F56E8E" w:rsidP="009A522A">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="002C302E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="005B3D51">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="002C302E" w:rsidRDefault="002C302E">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="002C302E" w:rsidRDefault="002C302E">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="087B0C3B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C264F40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -3553,263 +3684,260 @@
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00677F2C"/>
     <w:rsid w:val="000039AA"/>
     <w:rsid w:val="000125CD"/>
     <w:rsid w:val="000242A5"/>
     <w:rsid w:val="00066C76"/>
     <w:rsid w:val="00066FD1"/>
     <w:rsid w:val="00087DCC"/>
     <w:rsid w:val="00095829"/>
     <w:rsid w:val="000B0F6C"/>
+    <w:rsid w:val="000B6A5B"/>
     <w:rsid w:val="000B7734"/>
     <w:rsid w:val="000C6178"/>
     <w:rsid w:val="000D0585"/>
     <w:rsid w:val="000D59DA"/>
     <w:rsid w:val="000D5E2C"/>
     <w:rsid w:val="000E1955"/>
     <w:rsid w:val="000F0819"/>
     <w:rsid w:val="00100E42"/>
     <w:rsid w:val="00122F5C"/>
     <w:rsid w:val="001535FD"/>
     <w:rsid w:val="00160E0A"/>
     <w:rsid w:val="001815AB"/>
     <w:rsid w:val="00181DBB"/>
     <w:rsid w:val="00183F8E"/>
     <w:rsid w:val="001867C8"/>
     <w:rsid w:val="00197689"/>
     <w:rsid w:val="001D43E9"/>
     <w:rsid w:val="001D7F11"/>
-    <w:rsid w:val="001E0772"/>
     <w:rsid w:val="001E235A"/>
     <w:rsid w:val="001E411C"/>
-    <w:rsid w:val="001E55B5"/>
     <w:rsid w:val="001F16A9"/>
     <w:rsid w:val="001F315D"/>
-    <w:rsid w:val="00204E5A"/>
     <w:rsid w:val="00213B60"/>
     <w:rsid w:val="0022378E"/>
     <w:rsid w:val="002260FE"/>
     <w:rsid w:val="0024294C"/>
     <w:rsid w:val="002560F0"/>
     <w:rsid w:val="002663AC"/>
     <w:rsid w:val="0029386F"/>
     <w:rsid w:val="002A2391"/>
     <w:rsid w:val="002B4FFC"/>
+    <w:rsid w:val="002B56E9"/>
     <w:rsid w:val="002B6D52"/>
     <w:rsid w:val="002B724E"/>
     <w:rsid w:val="002C302E"/>
     <w:rsid w:val="002C634D"/>
-    <w:rsid w:val="002F0DAB"/>
     <w:rsid w:val="002F1981"/>
     <w:rsid w:val="002F4858"/>
     <w:rsid w:val="002F5BE7"/>
     <w:rsid w:val="0030144C"/>
     <w:rsid w:val="00317F30"/>
     <w:rsid w:val="003227D4"/>
     <w:rsid w:val="00333913"/>
     <w:rsid w:val="00354738"/>
     <w:rsid w:val="00372C4D"/>
     <w:rsid w:val="003E3645"/>
     <w:rsid w:val="003E7A56"/>
     <w:rsid w:val="003F4CF7"/>
     <w:rsid w:val="00405767"/>
     <w:rsid w:val="0040765A"/>
     <w:rsid w:val="00410286"/>
     <w:rsid w:val="00420AB4"/>
     <w:rsid w:val="0043291E"/>
     <w:rsid w:val="00450230"/>
     <w:rsid w:val="00485407"/>
-    <w:rsid w:val="004B1A65"/>
     <w:rsid w:val="004B7681"/>
     <w:rsid w:val="004C2F02"/>
     <w:rsid w:val="004C3431"/>
     <w:rsid w:val="004C6A2C"/>
     <w:rsid w:val="004E0D4A"/>
     <w:rsid w:val="00504E3A"/>
     <w:rsid w:val="00530CAC"/>
     <w:rsid w:val="00531B71"/>
     <w:rsid w:val="0053215A"/>
     <w:rsid w:val="00535F69"/>
     <w:rsid w:val="00542785"/>
     <w:rsid w:val="00544BD6"/>
     <w:rsid w:val="005643B9"/>
     <w:rsid w:val="00565528"/>
     <w:rsid w:val="005736CD"/>
     <w:rsid w:val="00580C96"/>
     <w:rsid w:val="00592A80"/>
-    <w:rsid w:val="005A1092"/>
+    <w:rsid w:val="005B3D51"/>
     <w:rsid w:val="005C199D"/>
     <w:rsid w:val="005C20C8"/>
     <w:rsid w:val="005E6737"/>
+    <w:rsid w:val="005E7F36"/>
     <w:rsid w:val="006111B7"/>
-    <w:rsid w:val="006219E2"/>
-    <w:rsid w:val="00647017"/>
     <w:rsid w:val="00677F2C"/>
     <w:rsid w:val="00684C18"/>
     <w:rsid w:val="006A12B3"/>
     <w:rsid w:val="006A7078"/>
     <w:rsid w:val="006C60CC"/>
     <w:rsid w:val="00712904"/>
-    <w:rsid w:val="00716EFA"/>
     <w:rsid w:val="00722A04"/>
     <w:rsid w:val="00723E67"/>
     <w:rsid w:val="00755D8C"/>
     <w:rsid w:val="00767E03"/>
     <w:rsid w:val="007805F1"/>
     <w:rsid w:val="00792431"/>
     <w:rsid w:val="00792D36"/>
     <w:rsid w:val="007C00A1"/>
     <w:rsid w:val="007C700B"/>
     <w:rsid w:val="007D06D2"/>
+    <w:rsid w:val="007E3BD8"/>
     <w:rsid w:val="007F1067"/>
     <w:rsid w:val="007F5E23"/>
     <w:rsid w:val="0081007C"/>
     <w:rsid w:val="00812B9C"/>
     <w:rsid w:val="00837C05"/>
     <w:rsid w:val="00841720"/>
     <w:rsid w:val="0085756A"/>
     <w:rsid w:val="00861903"/>
     <w:rsid w:val="008737F3"/>
     <w:rsid w:val="008753F6"/>
     <w:rsid w:val="00876A91"/>
     <w:rsid w:val="00877A14"/>
     <w:rsid w:val="008C31B9"/>
     <w:rsid w:val="008D3413"/>
     <w:rsid w:val="008E1862"/>
     <w:rsid w:val="008E7CAC"/>
     <w:rsid w:val="00915F26"/>
     <w:rsid w:val="0092035C"/>
     <w:rsid w:val="00923FD3"/>
     <w:rsid w:val="00924240"/>
     <w:rsid w:val="00926E70"/>
     <w:rsid w:val="009368CE"/>
     <w:rsid w:val="009476F2"/>
     <w:rsid w:val="00977E24"/>
     <w:rsid w:val="00980D71"/>
-    <w:rsid w:val="00982AB4"/>
     <w:rsid w:val="0098541E"/>
     <w:rsid w:val="009A522A"/>
     <w:rsid w:val="009D1488"/>
     <w:rsid w:val="009F075F"/>
     <w:rsid w:val="00A1417D"/>
     <w:rsid w:val="00A263AC"/>
     <w:rsid w:val="00A333D6"/>
     <w:rsid w:val="00A40945"/>
     <w:rsid w:val="00A41AD4"/>
-    <w:rsid w:val="00A56393"/>
     <w:rsid w:val="00A613CB"/>
     <w:rsid w:val="00A87238"/>
     <w:rsid w:val="00A92C61"/>
+    <w:rsid w:val="00A96F5A"/>
     <w:rsid w:val="00AC37D8"/>
     <w:rsid w:val="00AE33C7"/>
     <w:rsid w:val="00AE33FA"/>
     <w:rsid w:val="00B5600D"/>
     <w:rsid w:val="00B62A53"/>
     <w:rsid w:val="00BE228D"/>
     <w:rsid w:val="00C2432F"/>
     <w:rsid w:val="00C24507"/>
     <w:rsid w:val="00C33C7C"/>
+    <w:rsid w:val="00C35DCC"/>
     <w:rsid w:val="00C36C38"/>
     <w:rsid w:val="00C42B30"/>
     <w:rsid w:val="00C72F2E"/>
     <w:rsid w:val="00C74779"/>
     <w:rsid w:val="00C768C5"/>
+    <w:rsid w:val="00C949DD"/>
     <w:rsid w:val="00C96D35"/>
     <w:rsid w:val="00CA4EF7"/>
     <w:rsid w:val="00CA63B2"/>
     <w:rsid w:val="00CC1144"/>
     <w:rsid w:val="00CD2E66"/>
     <w:rsid w:val="00CF39AD"/>
     <w:rsid w:val="00D2756A"/>
     <w:rsid w:val="00D30744"/>
     <w:rsid w:val="00D7289B"/>
     <w:rsid w:val="00D7528A"/>
     <w:rsid w:val="00D7638B"/>
     <w:rsid w:val="00D823D7"/>
     <w:rsid w:val="00D939A1"/>
     <w:rsid w:val="00DB21CE"/>
     <w:rsid w:val="00DC486B"/>
-    <w:rsid w:val="00DC5A03"/>
+    <w:rsid w:val="00DD2FC8"/>
     <w:rsid w:val="00DF3C73"/>
     <w:rsid w:val="00E0191C"/>
     <w:rsid w:val="00E27FAD"/>
     <w:rsid w:val="00E4779F"/>
     <w:rsid w:val="00E4782C"/>
     <w:rsid w:val="00E620B8"/>
     <w:rsid w:val="00E734C4"/>
     <w:rsid w:val="00E77125"/>
+    <w:rsid w:val="00E936D3"/>
     <w:rsid w:val="00E94E71"/>
     <w:rsid w:val="00EA2200"/>
     <w:rsid w:val="00EC29C5"/>
     <w:rsid w:val="00ED781F"/>
-    <w:rsid w:val="00EE61E7"/>
     <w:rsid w:val="00EE7810"/>
+    <w:rsid w:val="00EF64F6"/>
     <w:rsid w:val="00F02B99"/>
     <w:rsid w:val="00F03ED5"/>
     <w:rsid w:val="00F104A2"/>
     <w:rsid w:val="00F27AE8"/>
+    <w:rsid w:val="00F56E8E"/>
     <w:rsid w:val="00F629C1"/>
     <w:rsid w:val="00F86881"/>
     <w:rsid w:val="00F87D96"/>
-    <w:rsid w:val="00F93AD3"/>
-    <w:rsid w:val="00FB3DCC"/>
     <w:rsid w:val="00FD2EF6"/>
     <w:rsid w:val="00FD71D4"/>
     <w:rsid w:val="00FF00FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4670,51 +4798,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00410286"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4965,78 +5093,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92536086-EDAB-48E3-9B1A-5B7E7F8ADEEB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE5E7B89-F272-4335-BF6F-F4F8E8B147D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2344</Characters>
+  <Pages>3</Pages>
+  <Words>383</Words>
+  <Characters>2184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2750</CharactersWithSpaces>
+  <CharactersWithSpaces>2562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Customer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>