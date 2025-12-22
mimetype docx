--- v0 (2025-12-21)
+++ v1 (2025-12-22)
@@ -7,9469 +7,12606 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00D84F8C" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
-[...2 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8130"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(заңды тұлғалар үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кімге _________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A57FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>к конкурсной</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:r>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (конкурсты ұйымдастырушының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кімнен ___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A57FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D84F8C">
-[...153 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...73 lines deleted...]
-        <w:t xml:space="preserve">1. Сведения о потенциальном поставщике, претендующем на участие в конкурсе </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                (әлеуетті өнім берушінің толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Конкурсқа қатысуға үміткер әлеуетті өнім беруші туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5641"/>
-        <w:gridCol w:w="3930"/>
+        <w:gridCol w:w="5045"/>
+        <w:gridCol w:w="4460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE1A55">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">потенциального поставщика </w:t>
+            <w:r w:rsidRPr="00FE55E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әлеуетті өнім берушінің заңды, по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C2638">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE55E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мекенжайы және байланыс телефондары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE1A55">
-[...101 lines deleted...]
-              <w:t>юридическое лицо обслуживается</w:t>
+            <w:r w:rsidRPr="00FE55E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заңды тұлғаның банктік деректемелері (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БСН, БСК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE55E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>), сондай-ақ заңды тұлғаға қызмет көрсететін банктің немесе оның филиалының толық атауы мен мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE1A55">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">юридического лица </w:t>
+            <w:r w:rsidRPr="00FE55E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заңды тұлғаның бірінші басшысының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE1A55">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="00EE1A55" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
-[...29 lines deleted...]
-        <w:t>2. _____________________</w:t>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.___________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              (заңды тұлғаның толық атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы өтініммен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C46FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C46FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C46FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурстың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа әлеуетті өнім беруші ретінде қатысуға ниет білдіреді және конкурстық құжаттамада көзделген талаптар мен шарттарға сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C46FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(қажетін көрсету керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="006C46FA" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет көрсетуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүзеге асыруға келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. ________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                (заңды тұлғаның толық атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы өтініммен заңнамада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE17F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көзделген бұзушылықтардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жоқтығын растайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(заңды тұлғаның толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00A77DA8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамамен танысқанын және конкурсты ұйымдастырушыға және конкурстық комиссияға өзінің құқықтық қабілеті, біліктілігі, сапалық және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметтердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005C2638" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...68 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қажетін көрсету керек) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзге де сипаттамалары туралы дұрыс емес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бергені үшін жауапкершілігі, сондай-ақ Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де шектеулерді сақтауы туралы хабардар етілгендігін растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(заңды тұлғаның толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы конкурсқа қатысуға өтінімде және оған қоса берілетін құжаттарда мұндай дұрыс емес мәліметтерді бергені үшін өзіне толық жауапкершілікті қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Осы конкурстық өтінім</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2E66" w:rsidRPr="00CD2E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заңды тұлғаның толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеңімпаз деп танылған жағдайда, біз шарттың орындалуын қамтамасыз етуді шарттың жалпы сомасының үш пайызын құрайтын сомада енгізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттенеміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Конкурсқа қатысуға өтінім біздің арамыздағы міндетті шарттың рөлін атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00FE55E0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE55E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының қолы  _____________________ М.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003023AC" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007D06D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003023AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә., лауазымын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(жеке тұлға үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кімге _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...80 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                            (конкурсты ұйымдастырушының атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...75 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кімнен _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...846 lines deleted...]
-        <w:t xml:space="preserve">1. Сведения о физическом лице, претендующем на участие в конкурсе (потенциальном поставщике): </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                            (әлеуетті өнім берушінің толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Конкурсқа қатысуға үміткер жеке тұлға (әлеуетті өнім беруші) туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5521"/>
-        <w:gridCol w:w="4050"/>
+        <w:gridCol w:w="5531"/>
+        <w:gridCol w:w="3974"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5637" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ф.И.О. физического лица - потенциального поставщика, в соответствии с документом, удостоверяющим личность </w:t>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке тұлғаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>берушінің жеке басын куәландыратын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжатқа сәйкес Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке тұлғаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...65 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>берушінің жеке басын куәландыратын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A02E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> деректері (№, кім берген)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке тұлғаның –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> потенциального  поставщика </w:t>
+              <w:t>берушінің тіркелген мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке тұлғаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Фактический адрес проживания физического лица - потенциального поставщика </w:t>
+              <w:t xml:space="preserve">берушінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нақты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұрғылықты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіркеу туралы куәліктің, патенттің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...32 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>не Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Казахстан </w:t>
+              <w:t>заңнамасына сәйкес конкурс мәніне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>сәйкес келетін кәсіпкерлік қызметпен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>айналысуға құқық беретін өзге де </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>құжаттың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...68 lines deleted...]
-              <w:t>обслуживается физическое лицо</w:t>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке тұлғаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім берушінің банктік деректемелері (СТН, БСН, ЖСК), сондай-ақ жеке тұлғаға қызмет көрсететін банктің немесе оның филиалының толық атауы мен мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00424D9F" w:rsidTr="009A522A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007655D5">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Жеке тұлғаның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлеуетті өнім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Контактные телефоны, почтовый адрес и адрес  электронной почты (при его наличии) физического  лица - потенциального поставщика </w:t>
+              <w:t>берушінің байланыс телефондары, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>чта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мекенжайы мен элек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>трондық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>почта мекенжайы (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2518">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="007655D5" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1982 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. ________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(жеке тұлғаның Т.А.Ә. көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы өтініммен конкурсқа (конкурстың толық атауын көрсету) әлеуетті өнім беруші ретінде қатысуға ниет білдіреді және конкурстық құжаттамада көзделген талаптар мен шарттарға сәйкес қызметтер көрсетуді (қажеттісін көрсету керек) жүзеге асыруға келісім білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. _____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әлеуетті өнім берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы өтініммен заңнамада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D74D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзушылықтардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоқтығын растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әлеуетті өнім берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурстық құжаттамамен танысқанын және конкурсты ұйымдастырушыға өзінің құқығы, біліктілігі, сапалық және өзге де сипаттамалары туралы (қажеттісін көрсету) дұрыс емес мәліметтер бергені үшін жауапкершілігі, сондай-ақ Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де шектеулерді сақтауы туралы хабардар етілгендігін растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әлеуетті өнім берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы конкурсқа қатысуға өтінімде және оған қоса берілетін құжаттарды мұндай дұрыс емес мәліметтер бергені үшін өзіне толық жауапкершілікті қабылдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Осы конкурстық өтінім </w:t>
+      </w:r>
+      <w:r w:rsidR="00087DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. ____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әлеуетті өнім берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурстың жеңімпазы деп танылған жағдайда, біз шарттың атқарылуын қамтамасыз етуді шарттың жалпы сомасының үш пайызын құрайтын сомада енгізуді міндеттенеміз (егер де конкурстық құжаттамада шарттың орындалуын қамтамасыз етуді енгізу көзделген болса көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Конкурсқа қатысуға өтінім біздің арамыздағы міндетті шарттың рөлін атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="005F2518" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының қолы  _____________________ М.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00151ED8" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005F2518">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Т.А.Ә., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB79F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00151ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">    3. Объем аналогичных </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қызметкерлердің біліктілігі туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәлімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуетті өнім беруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толтырады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Әлеуетті</w:t>
+      </w:r>
+      <w:r w:rsidR="007805F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0099628E">
-[...6 lines deleted...]
-        <w:t>закупаемым</w:t>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0099628E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> на конкурсе услуг, оказанных _____</w:t>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарында</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>үшін ______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(әлеуетті</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...348 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(наименование потенциального поставщика)</w:t>
-[...20 lines deleted...]
-        <w:t>имеется специализированный автотранспорт (при наличии), необходимый для предоставления услуги с приложением копии подтверждающих документов на автотранспорт и водителя, допущенного к работе с отметкой о допуске:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00DB21CE" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00677F2C" w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>леуетті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00677F2C" w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00677F2C" w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>берушіде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00677F2C" w:rsidRPr="00E33612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қажетті штат қызметкерлері бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызметкерлердің жалпы саны ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оның ішінде растайтын құжаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың көшірмелері қоса беріл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ____аспазшы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ технолог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>диетолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрайды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1668"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2691"/>
+        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2091"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00424D9F" w:rsidTr="00DB21CE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0099628E">
-[...16 lines deleted...]
-              <w:t>транспорта</w:t>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қызметкердің Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0099628E">
-[...27 lines deleted...]
-              <w:t>го средства</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> маман</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...37 lines deleted...]
-              <w:t>(у кого)</w:t>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0099628E">
-[...6 lines deleted...]
-              <w:t>ских</w:t>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілікті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0099628E">
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәлімет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0099628E">
-[...6 lines deleted...]
-              <w:t>Санитарно-эпидемиологическое заключение на автотранспорт с отметкой о допуске</w:t>
+            <w:r w:rsidRPr="00E33612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рұқсат берілгендігі туралы мәлімет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рұқсат беру туралы белгісі бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медициналық кітапшалардың көшірмелері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidTr="009A522A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00424D9F" w:rsidTr="00DB21CE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00E33612" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB21CE" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0099628E" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000224CB">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>астайтын құжаттардың көшірмелерін қоса бере отырып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оңғы бес жыл ішінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сатып</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әлеуеттi өнiм берушiнің атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алынатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметтерге</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұқсас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсеткен қызметтер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21CE">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көлемі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1863"/>
+        <w:gridCol w:w="3334"/>
+        <w:gridCol w:w="4308"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+        <w:trPr>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="980" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Көрсет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лген</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызметтердiң</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тапсырыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>беруш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лердiң</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қызметтер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ді</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрсет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+        <w:trPr>
+          <w:trHeight w:val="262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="980" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00AA67C0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA67C0">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA67C0">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA67C0">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00AA67C0" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA67C0">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   (әлеуеттi өнiм берушiнің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рұқсат беру туралы белгісі бар жұмысқа жіберілген автокөлік пен жүргізушіге растайтын құжаттардың көшірмелері қоса берілген, қызмет көрсетуі үшін мамандандырылған автокөлігі (бар болса) бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1238"/>
+        <w:gridCol w:w="1238"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="3249"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көлік түрi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>маркасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>меншiк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алынған (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кiмнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жүргізушіге</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұқсат беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәлімет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рұқсат беру белгісі бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медициналық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапшалардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көшірмелері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұқсат беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>белгісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көліктің</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санитар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лық-эпидемиологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB21CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidTr="00DB21CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="474" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00DB21CE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қаржы ресурстарына (ақша қаражаты: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA67C0">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, кредиттiк және т.б.) қол жеткізу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Төменде санамалау.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леуетті өнім беруші </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t>      _______________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызмет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін ресурстар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың бар екені туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымша мәліметт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бiлiктiлiгi туралы барлық мәлiметтердiң дұрыстығын растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00447147" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының қолы  _____________________ М.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00447147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00BE5E3E" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Т.А.Ә., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE5E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="009B5B8C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B7924" w:rsidRDefault="008B7924">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="004646F4" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...271 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D27E0E">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004646F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рта білім беру ұйымдарында білім алушыларды  тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>критерийлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...102 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9782" w:type="dxa"/>
-        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblW w:w="9750" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="4127"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1844"/>
         <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidTr="009A522A">
+      <w:tr w:rsidR="00677F2C" w:rsidRPr="00416A67" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00416A67" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964795">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00416A67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00416A67" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964795">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD7462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ритерийлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="00964795" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00416A67" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
-            <w:r w:rsidRPr="00964795">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00416A67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>аллы</w:t>
-            </w:r>
+              <w:t>алдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Конкурстың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нысанасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">предметом конкурса </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>болыптабылатынқызметкөрсетунарығындағытәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>По 1 баллу за каждый год, но не более 5 баллов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әр жылға 1 балдан, бірақ 5 балдан аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidTr="009A522A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FD7462" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наличие сертификата соответствия, удовлетворяющего систему  экологического менеджмента применительно к услугам по организации  питания </w:t>
+              <w:t>Экологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менеджмент ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үйесінқанағаттандыратынтамақтандырудыұйымдастырубойыншакөрсетілетінқызметкеқолдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атынсәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар-жоғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(0 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FD7462" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақтандырудыұйымдастырубойыншакөрсетілетінқызметкеқолданылатын менеджмент сапасыжүйесісертификатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар-жоғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(0 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00812404">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аспазшыларды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ң біліктілігі (10 балдан аспайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00812404" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-разряд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00812404" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-разряд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(2 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Отсутствует </w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-разряд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) жоғарғыбілім</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балл)</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>(0 баллов)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...65 lines deleted...]
-              <w:t>3.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Технологтың, диетологтың болуы (4 балдан аспайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Наличие сертификата системы менеджмента качества, применительно к услугам по организации питания</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғана бар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00812404" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Отсутствует </w:t>
+              <w:t>Бар</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(0 баллов)</w:t>
+              <w:t>(2 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...67 lines deleted...]
-              <w:t>4.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шығарылатын өнімнің ассортименттік тізбесінің бар-жоғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Квалификация повара (не более 10 баллов)</w:t>
+              <w:t xml:space="preserve">10-нан кем ас </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10-нан 30-ға дейін ас атауы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(2 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 50-ге дейін ас атауы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(3 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677F2C" w:rsidTr="009A522A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>среднее специальное образование</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Азық-түлікті санитариялық-эпидемиологиялық қорытындысы бар арнайы көлікпен жеткізу шарттары</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>разряд 3</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">(1 балл)    </w:t>
+              <w:t>ікжоқ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRPr="00FD7462" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(0 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалдамалыкөлік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(3 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>көлі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(2 балла)</w:t>
+              <w:t>(5 балл)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidRDefault="00CA4EF7" w:rsidP="009A522A">
+          <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="009A522A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008966DD">
-[...735 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA4EF7" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416A67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ескертпе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4, 5-тармақтарда балдар әр маман үшін қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="5103"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000E4A14" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4A14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Банктік кепілдік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                                              (банктің атауы мен деректемелері)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кімге:___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурсты ұйымдастырушының атауы мен деректемелері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:bCs/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№_________кепілдік міндеттеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________    ____ж. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___»____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003D7C37" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (орналасқан жері)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біз бұдан әрі «өнім беруші»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деп аталатын_______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00400068">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003D7C37" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                                                                 (әлеуетті өнім берушінің атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00400068">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06AC3">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003D7C37" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурсты ұйымдастырушының атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарының білім алушыларын тамақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уды ұйымдастыру бойынша көрсетілетін қызметті берушіні таңдау конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысатындығынан және ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (көрсетілетін қызметтердің атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызмет көрсетуге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әзір екендігінен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабардармыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________ж. «___»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________ жоғарыда аталған конкурсты өткізу жөніндегі конкурстық құжаттамада әлеуетті өнім берушілердің банктік кепілдік түрінде конкурстық өтінімді қамтамасыз етуді енгізуі көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003D7C37" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осыған байланысты біз_______________________осы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзімізге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>                                                              (банктің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сіздің талап етуіңіз бойынша Сіздің ақы төлеуге жазбаша талабыңызды, сондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583590">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нім беруші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсқа қатысуға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтінім берудің соңғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткеннен кейін конкурсқа қатысуға ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тінімді кері қайтарып алғанын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жеңімпазы деп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">танылған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өнім берушінің қызмет көрсету туралы шарт жасасудан жалтарғанын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00E8369D" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы шарт жасасып, конкурстық құжаттамада белгіленген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шартты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орындауға қамтамасыз етуді енгізу және (немесе) енгізу мерзімі туралы талаптарды орындамағаны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не уақтылы орындамаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8369D">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жазбаша раста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E8369D">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алысымен _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________тең</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00E8369D" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8369D">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(сомасы цифрлармен және жазбаша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соманы Сізге төлеуге қайтарылмайтын міндеттеме аламыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кепілдік міндеттеме конкурстық өтінімдер бар конверттерді ашқан күннен бастап күшіне енеді және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нім берушінің конкурсқа қатысуға конкурстық өтінімі қолданыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атынсоңғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е дейін қолданылады және, егер Сіздің жазбаша талабыңызды біз________ аяғына дейін алмасақ, осы құжат бізге қайтарылатындығына немесе қайтарылмайтындығына қарамастан, толық және автоматты түрде күшін жояды. Егер конкурстық өтінімнің мерзімі ұзартылған болса, онда бұл кепілдік міндеттеме сондай мерзімге ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы кепілдік міндеттемеге байланысты туындайтын барлық құқықтар мен міндеттемелер Қазақстан Республикасының заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="000635B1" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000635B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының қолы  _____________________ М.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="003D7C37" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D7C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә., қызметін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0191C" w:rsidRDefault="00E0191C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007673C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Приложение </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыруды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру бойынша көрсетілетін қызметтерді берушілерді таңдау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық құжаттамаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Берешектің жоқтығы туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="006A5F89" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00487A97" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00487A97" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...175 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(банк атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00487A97" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________ (күнін көрсету) жағдай бойынша Қазақстан Республикасы Ұлттық Банкi Басқа</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рмасының қаулысымен бекiтiлген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> принимает участие в </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кiншi деңгейдегi банктердегi және ипотекалық компаниялардағы бухгалтерлiк есеп шоттарының үлгі жоспарына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>конкурсе выбора поставщика услуги по организации питания обучающихся  в организации образования, организованном</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Банк қызмет көрсететін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="008F35CF" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00487A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="007673C7" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(заңды (жеке) тұлғаның толық атауы, тел., мекенжайы, көрсетiлciн)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">банк алдында анықтама берiлген айдың алдындағы үш айдан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> созылған мерзiмi өткен берешегiнiң жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екенін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Күні </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="00C67958" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C67958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының қолы  _____________________ М.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="006A5F89" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...23 lines deleted...]
-      </w:r>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>____</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A5F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...498 lines deleted...]
-    <w:p w:rsidR="00CA4EF7" w:rsidRPr="0077242D" w:rsidRDefault="00CA4EF7" w:rsidP="00CA4EF7">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә., қызметін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
-        <w:rPr>
-[...449 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...412 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00677F2C" w:rsidRPr="009B5B8C" w:rsidRDefault="00677F2C" w:rsidP="00677F2C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="right"/>
-[...121 lines deleted...]
-    <w:sectPr w:rsidR="00CA4EF7" w:rsidRPr="008966DD" w:rsidSect="00372C4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00677F2C" w:rsidRPr="009B5B8C" w:rsidSect="00372C4D">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC03CF" w:rsidRDefault="00AC03CF">
+    <w:p w:rsidR="00AC0859" w:rsidRDefault="00AC0859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC03CF" w:rsidRDefault="00AC03CF">
+    <w:p w:rsidR="00AC0859" w:rsidRDefault="00AC0859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC03CF" w:rsidRDefault="00AC03CF">
+    <w:p w:rsidR="00AC0859" w:rsidRDefault="00AC0859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC03CF" w:rsidRDefault="00AC03CF">
+    <w:p w:rsidR="00AC0859" w:rsidRDefault="00AC0859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="001815AB" w:rsidRDefault="00662AD2" w:rsidP="009A522A">
+  <w:p w:rsidR="001815AB" w:rsidRDefault="006D2CFF" w:rsidP="009A522A">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001815AB">
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="001815AB" w:rsidRDefault="00662AD2" w:rsidP="009A522A">
+  <w:p w:rsidR="001815AB" w:rsidRDefault="006D2CFF" w:rsidP="009A522A">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001815AB">
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003F500F">
+    <w:r w:rsidR="00F9023C">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="aa"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001815AB" w:rsidRDefault="001815AB">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
@@ -10559,171 +13696,175 @@
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00677F2C"/>
     <w:rsid w:val="000039AA"/>
     <w:rsid w:val="000125CD"/>
     <w:rsid w:val="000242A5"/>
     <w:rsid w:val="00066C76"/>
     <w:rsid w:val="00066FD1"/>
     <w:rsid w:val="00087DCC"/>
     <w:rsid w:val="00095829"/>
     <w:rsid w:val="000C6178"/>
     <w:rsid w:val="000D59DA"/>
     <w:rsid w:val="000D5E2C"/>
     <w:rsid w:val="000E1955"/>
     <w:rsid w:val="000F0819"/>
     <w:rsid w:val="00100E42"/>
     <w:rsid w:val="001535FD"/>
     <w:rsid w:val="00160E0A"/>
     <w:rsid w:val="001815AB"/>
     <w:rsid w:val="00181DBB"/>
     <w:rsid w:val="00183F8E"/>
     <w:rsid w:val="001D12A1"/>
     <w:rsid w:val="001D43E9"/>
+    <w:rsid w:val="001F0156"/>
     <w:rsid w:val="001F16A9"/>
     <w:rsid w:val="001F315D"/>
+    <w:rsid w:val="00210C59"/>
     <w:rsid w:val="00213B60"/>
     <w:rsid w:val="002260FE"/>
     <w:rsid w:val="0029386F"/>
     <w:rsid w:val="002A2391"/>
     <w:rsid w:val="002B4FFC"/>
     <w:rsid w:val="002C634D"/>
     <w:rsid w:val="002F4858"/>
     <w:rsid w:val="002F5BE7"/>
     <w:rsid w:val="0030144C"/>
     <w:rsid w:val="00317F30"/>
     <w:rsid w:val="00333913"/>
     <w:rsid w:val="00354738"/>
     <w:rsid w:val="00372C4D"/>
     <w:rsid w:val="003928AA"/>
     <w:rsid w:val="003E3645"/>
-    <w:rsid w:val="003F500F"/>
     <w:rsid w:val="00410286"/>
+    <w:rsid w:val="00424D9F"/>
     <w:rsid w:val="004B7681"/>
     <w:rsid w:val="004C2F02"/>
     <w:rsid w:val="004C3431"/>
     <w:rsid w:val="004C6A2C"/>
     <w:rsid w:val="004E0D4A"/>
     <w:rsid w:val="00504E3A"/>
+    <w:rsid w:val="00526DDA"/>
     <w:rsid w:val="00530CAC"/>
     <w:rsid w:val="0053215A"/>
     <w:rsid w:val="00535F69"/>
     <w:rsid w:val="00542785"/>
     <w:rsid w:val="00563B00"/>
     <w:rsid w:val="005736CD"/>
     <w:rsid w:val="00580C96"/>
     <w:rsid w:val="00592A80"/>
     <w:rsid w:val="005C20C8"/>
     <w:rsid w:val="005E6737"/>
     <w:rsid w:val="006111B7"/>
-    <w:rsid w:val="00662AD2"/>
     <w:rsid w:val="00677F2C"/>
     <w:rsid w:val="006A7078"/>
     <w:rsid w:val="006C60CC"/>
+    <w:rsid w:val="006D2CFF"/>
     <w:rsid w:val="00712904"/>
     <w:rsid w:val="00722A04"/>
     <w:rsid w:val="00755D8C"/>
     <w:rsid w:val="007805F1"/>
     <w:rsid w:val="00792D36"/>
     <w:rsid w:val="007B4E5B"/>
     <w:rsid w:val="007C700B"/>
     <w:rsid w:val="007D06D2"/>
     <w:rsid w:val="00812B9C"/>
     <w:rsid w:val="008753F6"/>
     <w:rsid w:val="00876A91"/>
     <w:rsid w:val="00877A14"/>
     <w:rsid w:val="008B7924"/>
     <w:rsid w:val="0092035C"/>
     <w:rsid w:val="00923FD3"/>
     <w:rsid w:val="00924240"/>
     <w:rsid w:val="00926E70"/>
     <w:rsid w:val="009368CE"/>
     <w:rsid w:val="009476F2"/>
     <w:rsid w:val="00977E24"/>
     <w:rsid w:val="00980D71"/>
     <w:rsid w:val="009A522A"/>
     <w:rsid w:val="009B0886"/>
     <w:rsid w:val="009F075F"/>
     <w:rsid w:val="00A41AD4"/>
     <w:rsid w:val="00A613CB"/>
     <w:rsid w:val="00A87238"/>
-    <w:rsid w:val="00AC03CF"/>
+    <w:rsid w:val="00AC0859"/>
     <w:rsid w:val="00AE33C7"/>
     <w:rsid w:val="00B5600D"/>
     <w:rsid w:val="00BE228D"/>
     <w:rsid w:val="00C33C7C"/>
     <w:rsid w:val="00C768C5"/>
     <w:rsid w:val="00CA4EF7"/>
     <w:rsid w:val="00CA63B2"/>
     <w:rsid w:val="00CC00CC"/>
     <w:rsid w:val="00CC1144"/>
     <w:rsid w:val="00CD2E66"/>
     <w:rsid w:val="00CF39AD"/>
     <w:rsid w:val="00D30744"/>
     <w:rsid w:val="00D7289B"/>
     <w:rsid w:val="00D7528A"/>
     <w:rsid w:val="00D7638B"/>
     <w:rsid w:val="00D823D7"/>
     <w:rsid w:val="00D939A1"/>
     <w:rsid w:val="00DB21CE"/>
     <w:rsid w:val="00DC486B"/>
     <w:rsid w:val="00DF3C73"/>
     <w:rsid w:val="00E0191C"/>
     <w:rsid w:val="00E27FAD"/>
     <w:rsid w:val="00E4779F"/>
     <w:rsid w:val="00E4782C"/>
     <w:rsid w:val="00E620B8"/>
     <w:rsid w:val="00E734C4"/>
     <w:rsid w:val="00E77125"/>
     <w:rsid w:val="00E94E71"/>
     <w:rsid w:val="00EA2200"/>
     <w:rsid w:val="00EC29C5"/>
     <w:rsid w:val="00ED781F"/>
     <w:rsid w:val="00F27AE8"/>
     <w:rsid w:val="00F86881"/>
     <w:rsid w:val="00F87D96"/>
+    <w:rsid w:val="00F9023C"/>
     <w:rsid w:val="00FD71D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11879,78 +15020,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1443E9CC-EC34-4E57-94F3-73DB8CAAFF4D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8023F4D-5933-460C-90E1-1017A732E887}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>11776</Characters>
+  <Pages>10</Pages>
+  <Words>2037</Words>
+  <Characters>11616</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
+  <Lines>96</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13814</CharactersWithSpaces>
+  <CharactersWithSpaces>13626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Customer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>