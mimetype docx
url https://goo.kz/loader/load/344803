--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,6480 +1,6541 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C107DC">
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Президенті Н. Назарбаевтың Қазақстан халқына Жолдауы. 2018 жылғы 10 қаңтар «Төртінші өнеркәсіптік революция жағдайындағы дамудың жаңа мүмкіндіктері»</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Послание Президента Республики Казахстан Н.Назарбаева народу Казахстана от 10 января 2018 года «Новые возможности развития в условиях четвертой промышленной революции»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Опубликовано: 10 января 2018 - 09:11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обновлено: 10 января 2018 - 09:17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2095500" cy="1323975"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://www.adilet.gov.kz/sites/default/files/styles/medium/public/news/a1af21c60e8e9ca83045e7ab5f558762.jpg?itok=1SQc8Z1Z">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4" tooltip="&quot;Қазақстан Республикасының Президенті Н. Назарбаевтың Қазақстан халқына Жолдауы. 2018 жылғы 10 қаңтар «Төртінші өнеркәсіптік революция жағдайындағы дамудың жаңа мүмкіндіктері»&quot;"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4" tooltip="&quot;Послание Президента Республики Казахстан Н.Назарбаева народу Казахстана от 10 января 2018 года «Новые возможности развития в условиях четвертой промышленной революции»&quot;"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="http://www.adilet.gov.kz/sites/default/files/styles/medium/public/news/a1af21c60e8e9ca83045e7ab5f558762.jpg?itok=1SQc8Z1Z">
-                      <a:hlinkClick r:id="rId4" tooltip="&quot;Қазақстан Республикасының Президенті Н. Назарбаевтың Қазақстан халқына Жолдауы. 2018 жылғы 10 қаңтар «Төртінші өнеркәсіптік революция жағдайындағы дамудың жаңа мүмкіндіктері»&quot;"/>
+                      <a:hlinkClick r:id="rId4" tooltip="&quot;Послание Президента Республики Казахстан Н.Назарбаева народу Казахстана от 10 января 2018 года «Новые возможности развития в условиях четвертой промышленной революции»&quot;"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2095500" cy="1323975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Құрметті қазақстандықтар!</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Уважаемые казахстанцы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...218 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня мир вступает в эпоху Четвертой промышленной революции, эру глубоких и стремительных изменений: технологических, экономических и социальных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Новый технологический уклад кардинально меняет то, как мы работаем, реализуем свои гражданские права, воспитываем детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимость быть готовыми к глобальным изменениям и вызовам побудила нас принять Стратегию развития «Казахстан-2050».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы поставили целью войти в тридцатку самых развитых стран мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Реализуется План нации – 100 конкретных шагов, из которых 60 уже исполнены. Остальные носят в основном долгосрочный характер и осуществляются планомерно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В прошлом году запущена Третья модернизация Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Успешно реализуется Программа индустриализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Принята комплексная программа «Цифровой Казахстан».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разработан комплексный Стратегический план развития Республики Казахстан до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наши долгосрочные цели остаются неизменными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Все необходимые программы у нас есть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Данное Послание определяет, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>не істеу қажеттігін айқындайды</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>что нам предстоит сделать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> для успешной навигации и адаптации в новом мире – мире Четвертой промышленной революции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Құрметті отандастар!</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Дорогие соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы создали независимый Казахстан, который стал брендом, вызывающим доверие и уважение в мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В 2017 году наша страна стала непостоянным членом Совета Безопасности ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В январе 2018 года мы председательствуем в нем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы стали первым государством среди стран СНГ и Восточной Европы, которое мировое сообщество избрало для проведения Всемирной специализированной выставки «ЭКСПО».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Біз дүниежүзілік ЭКСПО мамандандырылған көрмесін өткізу үшін әлемдік қоғамдастық таңдап алған ТМД және Шығыс Еуропа елдері арасындағы бірінші мемлекет болдық.</w:t>
-[...245 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>В Казахстане выстроена успешно функционирующая модель рыночной экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В 2017 году страна, преодолев негативные последствия мирового кризиса, вернулась на траекторию уверенного роста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По итогам года рост валового внутреннего продукта составил 4%, а промышленного производства – более 7%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При этом в общем объеме промышленности обрабатывающий сектор превысил 40%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Благополучное развитие Казахстана позволило сформироваться среднему классу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бедность сократилась в 13 раз, уровень безработицы снизился до 4,9%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В основе социально-экономических успехов страны – гражданский мир, межнациональное и межконфессиональное согласие, которые продолжают оставаться нашей главной ценностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тем не менее мы должны четко осознавать, что достижения Казахстана – надежная база, но не гарантия завтрашних успехов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эпоха «нефтяного изобилия» практически подходит к концу. Стране требуется новое качество развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глобальные тренды показывают, что оно должно основываться в первую очередь на широком внедрении элементов Четвертой промышленной революции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это несет в себе как вызовы, так и возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Уверен, у Казахстана есть все необходимое для вхождения в число лидеров нового мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для этого нужно сконцентрироваться на решении следующих задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>БІРІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ПЕРВОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Индустрияландыру жаңа технологияларды енгізудің көшбасшысына айналуы тиіс.</w:t>
-[...145 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Индустриализация должна стать флагманом внедрения новых технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Именно ее результаты стали одним из основных стабилизирующих факторов в кризисных 2014-2015 годах, когда цены на нефть резко снизились.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поэтому ориентир на обрабатывающий сектор с высокой производительностью труда неизменен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В то же время индустриализация должна стать более инновационной, используя все преимущества нового технологического уклада 4.0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо разработать и апробировать новые инструменты, направленные на модернизацию и цифровизацию наших предприятий с ориентацией на экспорт продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Они должны в первую очередь стимулировать трансферт технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Следует реализовать пилотный проект по оцифровке нескольких казахстанских промышленных предприятий, а затем этот опыт широко распространить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важнейшим вопросом становится развитие собственной экосистемы разработчиков цифровых и других инновационных решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Она должна выкристаллизовываться вокруг инновационных центров, таких как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> Назарбаев Университеті, «Астана» халықаралық қаржы орталығы, IT-стартаптардың халықаралық технопаркі </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Назарбаев Университет, МФЦА </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Алатау» инновациялық технологиялар паркінің</w:t>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Международный технопарк IT-стартапов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Серьезного пересмотра требует организация деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> Парка инновационных технологий «Алатау»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Основными факторами успеха инновационной экосистемы являются стимулирование спроса на новые технологии со стороны реального сектора и функционирование частного рынка венчурного финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для этого необходимо соответствующее законодательство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, особое значение приобретает развитие IT- и инжиниринговых услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цифровизация экономики, помимо дивидендов, несет и риски масштабного высвобождения рабочей силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно заранее выработать согласованную политику по трудоустройству высвобождаемой рабочей силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Предстоит адаптировать систему образования, коммуникации и сферу стандартизации под потребности новой индустриализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Экономиканы цифрландыру табыс әкелгенімен, жұмыс күшінің көптеп босап қалу қаупін де тудырады.</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>В 2018 году необходимо начать разработку третьей пятилетки индустриализации, посвященной становлению промышленности «цифровой эпохи».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ЕКІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ВТОРОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Ресурстық әлеуетті одан әрі дамыту.</w:t>
-[...227 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Дальнейшее развитие ресурсного потенциала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мир XXI века продолжает нуждаться в природных ресурсах, которые и в будущем будут иметь особое место в развитии глобальной экономики и экономики нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Однако следует критически переосмыслить организацию сырьевых индустрий, подходы к управлению природными ресурсами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо активно внедрять комплексные информационно-технологические платформы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно повысить требования к энергоэффективности и энергосбережению предприятий, а также экологичности и эффективности работы самих производителей энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Состоявшаяся в Астане выставка «ЭКСПО-2017» показала, как стремительно движется прогресс в сфере альтернативной, «чистой» энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня на возобновляемые источники энергии (ВИЭ) приходится четверть мирового производства электроэнергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По прогнозам, к 2050 году этот показатель достигнет 80%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы поставили задачу довести долю альтернативной энергии в Казахстане до 30% к 2030 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня у нас уже действует 55 объектов ВИЭ общей мощностью 336 МВт, которыми в 2017 году выработано порядка 1,1 миллиарда кВт∙ч «зеленой» энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно стимулировать бизнес, инвестировать в «зеленые» технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Акимам регионов необходимо принять меры по современной утилизации и переработке твердо-бытовых отходов с широким вовлечением субъектов малого и среднего бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эти и другие меры потребуют актуализации законодательства, в том числе Экологического кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ҮШІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ТРЕТЬЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. «Ақылды технологиялар» – агроөнеркәсіп кешенін қарқынды дамыту мүмкіндігі.</w:t>
-[...155 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. «Умные технологии» – шанс для рывка в развитии агропромышленного комплекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аграрная политика должна быть направлена на кардинальное увеличение производительности труда и рост экспорта переработанной сельскохозяйственной продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы научились выращивать различные сельхозкультуры, производить зерно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гордимся этим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Но этого уже недостаточно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно обеспечить переработку сырья и выходить на мировые рынки с высококачественной готовой продукцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно кардинально переориентировать весь агропромышленный комплекс на решение этой задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приоритетного внимания требует развитие аграрной науки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Она должна заниматься в первую очередь трансфертом новых технологий и их адаптацией к отечественным условиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При этом необходимо пересмотреть роль аграрных университетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Они должны не просто выдавать дипломы, а готовить специалистов, которые реально будут работать в АПК или заниматься научной деятельностью.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этим вузам требуется обновить программы обучения и стать центрами распространения самых передовых знаний и лучшей практики в АПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Например, многократного повышения производительности можно достичь благодаря технологиям прогнозирования оптимального времени для посевной и уборки урожая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Олар диплом беріп қана қоймай, ауыл шаруашылығы кешенінде нақты жұмыс істейтін немесе ғылыммен айналысатын мамандарды дайындауға тиіс.</w:t>
-[...209 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>«умного полива», интеллектуальным системам внесения минеральных удобрений и борьбы с вредителями и сорняками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Беспилотная техника позволяет значительно сократить себестоимость земледелия, минимизируя человеческий фактор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Внедрение новых технологий и бизнес-моделей, повышение наукоемкости АПК усиливают необходимость кооперации хозяйств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо оказывать всестороннюю поддержку сельхозкооперативам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государство совместно с бизнесом должно находить стратегические ниши на международных рынках и продвигать отечественную продукцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Интенсификация сельского хозяйства должна происходить с сохранением качества и экологичности продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это позволит создать и продвигать бренд натуральных продуктов питания «Сделано в Казахстане», который должен стать узнаваемым в мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, необходимо стимулировать тех, кто использует землю с наилучшей отдачей, и принимать меры к неэффективным пользователям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно переориентировать неэффективные субсидии на удешевление банковских кредитов для субъектов АПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поручаю увеличить в течение 5 лет производительность труда в АПК и экспорт переработанной сельхозпродукции как минимум в 2,5 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ТӨРТІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ЧЕТВЕРТОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Көлік-логистика инфрақұрылымының тиімділігін арттыру.</w:t>
-[...145 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Повышение эффективности транспортно-логистической инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня через Казахстан проходит несколько трансконтинентальных коридоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Об этом немало сказано.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В целом транзит грузов через Казахстан в 2017 году вырос на 17% и составил почти 17 миллионов тонн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стоит задача довести ежегодные доходы от транзита в 2020 году до 5 миллиардов долларов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это позволит в кратчайшие сроки вернуть затраченные государством средства на инфраструктуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо обеспечить масштабное внедрение цифровых технологий, таких как блокчейн, для отслеживания движения грузов в онлайн-режиме и беспрепятственного их транзита, а также упрощения таможенных операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Современные решения позволяют организовать взаимодействие всех звеньев логистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Использование «больших данных» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Big data) </w:t>
-[...115 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t>(Big</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>data)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> позволит обеспечить качественной аналитикой, выявить резервы роста и снизить избыточные затраты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для этих целей необходимо внедрить Интеллектуальную транспортную систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Она позволит эффективно управлять транспортными потоками и определять потребности дальнейшего развития инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для улучшения внутрирегиональной мобильности важно увеличить финансирование ремонта и реконструкции местной сети автодорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Общий объем ежегодно выделяемых на это бюджетных средств следует довести в среднесрочной перспективе до 150 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно обеспечить активное участие в этой работе всех акиматов регионов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>БЕСІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ПЯТОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Құрылысқа және коммуналдық секторға заманауи технологияларды енгізу.</w:t>
-[...209 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Внедрение современных технологий в строительстве и коммунальном секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Благодаря реализуемым программам объемы ввода жилья в Казахстане превысили 10 миллионов квадратных метров в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эффективно работает система жилищных сбережений, сделавшая жилье доступным для широких слоев населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Обеспеченность жильем на одного жителя выросла в последние 10 лет на 30% и составляет сегодня 21,6 квадратных метра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо довести этот показатель в 2030 году до 30 квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При выполнении этой задачи важно применять новые методы строительства, современные материалы, принципиально иные подходы в проектировании зданий и планировании городской застройки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно установить повышенные требования к качеству, экологичности и энергоэффективности зданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строящиеся и уже имеющиеся дома и объекты инфраструктуры необходимо оснащать системами интеллектуального управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это повысит комфортность для населения, сократит потребление электроэнергии, тепла, воды, будет стимулировать естественных монополистов к повышению своей эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно внести соответствующие изменения в законодательство, в том числе регулирующее сферу естественных монополий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Акимам нужно более активно решать вопросы модернизации жилищно-коммунальной инфраструктуры на основе государственно-частного партнерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для решения вопроса обеспечения сельских населенных пунктов качественной питьевой водой Правительству необходимо ежегодно предусматривать на данную работу не менее 100 миллиардов тенге из всех источников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>АЛТЫНШЫ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ШЕСТОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Қаржы секторын «қайта жаңғырту».</w:t>
-[...282 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. «Перезагрузка» финансового сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо завершить очистку банковского портфеля от «плохих» кредитов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При этом собственники банков должны нести экономическую ответственность, признавая убытки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вывод средств из банков акционерами в угоду аффилированных компаний и лиц должен являться тяжким преступлением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Национальный банк не должен быть созерцателем таких деяний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Иначе зачем нужен такой госорган?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Надзор за деятельностью финансовых институтов со стороны Нацбанка должен быть жестким, своевременным и действенным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государство будет и далее гарантировать соблюдение интересов простых граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно ускорить принятие закона о банкротстве физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, поручаю Национальному банку окончательно решить вопрос по валютным ипотечным займам населения, которые были предоставлены до 1 января 2016 года, когда законодательно был введен запрет на их выдачу физическим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нацбанку и Правительству следует совместно решить вопрос обеспечения долгосрочным кредитованием бизнеса по ставкам, учитывающим реальную рентабельность в отраслях экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важным являются дальнейшее улучшение инвестиционного климата и развитие фондового рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это одна из основных задач Международного финансового центра «Астана», который начал свою работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Используя лучший международный опыт, он должен стать региональным хабом, применяющим английское право и современные финансовые технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Развитию фондового рынка также будет способствовать успешный вывод акций нацкомпаний ФНБ «Самрук-Казына» на IPO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ЖЕТІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>СЕДЬМОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Адами капитал – жаңғыру негізі.</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Человеческий капитал – основа модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Білім берудің жаңа сапасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Новое качество образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нужно ускорить создание собственной передовой системы образования, охватывающей граждан всех возрастов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ключевым приоритетом образовательных программ должно стать развитие способности к постоянной адаптации к изменениям и усвоению новых знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>дошкольном образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> к 1 сентября 2019 года необходимо внедрить единые стандарты программ для раннего развития детей, развивающие социальные навыки и навыки самообучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> начат переход на обновленное содержание, который будет завершен в 2021 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это абсолютно новые программы, учебники, стандарты и кадры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Потребуется пересмотреть подходы к обучению и росту квалификации педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При университетах страны нужно развивать педагогические кафедры и факультеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо усилить качество преподавания математических и естественных наук на всех уровнях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это важное условие для подготовки молодежи к новому технологическому укладу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для повышения конкуренции между образовательными учреждениями и привлечения частного капитала будет внедрено подушевое финансирование в городских школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Учитывая, что нагрузка на учеников у нас самая высокая среди стран СНГ и в среднем более чем на треть выше, чем в странах ОЭСР, нужно ее снизить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Во всех регионах на базе дворцов школьников нужно создать сеть детских технопарков и бизнес-инкубаторов со всей необходимой инфраструктурой, включая компьютеры, лаборатории, 3D-принтеры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это поможет успешно интегрировать молодое поколение в научно-исследовательскую и промышленно-технологическую среду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Будущее казахстанцев – за свободным владением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...279 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>казахским, русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>қазақ, орыс </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>английским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> языками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разработана и внедряется новая методика изучения казахского языка для русскоязычных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если мы хотим, чтобы казахский язык жил в веках, нужно его осовременить, не утяжеляя избыточной терминологией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Однако за последние годы на казахский язык было переведено 7 тысяч устоявшихся и общепринятых в мире терминов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Такие «нововведения» иногда доходят до смешного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Например, «ғаламтор» («Интернет»), «қолтырауын» («крокодил»), «күй сандық» («фортепиано») и таких примеров полно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо пересмотреть подходы к обоснованности таких переводов и терминологически приблизить наш язык к международному уровню.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Переход на латинский алфавит способствует решению этого вопроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Следует определить четкий график перехода на латинский алфавит до 2025 года на всех уровнях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Знание русского языка остается важным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 2016 года в обновленных программах русский язык преподается в казахских школах уже с 1-го класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 2019 года будет начат переход к преподаванию на английском языке отдельных естественнонаучных дисциплин в 10-м и 11-м классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В результате все наши выпускники будут владеть тремя языками на уровне, необходимом для жизни и работы в стране и в глобальном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тогда и возникнет настоящее гражданское общество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Человек любой этнической группы сможет выбрать любую работу вплоть до избрания Президентом страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстанцы станут единой нацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Содержательность обучения должна гармонично дополняться современным техническим сопровождением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно продолжить работу по развитию цифровых образовательных ресурсов, подключению к широкополосному Интернету и оснащению видеооборудованием наших школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо обновить программы обучения в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>техническом и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>профессиональном образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> с привлечением работодателей и учетом международных требований и цифровых навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно продолжить реализацию проекта «Бесплатное профессионально-техническое образование для всех».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государство дает молодому человеку первую профессию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правительство должно выполнить эту задачу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В Интернете необходимо размещать видеоуроки и видеолекции от лучших преподавателей средних школ, колледжей и вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это позволит всем казахстанцам, в том числе в отдаленных населенных пунктах, получить доступ к лучшим знаниям и компетенциям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> нужно увеличить число выпускников, обученных информационным технологиям, работе с искусственным интеллектом и «большими данными».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При этом следует развивать вузовскую науку с приоритетом на исследования в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ағылшын </w:t>
-[...486 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>металлургии, нефтегазохимии, АПК, био- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> металлургия, мұнай-газ химиясы, агроөнеркәсіп кешені, био және IT-технологиялар </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>IT-технологиях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требуется осуществить поэтапный переход на английский язык прикладных научных исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вузам необходимо активно реализовывать совместные проекты с ведущими зарубежными университетами и исследовательскими центрами, крупными предприятиями и ТНК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Софинансирование со стороны частного сектора должно стать обязательным требованием для всех прикладных научно-исследовательских разработок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно выстроить системную политику по поддержке наших молодых ученых с выделением им квот в рамках научных грантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>К сфере образования пора относиться как к отдельной отрасли экономики со своими инвестиционными проектами и экспортным потенциалом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо законодательно закрепить академическую свободу вузов, предоставив им больше прав создавать образовательные программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требуется усилить переподготовку преподавателей, привлекать зарубежных менеджеров в вузы, открывать кампусы мировых университетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наращивание потенциала нации требует дальнейшего развития нашей культуры и идеологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смысл «Рухани жаңғыру» именно в этом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Идеалом нашего общества должен стать казахстанец, знающий свои историю, язык, культуру, при этом современный, владеющий иностранными языками, имеющий передовые и глобальные взгляды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...210 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Первоклассное здравоохранение и здоровая нация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С ростом продолжительности жизни населения и развитием медицинских технологий объем потребления медицинских услуг будет расти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Современное здравоохранение должно больше ориентироваться на профилактику заболеваний, а не на дорогостоящее стационарное лечение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно усилить управление общественным здоровьем, пропагандируя здоровый образ жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Особое внимание следует уделить охране и укреплению репродуктивного здоровья молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Следует переходить от малоэффективной и затратной для государства диспансеризации к управлению основными хроническими заболеваниями с применением дистанционной диагностики, а также амбулаторного лечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этот опыт давно есть в мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно смело и активно его внедрять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо принять комплексный план по борьбе с онкологическими заболеваниями, создать научный онкоцентр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должны быть обеспечены высокоэффективные ранняя диагностика и лечение рака на основе передового международного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо провести такую же работу, которую  мы провели в кардиологии, борьбе с туберкулезом и родовспоможении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Здравоохранение будет поэтапно переходить на систему обязательного социального медицинского страхования (ОСМС), основанную на солидарной ответственности населения, государства и работодателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимость ее внедрения не вызывает сомнений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Однако требуется более тщательно провести подготовительную работу, которая не была выполнена Минздравом и Минтрудсоцзащиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно разработать новую модель гарантированного объема бесплатной медицинской помощи (ГОБМП), определив четкие границы обязательств государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услуги, не гарантированные государством, население сможет получать, став участником ОСМС или через добровольное медицинское страхование, а также сооплату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо повысить доступность и эффективность медицинской помощи через интеграцию информационных систем, использование мобильных цифровых приложений, внедрение электронных паспортов здоровья, переход на «безбумажные» больницы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требуется приступить к внедрению в медицине технологий генетического анализа, искусственного интеллекта, которые на порядок повышают эффективность диагностики и лечения заболеваний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важным вопросом являются обеспеченность и качество подготовки медицинских кадров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня мы имеем уникальную Школу медицины Назарбаев Университета, при которой функционирует интегрированная университетская клиника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этот опыт должен транслироваться на все медицинские вузы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для реализации этих и других мер следует разработать новую редакцию Кодекса «О здоровье народа и системе здравоохранения».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Үздік денсаулық сақтау ісі және дені сау ұлт</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Качественная занятость и справедливая система социального обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно обеспечить эффективность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>рынка труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, создать условия, чтобы каждый мог реализовать свой потенциал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо разработать современные стандарты по всем основным профессиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В этих стандартах работодатели и бизнесмены четко закрепят, какие знания, навыки и компетенции должны быть у работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно, исходя из требований профстандартов, разработать новые или обновить действующие образовательные программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Резервом экономического роста являются самозанятые и безработные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я не раз требовал разобраться по вопросу самозанятых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министерство труда и социальной защиты населения проявило безответственность и поверхностность в этом деле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо предоставить больше возможностей для вовлечения людей в продуктивную занятость – открыть собственное дело или получить новую профессию и устроиться на работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заслуживает поддержки работа НПП «Атамекен» по обучению бизнесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Важно расширить охват этих категорий населения Программой развития продуктивной занятости и массового предпринимательства, усилив ее инструменты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Процесс регистрации самозанятых нужно максимально упростить, создать условия, при которых будет выгодно добросовестно исполнять свои обязательства перед государством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстанцы должны иметь возможность сравнительно быстро найти новую работу, в том числе и в других населенных пунктах страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требуется полномасштабное внедрение единой электронной биржи труда, где должна консолидироваться вся информация о вакансиях и лицах, ищущих работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Не выходя из дома человек сможет пройти тесты профориентации, узнать про учебные курсы, меры господдержки и найти интересную работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Трудовые книжки тоже следует перевести в электронный формат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Закон по электронной бирже труда необходимо принять до 1 апреля 2018 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Социальная политика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> будет осуществляться через вовлечение граждан в полноценную экономическую жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пенсионная система теперь полностью привязана к трудовому стажу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кто б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...390 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>льше работал, тот будет получать б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>льшую пенсию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В связи с этим всем казахстанцам нужно серьезно подойти к легализации своей трудовой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В системе социального страхования также будет усилена взаимосвязь между трудовым стажем и размерами выплат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 2018 года мы перешли на новый порядок оказания адресной социальной помощи малообеспеченным слоям населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повышен порог ее оказания с 40 до 50% от прожиточного минимума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для трудоспособных малообеспеченных граждан денежная помощь будет доступна при условии их участия в мерах содействия занятости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для нетрудоспособных граждан меры господдержки будут усилены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дорогие казахстанцы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Все свои социальные обязательства государство исполнит в полном объеме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Хочу напомнить, в 2016-2017 годах были трижды повышены пенсии и пособия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Базовая пенсия выросла в общей сложности на 29%, солидарная – на 32%, пособия на рождение ребенка – на 37%, а по инвалидности и потере кормильца – каждое на 43%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата работников здравоохранения увеличилась до 28%, образования – до 29%, социальной защиты – до 40%, госслужащих корпуса «Б» – на 30%, стипендии – на 25%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Время кризисное. И не многие страны в мире смогли также повысить социальные расходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Расходы республиканского бюджета на социальную сферу в 2018 году увеличены на 12% и превысили 4,1 триллиона тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повышение социальных выплат, в том числе пенсий, увеличит доходы более 3 миллионов казахстанцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 1 января 2018 года солидарные пенсии выросли на 8%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повышение пособий для инвалидов, семьям, потерявшим кормильца, воспитывающим детей-инвалидов, составило до 16%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 1 июля 2018 года базовая пенсия увеличится в среднем в 1,8 раза в зависимости от трудового стажа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, поручаю с 1 июля 2018 года дополнительно ввести госпособия для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...110 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>родителей, осуществляющих уход за совершеннолетними инвалидами I группы с детства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ежемесячно такие пособия в размере не ниже одного прожиточного минимума получат порядка 14 тысяч семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мен өзін-өзі жұмыспен қамтығандар мәселесін қарастыру жөнінде бірнеше рет талап қойғанмын.</w:t>
-[...362 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>На эти цели потребуется до 3 миллиардов тенге в 2018 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для повышения престижа профессии учителя поручаю с    1 января 2018 года должностной оклад учителей, которые переходят на обновленное содержание учебного материала, увеличить на 30%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обновленное содержание – это современные учебные программы, соответствующие международным стандартам и прошедшие адаптацию в Назарбаев Интеллектуальных школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Они дают нашим детям необходимые функциональную грамотность и критическое мышление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, поручаю ввести в 2018 году новую сетку категорий для учителей, учитывающую уровень квалификации с увеличением разрывов между категориями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Категории необходимо присваивать через национальный квалификационный тест, как это делается во всем мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это будет стимулировать педагогов к постоянному совершенствованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В результате в зависимости от подтвержденной квалификации в целом заработная плата учителей вырастет от 30 до 50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Для этого в текущем году необходимо дополнительно выделить 67 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...120 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ВОСЬМОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Эффективное государственное управление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нужно продолжить работу по сокращению издержек для предпринимателей и населения при государственном администрировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В связи с этим важно ускорить принятие закона, направленного на дальнейшее дерегулирование бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо обеспечить цифровизацию процессов получения бизнесом господдержки с ее оказанием по принципу «одного окна».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Интеграция информационных систем госорганов позволит перейти от оказания отдельных госуслуг к комплексным по принципу «одного заявления».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Также следует продолжить работу по повышению качества услуг субъектов естественных монополий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важно устанавливать обоснованные тарифы им и энергопроизводителям с учетом инвестиционных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требуются решительные действия по улучшению бизнес-климата, особенно на региональном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правительство должно подготовить новый пакет системных мер по поддержке бизнеса, вывода его из тени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Следует ускорить реализацию плана приватизации, расширив его за счет сокращения числа подведомственных организаций госорганов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Те подведомственные организации, которые реально необходимы, следует по возможности консолидировать для снижения административных расходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Высвобожденные средства нужно направить на внедрение новой системы оплаты труда госслужащих на основе факторно-балльной шкалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Она сократит диспропорции в окладах госслужащих регионов и центра, а также будет учитывать характер работы и ее эффективность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству совместно с Агентством по делам госслужбы реализовать в 2018 году пилотные проекты в центральных и местных госорганах по внедрению этой системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо более полно раскрыть потенциал эффективности государственной службы в регионах через повышение их экономической самостоятельности и ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В целом фокус региональной политики следует перенести с выравнивания расходов на стимулирование роста собственных доходов регионов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Республикалық бюджеттің әлеуметтік салаға бөлінген шығыны 2018 жылы 12 процентке өсіп, 4,1 триллион теңгеден асты.</w:t>
-[...91 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>В частности, одним из перспективных источников для любого региона является развитие въездного и внутреннего туризма, создающего сегодня каждое десятое рабочее место в мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правительству в свою очередь надо принять комплекс мер, включая упрощение визовых процедур, развитие инфраструктуры и снятие барьеров в отрасли туризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В рамках фискальной децентрализации необходимо решить вопрос передачи в региональные бюджеты корпоративного подоходного налога от малого и среднего бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 1 января 2018 года в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>кәмелетке толған, бала кезінен бірінші топтағы мүгедектерді бағып отырған ата-аналар</w:t>
-[...199 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>городах районного значения, селах и сельских округах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> с численностью населения свыше 2 тысяч человек законодательно предусмотрено внедрение самостоятельного бюджета и коммунальной собственности местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С 2020 года эти нормы будут действовать во всех населенных пунктах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В бюджет села передано 7 видов налоговых и других неналоговых поступлений, а также 19 направлений расходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Это позволит вовлечь население в решение вопросов местного значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, государственные органы должны применять современные цифровые технологии для учета замечаний и предложений граждан в режиме реального времени и оперативного реагирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Внедряя новые технологии, государству и компаниям следует обеспечивать надежную защиту своих информационных систем и устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня понятие кибербезопасности включает в себя защиту не просто информации, но и доступа к управлению производственными и инфраструктурными объектами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эти и иные меры должны найти отражение в Стратегии национальной безопасности Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>СЕГІЗІНШІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ДЕВЯТОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Тиімді мемлекеттік басқару.</w:t>
-[...498 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>. Борьба с коррупцией и верховенство закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Будет продолжена превентивная борьба с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проводится большая работа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Только за 3 последних года осуждено за коррупцию более 2,5 тысячи лиц, включая топ-чиновников и руководителей госкомпаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>За этот период возмещено порядка 17 миллиардов тенге нанесенного ими ущерба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Важной является цифровизация процессов в госорганах, включая их взаимодействие с населением и бизнесом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В частности, граждане должны видеть, как рассматриваются их обращения, и вовремя получать качественные ответы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осуществляются институциональные преобразования судебной и правоохранительной систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В законодательство внесены нормы, предусматривающие усиление защиты прав граждан в уголовном процессе, снижение его репрессивности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Расширены права адвокатов, а также судебный контроль на досудебной стадии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разграничены полномочия и зоны ответственности правоохранительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Работу по укреплению гарантий конституционных прав граждан, обеспечению верховенства права, гуманизации правоохранительной деятельности необходимо продолжить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В сфере охраны общественного порядка и обеспечения безопасности нужно активно внедрять интеллектуальные системы видеонаблюдения и распознавания на улицах и в местах массового пребывания граждан, контроля за дорожным движением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ТОҒЫЗЫНШЫ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>ДЕСЯТОЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Жемқорлықпен күрес және заңның үстемдігі.</w:t>
-[...141 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>. «Умные города» для «умной нации».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2018 год – год 20-летнего юбилея нашей столицы – Астаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ее становление и вхождение в число важнейших центров развития Евразии – предмет нашей общей гордости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Заңнамаға қылмыстық процестегі азаматтардың құқықтарын қорғау ісін күшейтуді, оның әсіре қатаңдығын бәсеңдетуді көздейтін нормалар енгізілді.  </w:t>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        <w:t>Современные технологии дают эффективные решения проблем быстрорастущего мегаполиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно комплексно внедрять управление городской средой на основе концепции «Смарт Сити» и развития компетенций людей, переселяющихся в город.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В мире пришли к пониманию, что именно города конкурируют за инвесторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Они выбирают не страну, а город, в котором комфортно жить и работать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Поэтому на основе опыта Астаны необходимо сформировать «эталонный» стандарт «Смарт Сити» и начать распространение лучших практик и обмен опытом между городами Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Умные города» станут локомотивами регионального развития, распространения инноваций и повышения качества жизни на всей территории страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вот 10 задач. Они понятны и ясны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...185 lines deleted...]
-      <w:r w:rsidRPr="00C107DC">
+        </w:rPr>
+        <w:t>Дорогие казахстанцы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C107DC" w:rsidRPr="00C107DC" w:rsidRDefault="00C107DC" w:rsidP="00C107DC">
-[...175 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Благодаря политической стабильности и общественному консенсусу мы приступили к модернизации экономики, политики и сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дан импульс новому этапу технологического и инфраструктурного развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституционная реформа установила более точный баланс ветвей власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мы развернули процесс обновления национального сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По сути, эти три базовых направления являются системной триадой казахстанской модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10FFC" w:rsidRPr="00E10FFC" w:rsidRDefault="00E10FFC" w:rsidP="00E10FFC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Чтобы соответствовать новому времени, нам предстоит сплотиться в единую нацию – нацию, стоящую на пороге исторического восхождения в условиях Четвертой промышленной революции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00161A36" w:rsidRDefault="00E10FFC">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00161A36" w:rsidRPr="00C107DC">
+    <w:sectPr w:rsidR="00161A36">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008B48C5"/>
-    <w:rsid w:val="008B48C5"/>
+    <w:rsidRoot w:val="00B70DFB"/>
     <w:rsid w:val="00B336E8"/>
     <w:rsid w:val="00B60EC0"/>
-    <w:rsid w:val="00C107DC"/>
+    <w:rsid w:val="00B70DFB"/>
+    <w:rsid w:val="00E10FFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4C021A57-5376-418D-BB2F-4604C0E09273}"/>
+  <w15:docId w15:val="{589FDBE0-0F2A-42DB-8A5F-4D89EC61FE42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6834,4164 +6895,4152 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C107DC"/>
+    <w:rsid w:val="00E10FFC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C107DC"/>
+    <w:rsid w:val="00E10FFC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C107DC"/>
+    <w:rsid w:val="00E10FFC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00C107DC"/>
+    <w:rsid w:val="00E10FFC"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1946040933">
+    <w:div w:id="1108894779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1081369240">
+        <w:div w:id="1429306231">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="144247118">
+        <w:div w:id="323901334">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="348534418">
+            <w:div w:id="1584291864">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1050425205">
+                <w:div w:id="110983179">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="975522995">
+                    <w:div w:id="1714771443">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="398791286">
+                        <w:div w:id="609312427">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="715936903">
+                    <w:div w:id="1323387227">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="375545874">
+                        <w:div w:id="1553543467">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="293147117">
+                    <w:div w:id="1340620801">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="576791153">
+                        <w:div w:id="1489328154">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="357314951">
+                            <w:div w:id="1218323597">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="1335916826">
+                                <w:div w:id="1253123540">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
-                        <w:div w:id="1145052669">
+                        <w:div w:id="399447587">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1467815192">
+                            <w:div w:id="233468216">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="1488858624">
+                                <w:div w:id="1781872617">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="1337344500">
-[...3827 lines deleted...]
-                                    <w:div w:id="1082868776">
+                                    <w:div w:id="2080664032">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1851721935">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1688677409">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2080403789">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="771438004">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1676346782">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="99448328">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1218663836">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1749109260">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1062872511">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="723065490">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1779444262">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="70080336">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="962422376">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1157110297">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="773137770">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1833716708">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="7491163">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="351999104">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1839998769">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="550073115">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="26417712">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="605619379">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1382822696">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="514852400">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1843856103">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1892231694">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1702393993">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1299069426">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="389573119">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="25107714">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1481579621">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1541698148">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="370305482">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="272983749">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="896547207">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="163403330">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1383553674">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="95712165">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="465398022">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1081484896">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1208831780">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="879627244">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1508059451">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1393238479">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="552352639">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="299043472">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1134713155">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1992519794">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="32777762">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1901165517">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="397748450">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1962229491">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="200099315">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="693074909">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="138306916">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1125392294">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1096944627">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1871533620">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="516584782">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1662392201">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1800563212">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2143452299">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="62604698">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1421365994">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="56562193">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="310064949">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1916739096">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="124735561">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="835146058">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="871039384">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="906182664">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="283587684">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1834223415">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1301379018">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="920024240">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="758716560">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1444881222">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1087772944">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2033259981">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1939560121">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="207185565">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="747926153">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="375813525">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1943997375">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="547037890">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2095199015">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1812672281">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1507866664">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2103336641">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="725955053">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1649942594">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="163981260">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1158500368">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="99111367">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1531793345">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="812603133">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1248880445">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="901603803">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="955252975">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1189564895">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2077314345">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1000086053">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="153839734">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="729959792">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1736391960">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1306348423">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="436020835">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="659311799">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="614946440">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1158303295">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2020505271">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1771469622">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2037851673">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="389422675">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1818843290">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="677729952">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1683046676">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="991567174">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="602735551">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1262252954">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="311444270">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1595673626">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1450011690">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="683016245">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2061052562">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1144935182">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1422288862">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1227253710">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2075738202">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1597976304">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1380594397">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1605767778">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1263994476">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1420558748">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1005281361">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="808791969">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="922496828">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="871721265">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="783421654">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1937245532">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="351341381">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1924753064">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1547913634">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1763574367">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1920940918">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1194080600">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="24526674">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="962493714">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1038968830">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="783772576">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1980766637">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="282813858">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="324017776">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1059549533">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="617957608">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="371196815">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="56903809">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="241723090">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="637347089">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="524975922">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1606499573">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="728071960">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1724908573">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1215316446">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="195050850">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1686597104">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="879438089">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1118256411">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1459839259">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2108110230">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1170174865">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1020739947">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="873079953">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1365790195">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="209995086">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1639647199">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="248775704">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="265699827">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="655963857">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2049910154">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="975180623">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1041436940">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1940213974">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1267076568">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="515965747">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1393189032">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="975641639">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="524900799">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="511991929">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="866337204">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="686449125">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="867841011">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="465589264">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="163280991">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2077891974">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="755201686">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="50928842">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="66920316">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1622767132">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="713654087">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1768890354">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="157620479">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2147239628">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="614558112">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1379236640">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="610168627">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="797643316">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1413896356">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="812799210">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="614412389">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="703945047">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1999067876">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2069761828">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1890997921">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="135415376">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="204148287">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="170147161">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="218517858">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="756829214">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1142768437">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1447965195">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1407268855">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="396324098">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="337856983">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1702583207">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1227112613">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="118885840">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1678771424">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="558633795">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2052260379">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1178349670">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1653949251">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2142262096">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="961496552">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1910385466">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1947423867">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="493226330">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="977343880">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="476728951">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1367753773">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="14776126">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1053427861">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1010913706">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="351423154">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1053311648">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2147314407">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1083184370">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="455955708">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1568298471">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="370807259">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="173690255">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="248586548">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1587416411">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1531186243">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1787893264">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1918518422">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="972364923">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="657078767">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="389152914">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1968193102">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1392078703">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="437262820">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1614050336">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="744375885">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="576213553">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1247376339">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="471562442">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="307322100">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="637026757">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1163668784">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="344794822">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="301425245">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="579560914">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1226993110">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1677725744">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="558904048">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1198392311">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="570042344">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1939672760">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="613635201">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1810392399">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="840197031">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="670448413">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1308435803">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="477459104">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2077360574">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1504860056">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2131121899">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="105344750">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="952632771">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="401148233">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="800928135">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="609507949">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="989794768">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1639647423">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="43990736">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1594128853">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="521553451">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1873035920">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="872376471">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="540553258">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1186942571">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1897083439">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1361853369">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="999963111">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1882357257">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1569879245">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2059819174">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1836139755">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="2093233533">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="488978683">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="505826439">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1729113784">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1557352874">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="311257128">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1619413337">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1995983533">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                    <w:div w:id="1734813311">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
@@ -11252,54 +11301,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5050</Words>
-  <Characters>28791</Characters>
+  <Words>4806</Words>
+  <Characters>27395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>239</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>228</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33774</CharactersWithSpaces>
+  <CharactersWithSpaces>32137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ГУЛЬСИНА</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>