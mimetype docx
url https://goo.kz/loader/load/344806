--- v0 (2025-12-24)
+++ v1 (2025-12-26)
@@ -1,4614 +1,1917 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ca-ES"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...32 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2018 ж «__» _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidR="00F51F46" w:rsidRPr="005F24DF">
-[...123 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____ бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5220"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№1 қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің қалалық олимпиадасы туралы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...2135 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>I. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1.1. Осы ережелер бастауыш сыныптар, пән мұғалімдерінің қалалық  олимпиадасының мақсаттары мен міндеттері, оны өткізу және қаржыландыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        1.2. Олимпиаданың негізгі мақсаттары мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="896"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">мұғалімдердің ғылыми-әдістемелік деңгейін анықтау, кәсіби дәрежесі мен ақпараттық құзырлығын арттыру үшін қажетті жағдайлар жасау; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="896"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>мұғалімдердің шығармашылық белсенділігін, кәсіби шеберлік деңгейін арттыруға ынталандыру, шығармашылықпен жұмыс істейтін мұғалімдерді қолдау және көтермелеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="896"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ұстаз мамандығының мәртебесін арттыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="896"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ғылыми білімді насихаттау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3.  Олимпиада </w:t>
       </w:r>
-      <w:r w:rsidR="0099533C" w:rsidRPr="005F24DF">
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2018 жылғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ақпан айында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1.4.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олимпиада </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> турда өтеді, онда төмендегідей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша қазақ, орыс тілдерінде теориялық және тәжірибелік тапсырмалар орындалады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағылшын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>неміс тілдері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,математика, физика, химия, биология, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, география, информатика, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастауыш сыныптар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...191 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Олимпиада тапсырмаларын әзірлеуді Білім беруді және тәрбиелеуді дамытудың инновациялық орталығы (ББжТДИО) және жоғары оқу орындарының оқытушылары жүзеге асырады</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>. ОЛИМПИАДАҒА ҚАТЫСУШЫЛАР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        2.1. Олимпиаданың барлық кезеңдеріне шығармашылықпен жұмыс істейтін жалпы орта білім беру ұйымдарының мұғалімдеріқатыса алады. </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
-[...77 lines deleted...]
-        <w:t>5</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Соңғы үш жылдағы (2017, 2016, 2015</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жж) жүлдегерлері олимпиадаға қатыса алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        2.2.  Әр пән бойынша қалалық кезеңнің жеңімпаздары облыстық олимпиадаға қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        2.3. Барлық пәндер бойынша олимпиада тапсырмаларын орындауға 4 астрономиялық сағаттан артық емес уақыт бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="003E13AD">
-[...56 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        2.4.  Ұсынылған тапсырмалардың 70-100% орындаған қатысушылар жүлделі орындарға иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00035BD5">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2760"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>III. ОЛИМПИАДАНЫҢ ЖҰМЫС ОРГАНДАРЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...235 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        4.1. Олимпиадаға дайындық, оны өткізу бойынша ұйымдастыру жұмыстарын үйлестіру және жүзеге асыру үшін Білім беру бөлімінің бұйрығы негізінде ұйымдастыру комитеті құрылады. Қалалық ұйымдастыру комитетінің құрамына білім беру бөлімі басшысының орынбасары, әдістемелік кабентінің меңгерушісі, әдіскерлері енеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        4.2. Білім беру бөлімі басшысының орынбасары қалалық ұйымдастыру комитетінің төрайымы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        4.3. Қалалық ұйымдастыру комитеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        1</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-16"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)  олимпиаданың барлық кезеңдерін өткізу тәртібін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>олимпиаданы тікелей басқаруды жүзеге асырады</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        3) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олимпиаданың ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік деңгейде өтуі үшін пәндер бойынша қазылар алқасы құрамын анықтайды</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әндер бойынша қазылар алқасы жұмысын ұйымдастырады</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">         5) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F24DF">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысушылардың жұмыстарын бағалау кезінде даулы мәселелерді талқылап, қажет болған жағдайда тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і түзетулер енгізеді</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6) </w:t>
       </w:r>
-      <w:r w:rsidR="00B86C00" w:rsidRPr="005F24DF">
-[...93 lines deleted...]
-    <w:p w:rsidR="00B86C00" w:rsidRPr="005F24DF" w:rsidRDefault="00B86C00" w:rsidP="00395978">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалалық олимпиаданың қорытындысына талдау жасайды және жинақтайды, бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ім беру бөлімінің бұйырығының жобасын әзірлеуге қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        4.4. Олимпиаданың бірінші кезеңіне басшылық ету үшін қалалық ұйымдастыру комитеті құрылады.Олардың құрамын білім беру бөлімінің басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>IV. ОЛИМПИАДАНЫҢ ҚАЗЫЛАР АЛҚАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          5.1. Пәндік олимпиаданың қазылар алқасы төрағадан және алқа мүшелерінен тұрады. Қазылар алқасының төрағасы мен мүшелерін білім беру бөлімінің басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Қазылар алқасының құрамына ЖОО оқытушылары, әдіскерлер, тәжірибелі мұғалімдер және жоғары біліктілігі бар білім беру </w:t>
-[...88 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+        <w:t>Қазылар алқасының құрамына ЖОО оқытушылары, әдіскерлер, тәжірибелі мұғалімдер және жоғары біліктілігі бар білім беру бөлімінің өкілдері кіруі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           5.2. Қалалық олимпиаданың қазылар алқасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- ұсынылатын тапсырмалардың ғылыми-әдістемелік деңгейге сәйкестігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="007B6556" w:rsidP="007B6556">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- тиісті кезеңдер өткенге дейін тапсырмалардың құпияда сақталуына жауап береді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="007B6556" w:rsidP="007B6556">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- І кезеңдегі теориялық және эксперименталдық тапсырмаларды тексереді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="007B6556" w:rsidP="007B6556">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- ұйымдастыру комитетіне пәндер бойынша олимпиада қорытындысы туралы есеп тапсырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="007B6556" w:rsidP="007B6556">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>- жеңімпаздарды анықтайды және қалалық ұйымдастыру комитетіне жүлделі орындарды тағайындау үшін ұсыныстар береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...11 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>V. ОЛИМПИАДА ҚАТЫСУШЫЛАРЫНЫҢ ОРЫНДАҒАН ТАПСЫРМАЛАРЫНА ТАЛДАУ ЖАСАУ ТӘРТІБІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">           6.1.Тапсырмаларға талдау жасау төраға, алқа мүшесі және  олимпиадаға қатысушымен тікелей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
-[...11 lines deleted...]
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="007B6556">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
-[...20 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="007B6556">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VI. ОЛИМПИАДАНЫ ҚОРЫТЫНДЫЛАУ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ЖӘНЕ ҚАТЫСУШЫЛАРДЫ МАРАПАТТАУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B6556" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="007B6556">
-[...126 lines deleted...]
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          7.1. Қалалық олимпиада жүлдегерлері пәндік қазылар алқасының шешімі бойынша І, ІІ, ІІІ дәрежелі дипломдармен марапатталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2. 2013 жылғы 7 тамыздағы № 323 бұйрығымен бекітілген «Педагог қызметкерлерді аттестаттау туралы ереже» негізінде олимпиаданың жеңімпазы атанған мұғалімдердің біліктілік бірінші санатын мерзімінен бұрын көтеруге құқы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          7.5.  Қалалық олимпиадаға дайындық және оны өткізуге белсенді қатысқан білім беру жүйесі қызметкерлеріне жеке ісіне енгізілетін алғыс жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00395978" w:rsidRPr="005F24DF" w:rsidRDefault="00395978" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00F046F0" w:rsidP="00F046F0">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2676"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F24DF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A97B1D" w:rsidRPr="005F24DF" w:rsidRDefault="00A97B1D" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A97B1D" w:rsidRPr="005F24DF" w:rsidRDefault="00A97B1D" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A97B1D" w:rsidRPr="005F24DF" w:rsidRDefault="00A97B1D" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A97B1D" w:rsidRPr="005F24DF" w:rsidRDefault="00A97B1D" w:rsidP="00395978">
+    <w:p w:rsidR="00934EED" w:rsidRDefault="00934EED" w:rsidP="00934EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidRDefault="00035BD5" w:rsidP="00395978">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00035BD5" w:rsidRPr="005F24DF" w:rsidSect="00544FAF">
+    <w:p w:rsidR="004F25A5" w:rsidRPr="00934EED" w:rsidRDefault="004F25A5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004F25A5" w:rsidRPr="00934EED">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1134" w:bottom="1079" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -4616,400 +1919,300 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="522E0251"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30FC7C84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2070"/>
         </w:tabs>
         <w:ind w:left="2070" w:hanging="990"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:cachedColBalance/>
+    <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED396A"/>
-[...91 lines deleted...]
-    <w:rsid w:val="00FC577B"/>
+    <w:rsidRoot w:val="00934EED"/>
+    <w:rsid w:val="004F25A5"/>
+    <w:rsid w:val="00934EED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5081,200 +2284,151 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE7C22"/>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...54 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="860438642">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5300,51 +2454,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5476,71 +2630,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7918</Characters>
+  <Pages>1</Pages>
+  <Words>689</Words>
+  <Characters>3933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9288</CharactersWithSpaces>
+  <CharactersWithSpaces>4613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>админ</dc:creator>
+  <dc:creator>Шольпан Саменовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>