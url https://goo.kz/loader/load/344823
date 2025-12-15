--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="156c55a" w14:textId="156c55a">
+    <w:p w14:paraId="8ad511b" w14:textId="8ad511b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,369 +77,314 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Білім туралы мемлекеттік үлгідегі құжаттардың түрлері мен нысандарын және оларды беру қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 28 қаңтардағы № 39 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 28 января 2015 года № 39 "Об утверждении видов и форм документов об образовании государственного образца и Правил их выдачи"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 4 мамырдағы № 172 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 4 мамырда № 20566 болып тіркелді</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 4 мая 2020 года № 172. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 мая 2020 года № 20566</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В ссоответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" и пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 28 января 2015 года № 39 "Об утверждении видов и форм документов об образовании государственного образца и Правила их выдачи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10348, опубликован в информационно-правовой системе "Әділет" 21 июля 2015 года) следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Видах документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об образовании государственного образца, утвержденных указанным приказом: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить пунктами 14 и 15 следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "14. В бланках вкладышей всех видов документов применяется технология автоматической идентификации и сбора данных и (или) QR код. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. В бланках вкладышей, приложений к документам об образовании государственного образца размещаются логотипы аккредитационных агентств, аккредитовавших заявленные образовательные программы."; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...13 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...259 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -555,81 +500,101 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>28,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -665,81 +630,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>35-қосымшалар</w:t>
+        <w:t>35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+        <w:t xml:space="preserve"> к указанному приказу изложить в следующей редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -985,270 +950,247 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-қосымшаларға</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      2. Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Дауленова М.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1)</w:t>
+        <w:t>приложения 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t xml:space="preserve"> к настоящему приказу, который вводится в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1265,64 +1207,77 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+              <w:t>      Министр образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t>и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1424,103 +1379,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1541,103 +1496,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">4-қосымша </w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1658,74 +1613,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестатқа қосымша</w:t>
+        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6331"/>
         <w:gridCol w:w="5969"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
@@ -2807,103 +2762,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2924,103 +2879,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">6-қосымша </w:t>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3041,143 +2996,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z94" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Негізгі орта білім туралы аттестатқа қосымша</w:t>
+        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6128"/>
-        <w:gridCol w:w="6172"/>
+        <w:gridCol w:w="6109"/>
+        <w:gridCol w:w="6191"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6128" w:type="dxa"/>
+            <w:tcW w:w="6109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі орта білім туралы аттестатқа қосымша (БТ № ___ аттестатсыз жарамсыз) __________________________________ (тегі, аты, әкесінің аты) (болған жағдайда) Оқыған кезінде ____________________</w:t>
-[...13 lines deleted...]
-(білім беру ұйымының толық атауы)</w:t>
+Негізгі орта білім туралы аттестатқа қосымша (БТ № ___ аттестатсыз жарамсыз) _________________________________ (тегі, аты, әкесінің аты) (болған жағдайда) Оқыған кезінде ____________________ (білім беру ұйымының толық атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бітірді және мынадай білімін көрсетті:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3489,95 +3430,81 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____ жылғы "___" ______берілді.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі № ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6172" w:type="dxa"/>
+            <w:tcW w:w="6191" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приложение к аттестату об основном среднем образовании (без аттестата БТ № ___недействительно) _________________________________ (фамилия, имя, отчество) (при его наличии) за время обучения в ____________________</w:t>
-[...13 lines deleted...]
-(полное наименование организации образования)</w:t>
+Приложение к аттестату об основном среднем образовании (без аттестата БТ № ___недействительно) _________________________________ (фамилия, имя, отчество) (при его наличии) за время обучения в ____________________ (полное наименование организации образования)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 показал (-а) следующие знания:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3889,86 +3816,88 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдан "____" _______________ года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрационный номер № ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z145" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Осы нысанды толтыру бойынша түсіндірме: арнайы мектепте, жалпы білім беретін мектептердегі арнайы сыныптарда ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл ақыл-ой кемістігі бар) арналған.</w:t>
+      Пояснение по заполнению настоящей формы: предназначена для обучающихся с особыми образовательными потребностями (с легкой умственной отсталостью) в специальных школах, специальных классах общеобразовательных школ.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z146" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Негізгі орта білім туралы аттестатқа қосымша</w:t>
+        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6331"/>
         <w:gridCol w:w="5969"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6331" w:type="dxa"/>
@@ -4365,51 +4294,65 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(фамилия, имя, отчество) (при его наличии)окончил (-а)______________</w:t>
+(фамилия, имя, отчество) (при его наличии) окончил (-а)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полное наименование организации образования (школы)) и обучался по следующим учебным предметам:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4637,86 +4580,88 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выдан "____" _______________ года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрационный номер № ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z192" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Осы нысанды толтыру бойынша түсіндірме: арнайы мектепте, жалпы білім беретін мектептердегі арнайы сыныптарда ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл ақыл-ой кемістігі бар) арналған.</w:t>
+      Пояснение по заполнению настоящей формы: предназначена для обучающихся с особыми образовательными потребностями (с умеренной умственной отсталостью) в специальных школах, специальных классах общеобразовательных школ.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z193" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Негізгі орта білім туралы аттестатқа қосымша</w:t>
+        <w:t xml:space="preserve"> Приложение к аттестату об основном среднем образовании</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6513"/>
         <w:gridCol w:w="5787"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6513" w:type="dxa"/>
@@ -4727,51 +4672,65 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі орта білім туралы аттестатқа қосымша (БТ № ___ аттестатсыз жарамсыз)</w:t>
+Негізгі орта білім туралы аттестатқа қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(БТ № ___ аттестатсыз жарамсыз)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5267,51 +5226,65 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приложение к аттестату об основном среднем образовании (без аттестата БТ № ___недействительно)</w:t>
+Приложение к аттестату об основном среднем образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(без аттестата БТ № ___недействительно)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5763,68 +5736,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Классный руководитель __/ ____/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z267" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы нысанды толтыру бойынша түсіндірме: жеке бағдарламалар бойынша инклюзивті білім беру жағдайында жалпы білім беретін мектептерде Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 қазандағы № 604 бұйрығымен бекітілген тиісті деңгейдегі мемлекеттік жалпыға міндетті білім беру стандартында қарастырылған оқу пәндерінің көлемін меңгермеген ерекше білім беруге қажеттілігі бар білім алушыларға (жеңіл және орташа ақыл-ой кемістігі бар) арналған. Оқытылмаған пәндер бойынша "оқытылмады" сөзі жазылады.</w:t>
+      Пояснение по заполнению настоящей формы: предназначена для обучающихся с особыми образовательными потребностями (с легкой и умеренной умственной отсталостью) в общеобразовательных школах в условиях инклюзивного образования по индивидуальным программам, не освоивших объем учебных дисциплин предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным приказом Министра образования и науки Республики Казахстан от 31 октября 2018 года № 604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 17669). По не изучавшимся предметам прописываются слова "не изучался".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5858,103 +5833,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5975,103 +5950,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">10-қосымша </w:t>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6092,74 +6067,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>           Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z271" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы орта білім туралы аттестатқа қосымша</w:t>
+        <w:t xml:space="preserve"> Приложение к аттестату об общем среднем образовании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6409"/>
         <w:gridCol w:w="5891"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
@@ -6212,51 +6187,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ЖОБ № ________ аттестатсыз жарамсыз) ________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тегі, аты, әкесінің аты) (болған жағдайда)</w:t>
+тегі, аты, әкесінің аты)(болған жағдайда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6822,51 +6797,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(фамилия, имя, отчество)(при его наличии)</w:t>
+(фамилия, имя, отчество) (при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 за время обучения в ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -7437,103 +7412,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7554,103 +7529,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">18-қосымша </w:t>
+              <w:t>Приложение 18</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7671,348 +7646,382 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t> Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z357" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бакалавр дәрежесі берілетін жоғары білім туралы диплом</w:t>
+        <w:t xml:space="preserve"> Диплом о высшем образовании с присуждением степени бакалавр </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6715"/>
-        <w:gridCol w:w="5781"/>
+        <w:gridCol w:w="6461"/>
+        <w:gridCol w:w="5839"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6715" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="6461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________________________________________________</w:t>
-[...13 lines deleted...]
-__________________________________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (жоғары оқу орнының толық атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының ________ жылғы "______" ___________________ шешімімен (№ ________ хаттама)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________________________________________________</w:t>
-[...13 lines deleted...]
-__________________________________________________</w:t>
+________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________________________________________________</w:t>
+________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (мамандықтың және (немесе) білім беру бағдарламасының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_________________________________________________</w:t>
+________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коды және атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________________________________________мамандығы және (немесе) білім беру бағдарламасы бойынша</w:t>
-[...13 lines deleted...]
-__________________________________________________</w:t>
+_______________________________________мамандығы және (немесе) білім беру бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАКАЛАВРЫ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -8038,643 +8047,690 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (күндізгі немесе сырттай немесе кешкі)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ___________________________</w:t>
-[...27 lines deleted...]
-Хатшы ___________________________</w:t>
+Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор                         ______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хатшы                      ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_______ жылғы "____" _______ _________________ қ.</w:t>
-[...13 lines deleted...]
-ЖБ-Б № 0000001 </w:t>
+_______ жылғы "____" _______      _________________ қ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ-Б № 0000001                          </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ішкі жағы/внутренняя сторона</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5781" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
 Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(полное наименование высшего учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от "____" ___________ ______ года (протокол № _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+присуждена степень</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАКАЛАВР</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности и (или) образовательной программе ______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(код и наименование специальности и (или) образовательной программы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма обучения____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(очное или заочное или вечернее)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 ___________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-___________________________________________</w:t>
-[...209 lines deleted...]
-By the Decіsіon of the State Attestatіon Commіssіon and (or) Attestatіon Commіssіon _____________________________</w:t>
+(name of the higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________was</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(graduate’s full name)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+awarded the degree of BACHELOR __________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+on the specialty and (or) educational program</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(name of the hіgher educatіon іnstіtutіon)</w:t>
-[...125 lines deleted...]
-(full-tіme or part-tіme)</w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(code and name of the specialty and (or) educational program)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Form of training ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full-time or part-time)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date "____" ______________ ________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -8769,103 +8825,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8886,103 +8942,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">19- қосымша </w:t>
+              <w:t>Приложение 19</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9003,185 +9059,213 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkStart w:name="z419" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бакалавр дәрежесі берілетін жоғары білім туралы үздік диплом</w:t>
+        <w:t xml:space="preserve"> Диплом с отличием о высшем образовании с присуждением степени бакалавр </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6728"/>
         <w:gridCol w:w="5572"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6728" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 __________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -9390,107 +9474,107 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ректор ___________________________</w:t>
-[...13 lines deleted...]
-Хатшы </w:t>
+Ректор                         ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хатшы                     </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_______ жылғы "____" _______ _________________ қ.</w:t>
-[...13 lines deleted...]
-ЖБ-Б № 0000001 </w:t>
+_______ жылғы "____" _______      _________________ қ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ-Б № 0000001                          </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -9518,506 +9602,548 @@
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
 Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(полное наименование высшего учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от "____" ___________ ______ года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(протокол № _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+присуждена степень</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАКАЛАВР</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности и (или) образовательной программе _________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 ________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(код и наименование специальности и (или) образовательной программы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма обучения___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(очное или заочное или вечернее)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission ______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 _________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(полное наименование высшего учебного заведения)</w:t>
-[...83 lines deleted...]
-БАКАЛАВР</w:t>
+(name of the higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________was</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(graduate’s full name)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+awarded the degree of BACHELOR ________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+on the specialty and (or) educational program_________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-по специальности и (или) образовательной программе ________________________________________</w:t>
-[...12 lines deleted...]
-              <w:t>
 ________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_________________________________________</w:t>
-[...209 lines deleted...]
-(full-tіme or part-tіme)</w:t>
+(code and name of the specialty and (or) educational program)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Form of training ____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full-time or part-time)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date "____" ______________ ________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10112,103 +10238,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10229,103 +10355,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">20- қосымша </w:t>
+              <w:t>Приложение 20</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10346,185 +10472,213 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkStart w:name="z481" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік берілетін жоғары білім туралы диплом</w:t>
+        <w:t xml:space="preserve"> Диплом о высшем образовании с присвоением квалификации </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6461"/>
-        <w:gridCol w:w="5839"/>
+        <w:gridCol w:w="6061"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -10719,662 +10873,704 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ректор ___________________________</w:t>
-[...13 lines deleted...]
-Хатшы ___________________________</w:t>
+Ректор                         ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хатшы                      ___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______ жылғы "____" ____________ _______________ қ.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ЖБ № 0000001 </w:t>
+              <w:t>
+ЖБ № 0000001</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі жағы/внутренняя сторона</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5839" w:type="dxa"/>
+            <w:tcW w:w="6061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
 Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+__________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(полное наименование высшего учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от "____" _______ ______ года (протокол № _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 _________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(полное наименование высшего учебного заведения)</w:t>
-[...41 lines deleted...]
-_______________________________________</w:t>
+__________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (фамилия, имя, отчество (при его наличии))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-присвоена КВАЛИФИКАЦИЯ _______________________________________</w:t>
-[...55 lines deleted...]
-_______________________________________</w:t>
+присвоена КВАЛИФИКАЦИЯ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности и (или) образовательной программе _________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (код и наименование специальности и (или) образовательной программы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма обучения_______________________</w:t>
+Форма обучения_____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (очное или заочное или вечернее)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-By the Decіsіon of the State Attestatіon Commіssіon and (or) Attestatіon Commіssіon___________________</w:t>
-[...41 lines deleted...]
-______________________________________</w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full name of the higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (graduate’s full name)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-was conferred the qualіfіcatіon _______________</w:t>
-[...83 lines deleted...]
-(full-tіme or part-tіme)</w:t>
+was conferred the qualification ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+on the specialty and (or) educational program_________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(code and name of the specialty and (or) educational program)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Form of training ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full-time or part-time)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date "____" ______________ _____</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖБ № 0000001</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"___"_____________ ______ г. ____________________</w:t>
+"___"_____________ ______ г. _______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -11427,103 +11623,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11544,103 +11740,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">21- қосымша </w:t>
+              <w:t>Приложение 21</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11661,1528 +11857,213 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t> Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:bookmarkStart w:name="z541" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік берілетін жоғары білім туралы үздік диплом</w:t>
+        <w:t xml:space="preserve"> Диплом с отличием о высшем образовании с присвоением квалификации </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...1342 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6328"/>
         <w:gridCol w:w="6194"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12"/>
+                          <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -13195,51 +12076,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының ________ жылғы "______" ___________________ шешімімен (№ ________ хаттама)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-______________________________________________</w:t>
+_______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -13320,178 +12201,164 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Бағыты _________________________________________ </w:t>
-[...55 lines deleted...]
-Хатшы ___________________________</w:t>
+БІЛІКТІЛІГІ берілді </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқыту нысаны_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(күндізгі немесе сырттай немесе кешкі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор                         ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хатшы                      ___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_______ жылғы "____" _______ ____________ қ.</w:t>
-[...13 lines deleted...]
-ЖООК - М № 0000001</w:t>
+______ жылғы "____" ____________ _______________ қ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ЖБ № 0000001 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -13519,520 +12386,590 @@
           <w:tcPr>
             <w:tcW w:w="6194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13"/>
+                          <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
 Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(полное наименование высшего учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от "____" _________ ______ года (протокол № _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+присвоена КВАЛИФИКАЦИЯ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности и (или) образовательной программе __________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(код и наименование специальности и (или) образовательной программы) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма обучения___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(очное или заочное или вечернее)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full name of the higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(graduate’s full name)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+was conferred the qualification ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+on the specialty and (or) educational program________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 ______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(полное наименование высшего учебного заведения)</w:t>
-[...363 lines deleted...]
-"___"___________ ______ г. ____________________</w:t>
+(code and name of the specialty and (or) educational program)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Form of training ___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full-time or part-time)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date "____" ______________ _____</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖБ № 0000001</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___"_____________ ______ г. ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -14085,103 +13022,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14202,103 +13139,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">23- қосымша </w:t>
+              <w:t>Приложение 22</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14319,755 +13256,1091 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:bookmarkStart w:name="z602" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Іскерлік әкімшілік жүргізу докторы дәрежесі берілетін жоғары оқу орнынан кейінгі білім дипломы</w:t>
+        <w:t xml:space="preserve"> Диплом о послевузовском образовании с присуждением степени магистр</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5527"/>
-        <w:gridCol w:w="6773"/>
+        <w:gridCol w:w="6328"/>
+        <w:gridCol w:w="6261"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5527" w:type="dxa"/>
+            <w:tcW w:w="6328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14"/>
+                          <a:blip r:embed="rId12"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_________________________________________</w:t>
-[...13 lines deleted...]
-_________________________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (жоғары оқу орнының толық атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының ________ жылғы "______" ___________________ шешімімен (№ ________ хаттама)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының _______ жылғы "___" ___________ шешімімен (№ ____ хаттама) </w:t>
-[...125 lines deleted...]
-Ғылыми хатшы __________________</w:t>
+(мамандықтың және (немесе) білім беру бағдарламасының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+коды және атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________мамандығы және (немесе) білім беру бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МАГИСТРІ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дәрежесі берілді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағыты _________________________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(ғылыми-педагогтік және бейіндік)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының төрағасы ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ректор                         _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хатшы                      ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.О.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______ жылғы "____" _______ ____________ қ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖООК - М № 0000001</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тіркеу нөмірі ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ішкі жағы/внутренняя сторона</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6773" w:type="dxa"/>
+            <w:tcW w:w="6261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15"/>
+                          <a:blip r:embed="rId13"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
 Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-___________________________________________</w:t>
-[...13 lines deleted...]
-___________________________________________</w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полное наименование высшего учебного заведения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от "_____" _________ ________ года (протокол № ______)</w:t>
-[...27 lines deleted...]
-___________________________________________</w:t>
+от "____" __________ _____ года (протокол № _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (фамилия, имя, отчество (при его наличии))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 присуждена степень</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ДОКТОР</w:t>
-[...83 lines deleted...]
-___________________________________________</w:t>
+МАГИСТР</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности и (или) образовательной программе ______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ ______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(код и наименование специальности и (или) образовательной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Направление __________________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(научно-педагогическое или профильное)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission ______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(name of the higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________ was</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (graduate’s full name)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-was awarded the degree of Doctor on Busіness Admіnіstratіon</w:t>
-[...41 lines deleted...]
-"_____" __________ ______ г. ____________________</w:t>
+awarded the degree of Master on the specialty and (or) educational program______________________________ ______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(code and name of the specialty and (or) educational program)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Type of program_________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(scientific-pedagogical or specialized)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date "____" ______________ ________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖООК - М № 0000001</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___"___________ ______ г. ____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -15120,103 +14393,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15237,103 +14510,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">27- қосымша </w:t>
+              <w:t>Приложение 23</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15354,102 +14627,1189 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="22"/>
+    <w:bookmarkStart w:name="z661" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Үш тілдегі дипломға (транскрипт) қосымша</w:t>
+        <w:t xml:space="preserve"> Диплом о послевузовском образовании с присуждением степени доктора делового администрирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5581"/>
+        <w:gridCol w:w="6719"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5581" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1346200" cy="1397000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1346200" cy="1397000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(жоғары оқу орнының толық атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының _______ жылғы "___" ___________ шешімімен (№ ____ хаттама) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тегі, аты, әкесінің аты (болған жағдайда))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іскерлік әкімшілік жүргізу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ДОКТОРЫ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дәрежесіберілді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диссертациялық кеңестің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төрағасы __________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми хатшы __________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішкі жағы/внутренняя сторона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1346200" cy="1397000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1346200" cy="1397000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Решением Государственной аттестационной и (или) Аттестационной комиссии </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(полное наименование высшего учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от "_____" _________ ________ года (протокол № ______)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+присуждена степень</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ДОКТОР</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+делового администрирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+By the Decision of the State Attestation Commission and (or) Attestation Commission ___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(full name of higher education institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(graduate’s full name)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+was awarded the degree of Doctor on Business Administration</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date "____" ____________________ _______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖООК-Д № 0000001</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"_____" __________ ______ г. ____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="94"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="94"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="94" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 27</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z700" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение к диплому (транскрипт) на трех языках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="107"/>
+        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="53"/>
+        <w:gridCol w:w="2323"/>
+        <w:gridCol w:w="107"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д</w:t>
             </w:r>
@@ -15659,2163 +16019,2310 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 З</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12394" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Тегі________________________________________________________</w:t>
-[...55 lines deleted...]
-4. Білімі туралы алдыңғы құжат __________________________________</w:t>
+1. Тегі___________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Аты, әкесінің аты (болған жағдайда)_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Туған күні _____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Білімі туралы алдыңғы құжат ____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (құжат түрі, нөмірі, берілген күні)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_____________________________________________________________</w:t>
-[...13 lines deleted...]
-5. Түсу сынақтары ____________________________________________</w:t>
+_______________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Түсу сынақтары _______________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (құжат түрі, нөмірі, берілген күні)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_____________________________________________________________</w:t>
-[...13 lines deleted...]
-6. Түсті _____________________________________________________</w:t>
+______________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Түсті ________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ЖОО, түскен жылы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Бітірді ___________________________________________________</w:t>
+7. Бітірді ______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ЖОО, бітірген жылы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Жалпы игерілген академиялық кредиттердің саны - ECTS__________</w:t>
-[...13 lines deleted...]
-9. Оқудың орташа өлшемді бағасы (GPA)_________________________ </w:t>
+8. Жалпы игерілген академиялық кредиттердің саны - ECTS____</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Оқудың орташа өлшемді бағасы (GPA)____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 10. Кәсіптік практика </w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="832"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="825"/>
+              <w:gridCol w:w="851"/>
+              <w:gridCol w:w="8893"/>
+              <w:gridCol w:w="852"/>
+              <w:gridCol w:w="852"/>
+              <w:gridCol w:w="852"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="832" w:type="dxa"/>
+                  <w:tcW w:w="851" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">
-Практиканың </w:t>
+                    <w:t>
+Практиканың</w:t>
                   </w:r>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 түрі</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="9095" w:type="dxa"/>
+                  <w:tcW w:w="8893" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Академиялық кредиттердің саны - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">
-Баға </w:t>
+                    <w:t>
+Баға</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="774" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 әріптік</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="774" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 балдық</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="825" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 дәстүрлі</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="832" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="851" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="9095" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="8893" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="774" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="774" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="825" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="852" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. Қорытынды аттестаттау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="2192"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="727"/>
+              <w:gridCol w:w="2169"/>
+              <w:gridCol w:w="7869"/>
+              <w:gridCol w:w="754"/>
+              <w:gridCol w:w="754"/>
+              <w:gridCol w:w="754"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2192" w:type="dxa"/>
+                  <w:tcW w:w="2169" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Мемлекеттік емтихан пәндерінің атауы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="8016" w:type="dxa"/>
+                  <w:tcW w:w="7869" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Академиялық кредиттердің саны - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">
-Баға </w:t>
+                    <w:t>
+Баға</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="682" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 әріптік</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="683" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 балдық</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="727" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 дәстүрлі</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2192" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2169" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="8016" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="7869" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="682" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="683" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="727" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="754" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...20 lines deleted...]
-12. ____________________________________________ орындау және қорғау</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. ______________________________________ орындау және қорғау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (диплом жобасын (жұмысын) немесе диссертацияны)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3764"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="614"/>
+              <w:gridCol w:w="3705"/>
+              <w:gridCol w:w="6676"/>
+              <w:gridCol w:w="639"/>
+              <w:gridCol w:w="640"/>
+              <w:gridCol w:w="640"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3764" w:type="dxa"/>
+                  <w:tcW w:w="3705" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Диплом жобасының (жұмысының) немесе диссертацияның тақырыбы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6769" w:type="dxa"/>
+                  <w:tcW w:w="6676" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Академиялық кредиттердің саны - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">
-Баға </w:t>
+                    <w:t>
+Баға</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="576" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="639" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 әріптік</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="577" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 балдық</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="614" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 дәстүрлі</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3764" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3705" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6769" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="6676" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="576" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="639" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="577" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="614" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="640" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="165100" cy="7378700"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="165100" cy="7378700"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+оқу </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орнының атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қала)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ДИПЛОМҒА ҚОСЫМША</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(транскрипт)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(берілген күні)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тіркеу нөмірі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ректор </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Факультет деканы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Хатшы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.О.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
-[...354 lines deleted...]
-            <w:tcBorders/>
+            <w:tcW w:w="107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д</w:t>
             </w:r>
@@ -18025,104 +18532,110 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 З</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z774" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Ұлттық біліктілік шеңберіне сәйкестік деңгейі: ________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z775" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы диплом Қазақстан Республикасының жоғары және жоғары оқу орнынан кейінгі білім деңгейіне сәйкес кәсіби қызмет етуге құқық береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z776" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Теориялық оқу:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="473"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="4948"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1068"/>
         <w:gridCol w:w="1068"/>
         <w:gridCol w:w="475"/>
       </w:tblGrid>
@@ -19595,240 +20108,144 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z809" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Теориялық оқудың академиялық кредиттерінің саны - ECTS ___________________</w:t>
+      15. Теориялық оқудың академиялық кредиттерінің саны - ECTS _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z810" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________ тағайындалды (берілді)</w:t>
+      16. Мемлекеттік аттестаттау және (немесе) Аттестаттау комиссиясының шешімімен   ("__" ________ 20____ж. №______хаттама)  ____________________________________________________________________________  мамандығы және (немесе) білім беру бағдарламасы бойынша  ___________________________________________________________________________   (дәрежесі/біліктілігі)__________________________________________________________________________ тағайындалды (берілді)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z811" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары қызметінің үлгілік қағидаларына сәйкес 2018 жылғы 24 қарашадан бастап әріптік жүйедегі "С+" бағасы дәстүрлі жүйе бойынша "Жақсы" бағасының баламасы болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="94"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="94"/>
+        <w:gridCol w:w="107"/>
+        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="53"/>
+        <w:gridCol w:w="2323"/>
+        <w:gridCol w:w="107"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="94" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б</w:t>
             </w:r>
@@ -20150,2114 +20567,2214 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Н</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12394" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.Фамилия __________________________________</w:t>
-[...55 lines deleted...]
-4.Предыдущий документ об образовании_________</w:t>
+1.Фамилия ____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Имя, отчество (при его наличии)__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Дата рождения _______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.Предыдущий документ об образовании_____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (вид, номер документа, дата выдачи)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-_____________________________________________</w:t>
-[...13 lines deleted...]
-5.Вступительные испытания_____________________</w:t>
+________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.Вступительные испытания_________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (вид, номер документа, дата выдачи)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-____________________________________________</w:t>
-[...13 lines deleted...]
-6.Поступил (-а)_______________________________</w:t>
+________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.Поступил (-а)_____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (вуз, год поступления)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.Окончил (-а)_______________________________</w:t>
+7.Окончил (-а)______________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (вуз, год окончания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.Общее число освоенных академических кредитов - ECTS _______</w:t>
-[...13 lines deleted...]
-9.Средневзвешенная оценка (GРA) обучения___________________</w:t>
+8.Общее число освоенных академических кредитов - ECTS _________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.Средневзвешенная оценка (GРA) обучения_____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.Профессиональная практика</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1270"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="757"/>
+              <w:gridCol w:w="1274"/>
+              <w:gridCol w:w="8183"/>
+              <w:gridCol w:w="784"/>
+              <w:gridCol w:w="1274"/>
+              <w:gridCol w:w="785"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1270" w:type="dxa"/>
+                  <w:tcW w:w="1274" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
+ </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
 Вид практики</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="8346" w:type="dxa"/>
+                  <w:tcW w:w="8183" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Количество академических кредитов - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+ </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Оценка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="710" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="784" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 буквенная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1217" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1274" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 в баллах</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="757" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="785" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 традиционная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1270" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1274" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="8346" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="8183" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="710" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="784" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1217" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1274" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="757" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="785" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.Итоговая аттестация</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="2109"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="699"/>
+              <w:gridCol w:w="2089"/>
+              <w:gridCol w:w="7578"/>
+              <w:gridCol w:w="726"/>
+              <w:gridCol w:w="1180"/>
+              <w:gridCol w:w="727"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2109" w:type="dxa"/>
+                  <w:tcW w:w="2089" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Наименование дисциплин государственных экзаменов</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7711" w:type="dxa"/>
+                  <w:tcW w:w="7578" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Количество академических кредитов - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+ </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Оценка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="656" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="726" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 буквенная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1125" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1180" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 в баллах</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="699" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="727" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 традиционная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2109" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2089" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7711" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="7578" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="656" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="726" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1125" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1180" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="699" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="727" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...20 lines deleted...]
-12. Выполнение и защита ___________________________________________</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Выполнение и защита _____________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (дипломного проекта (работы) или диссертации)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3643"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="594"/>
+              <w:gridCol w:w="3588"/>
+              <w:gridCol w:w="6465"/>
+              <w:gridCol w:w="619"/>
+              <w:gridCol w:w="1008"/>
+              <w:gridCol w:w="620"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3643" w:type="dxa"/>
+                  <w:tcW w:w="3588" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Тема дипломного проекта (работы) или диссертации</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6550" w:type="dxa"/>
+                  <w:tcW w:w="6465" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Количество академических кредитов - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+ </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Оценка</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="557" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="619" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 буквенная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="956" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1008" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 в баллах</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="594" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="620" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 традиционная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3643" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3588" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6550" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="6465" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="557" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="619" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="956" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1008" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="594" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="620" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...52 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="2323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19"/>
+                          <a:blip r:embed="rId17"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________</w:t>
-[...27 lines deleted...]
-__________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(наименование </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 высшего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________</w:t>
-[...41 lines deleted...]
-________</w:t>
+_______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (город)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...14 lines deleted...]
-К ДИПЛОМУ</w:t>
+              <w:t xml:space="preserve">
+ПРИЛОЖЕНИЕ К ДИПЛОМУ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (транскрипт)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№______</w:t>
-[...69 lines deleted...]
-номер)</w:t>
+№__________ _____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(дата выдачи) ______________ (регистрационный номер)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ректор</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -22289,52 +22806,57 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="94" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б</w:t>
             </w:r>
@@ -22635,125 +23157,131 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ь</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Н </w:t>
+              <w:t>
+Н</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z896" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Уровень соответствия Национальной рамки квалификации: ____________________</w:t>
+      13. Уровень соответствия Национальной рамки квалификации: ___________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z897" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный диплом дает право профессиональной деятельности в соответствии с уровнем высшего или послевузовского образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z898" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Теоретическое обучение:</w:t>
+      14. Теоретическое обучение:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="473"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="4948"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="1068"/>
         <w:gridCol w:w="1068"/>
         <w:gridCol w:w="475"/>
       </w:tblGrid>
@@ -23010,50 +23538,64 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Т</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+В</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 И</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Т</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -23130,89 +23672,89 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t xml:space="preserve">
+№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Код</w:t>
+              <w:t xml:space="preserve">
+Код </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1067" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24450,240 +24992,164 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z948" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Количество академических кредитов - ECTS теоретического обучения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z949" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z950" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________________</w:t>
+      16. Решением Государственной аттестационной и (или) Аттестационной комиссии (протокол №_________   от "_____"__________ 20 ____ г.)  присуждена (присвоена) _____________________________________________________________________ (степень/квалификация) по специальности и (или) по образовательной программе ________________________________________  __________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z951" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * в соответствии с Типовыми правилами деятельности организаций образования, реализующих образовательные программы высшего и (или) послевузовского образования, с 24 ноября 2018 года буквенная оценка "С+" приравнивается эквиваленту традиционной оценки "хорошо".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="347"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="347"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="53"/>
+        <w:gridCol w:w="2323"/>
+        <w:gridCol w:w="360"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="347" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N</w:t>
             </w:r>
@@ -24747,93 +25213,93 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 L</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 W</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 T</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -24887,51 +25353,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 P</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -24963,2142 +25429,2228 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 M</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12394" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Last Name _____________________________________________________</w:t>
-[...251 lines deleted...]
-</w:t>
+1. Last Name _____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. First Name, Patronymic (if any) _____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Date of birth_____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Previous educational background ____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(type, number of document, date of issue)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Entrance Examinations______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(type, number of document, date of issue)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Enrolled_ _________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(higher education institution, year of enrollment)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Graduated _________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(higher education institution, graduation year)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Total number of academic credits earned, ECTS_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.Grade point average (GPA) ______________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Professional internship</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1616"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="2421"/>
+              <w:gridCol w:w="1677"/>
+              <w:gridCol w:w="3910"/>
+              <w:gridCol w:w="1952"/>
+              <w:gridCol w:w="2271"/>
+              <w:gridCol w:w="2490"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1616" w:type="dxa"/>
+                  <w:tcW w:w="1677" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Іnternshіp type</w:t>
+Internship type</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4010" w:type="dxa"/>
+                  <w:tcW w:w="3910" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Number of academіc credіts - ECTS</w:t>
+Number of academic credits - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Grade</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1995" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1952" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-letter equіvalence</w:t>
+letter equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2258" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2271" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-numerіc equіvalence</w:t>
+numeric equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2421" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2490" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-tradіtіonal equіvalence</w:t>
+traditional equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1616" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1677" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4010" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3910" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1995" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1952" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2258" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2271" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2421" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="2490" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...20 lines deleted...]
-11. Fіnal attestatіon</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Final attestation</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3695"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="1301"/>
+              <w:gridCol w:w="3796"/>
+              <w:gridCol w:w="3399"/>
+              <w:gridCol w:w="1723"/>
+              <w:gridCol w:w="1999"/>
+              <w:gridCol w:w="1383"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3695" w:type="dxa"/>
+                  <w:tcW w:w="3796" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Name of dіscіplіnes іn state examіnatіon</w:t>
+Name of disciplines in state examination</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3534" w:type="dxa"/>
+                  <w:tcW w:w="3399" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Number of academіc credіts - ECTS</w:t>
+Number of academic credits - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Grade</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1769" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1723" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-letter equіvalence</w:t>
+letter equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2001" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1999" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-numerіc equіvalence</w:t>
+numeric equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1301" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1383" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">
-tradіtіonal </w:t>
+traditional </w:t>
                   </w:r>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-equіvalence</w:t>
+equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3695" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3796" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3534" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3399" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1769" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1723" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2001" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1999" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1301" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1383" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-12. Wrіtіng and defense______________________________________________ </w:t>
-[...13 lines deleted...]
-(of dіploma project (work) or dіssertatіon )</w:t>
+12. Writing and defense______________________________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(of diploma project (work) or dissertation )</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4260"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="1301"/>
+              <w:gridCol w:w="4203"/>
+              <w:gridCol w:w="3196"/>
+              <w:gridCol w:w="1631"/>
+              <w:gridCol w:w="1887"/>
+              <w:gridCol w:w="1383"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4260" w:type="dxa"/>
+                  <w:tcW w:w="4203" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Theme of dіploma project (work) or dіssertatіon</w:t>
+Theme of diploma project (work) or dissertation</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3249" w:type="dxa"/>
+                  <w:tcW w:w="3196" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Number of academіc credіts - ECTS</w:t>
+Number of academic credits - ECTS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="3"/>
-                  <w:tcBorders/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Grade</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vMerge/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1639" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1631" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-letter equіvalence</w:t>
+letter equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1851" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1887" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-numerіc equіvalence</w:t>
+numeric equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1301" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1383" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-tradіtіonal</w:t>
+traditional</w:t>
                   </w:r>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-equіvalence</w:t>
+equivalence</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4260" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="4203" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="3249" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="3196" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1639" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1631" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1851" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1887" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1301" w:type="dxa"/>
-                  <w:tcBorders/>
+                  <w:tcW w:w="1383" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="53" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
-          </w:p>
-[...52 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="2323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1790700" cy="1498600"/>
+                  <wp:extent cx="1346200" cy="1397000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21"/>
+                          <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1790700" cy="1498600"/>
+                            <a:ext cx="1346200" cy="1397000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-__________</w:t>
-[...111 lines deleted...]
-(Cіty)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(name of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+higher education </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+institution)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(City)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 SUPPLEMENT</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-TO DІPLOMA </w:t>
-[...83 lines deleted...]
-(regіstratіon number)</w:t>
+TO DIPLOMA </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Transcript)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№____________ ______________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(date of issue) _________________ (registration number)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rector</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -27130,52 +27682,57 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Stamp</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="347" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N</w:t>
             </w:r>
@@ -27239,93 +27796,93 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 L</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 W</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 T</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -27379,51 +27936,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 P</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -27455,145 +28012,153 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 M</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1035" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Level of complіance wіth the Natіonal Qualіfіcatіon Framework</w:t>
+      13. Level of compliance with the National Qualification Framework</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z1036" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z1037" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Thіs dіploma entіtles іts owner to perform professіonal actіvіtіes іn accordance wіth the graduate and post graduate educatіon standards of the Republіc of Kazakhstan </w:t>
+      This diploma entitles its owner to perform professional activities in accordance with the graduate and post graduate education standards of the Republic of Kazakhstan </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z1038" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Theoretіcal traіnіng:</w:t>
+      14. Theoretical training:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="241"/>
-        <w:gridCol w:w="1630"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1948"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="1250"/>
+        <w:gridCol w:w="3073"/>
+        <w:gridCol w:w="1554"/>
+        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="1972"/>
         <w:gridCol w:w="360"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -27673,93 +28238,93 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 L</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 W</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 T</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -27813,51 +28378,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 P</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -27868,52 +28433,52 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 O</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-M</w:t>
+              <w:t xml:space="preserve">
+M </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -27926,170 +28491,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Code of dіscіplіnes</w:t>
+Code of disciplines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1107" w:type="dxa"/>
+            <w:tcW w:w="1250" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...14 lines deleted...]
-of dіscіplіnes</w:t>
+              <w:t xml:space="preserve">
+Name </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+of disciplines </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3214" w:type="dxa"/>
+            <w:tcW w:w="3073" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of academіc credіts - ECTS</w:t>
+Number of academic credits - ECTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28203,93 +28768,93 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 L</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 W</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 T</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -28343,51 +28908,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І</w:t>
+I</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 P</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -28489,153 +29054,153 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-letter equіvalence</w:t>
+letter equivalence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-numerіc equіvalence</w:t>
+numeric equivalence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1948" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-tradіtіonal equіvalence</w:t>
+traditional equivalence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -28664,231 +29229,231 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1107" w:type="dxa"/>
+            <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3214" w:type="dxa"/>
+            <w:tcW w:w="3073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1948" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28950,246 +29515,246 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1107" w:type="dxa"/>
+            <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3214" w:type="dxa"/>
+            <w:tcW w:w="3073" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1948" w:type="dxa"/>
+            <w:tcW w:w="1972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29197,230 +29762,110 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1082" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      15. Total number of academic credits - ECTS on theoretical training ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z1083" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      graduate and postgraduate educatіon the letter grade "C+" іs the equіvalent to "Good" іn the tradіtіonal system.</w:t>
+      16. By the Decision of the State Attestation Commission and (or) Attestation Commission   (Minutes No.______ ____________ of "___" __________)   __________________________________________________________________________________was awarded  ____________________________________________________________________________________________   (degree/qualification) on the specialty and (or) educational program ______________________________________________________  ____________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z1084" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Dated in November 24, 2018 according to Type rules for educational organizations implementing educational programs of graduate and postgraduate education the letter grade "C+" is the equivalent to "Good" in the traditional system.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29454,103 +29899,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>11-қосымша</w:t>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -29571,103 +30016,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">28- қосымша </w:t>
+              <w:t>Приложение 28</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -29688,74 +30133,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="23"/>
+    <w:bookmarkStart w:name="z1088" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Магистр дипломына куәлік</w:t>
+        <w:t xml:space="preserve"> Свидетельство к диплому магистра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12407"/>
         <w:gridCol w:w="12407"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12407" w:type="dxa"/>
@@ -29794,51 +30239,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магистр дипломына КУӘЛІК</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы куәлік ___________________________________</w:t>
+Осы куәлік ___________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мамандықтың және (немесе) білім беру бағдарламасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -29963,64 +30408,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________ мамандығы және (немесе) білім беру бағдарламасы бойынша педагогикалық бейіні пәндерінің циклын төмендегі академиялық көрсеткіштермен меңгерді:</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1967"/>
               <w:gridCol w:w="3199"/>
               <w:gridCol w:w="3199"/>
               <w:gridCol w:w="1967"/>
               <w:gridCol w:w="1968"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
@@ -31194,60 +31625,50 @@
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 және практикадан өтті:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -31732,60 +32153,50 @@
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы куәлік ғылыми және педагогикалық қызметпен айналысуға құқық береді.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -32084,64 +32495,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 со следующими академическими показателями:</w:t>
-            </w:r>
-[...12 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1788"/>
               <w:gridCol w:w="2907"/>
               <w:gridCol w:w="2908"/>
               <w:gridCol w:w="1788"/>
               <w:gridCol w:w="2909"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
@@ -33315,60 +33712,50 @@
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 и прошел (-а) практику:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -33853,60 +34240,50 @@
                     <w:br/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данное свидетельство дает право на занятие научной и педагогической деятельностью.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
@@ -33944,51 +34321,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"____" _______________ ____ г.</w:t>
+"____"_______________ ____ г.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -34041,103 +34418,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>12-қосымша</w:t>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -34158,103 +34535,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">29- қосымша </w:t>
+              <w:t>Приложение 29</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -34275,74 +34652,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысаны</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="24"/>
+    <w:bookmarkStart w:name="z1135" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қауымдастырылған профессор (доцент) ғылыми атағы берілетін диплом</w:t>
+        <w:t xml:space="preserve"> Диплом с присуждением ученого звания ассоциированный профессор (доцент)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4780"/>
         <w:gridCol w:w="7520"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4780" w:type="dxa"/>
@@ -34464,122 +34841,122 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-мамандығы бойынша </w:t>
+              <w:t>
+мамандығы бойынша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚАУЫМДАСТЫРЫЛҒАН</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПРОФЕССОР (ДОЦЕНТ)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ғылыми атағы берілді. </w:t>
+              <w:t>
+ғылыми атағы берілді. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төраға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ДЦ № Нұр-Сұлтан қаласы</w:t>
+ДЦ №                 Нұр-Сұлтан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34739,121 +35116,121 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- By the decіsіon of the Commіttee for qualіty assurance іn Educatіon and Scіence </w:t>
-[...13 lines deleted...]
-under the Mіnіstry of Educatіon and Scіence</w:t>
+        By the decision of the Committee for quality assurance in Education and Science </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+under the Ministry of Education and Science</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-of the Republіc of Kazakhstan </w:t>
+of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Tіtle of ASSOCІATE PROFESSOR </w:t>
-[...27 lines deleted...]
- conferred on</w:t>
+Title of ASSOCIATE PROFESSOR </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in _______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+          conferred on</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -34906,103 +35283,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>13-қосымша</w:t>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -35023,103 +35400,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">30- қосымша </w:t>
+              <w:t>Приложение 30</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -35140,74 +35517,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысаны</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="25"/>
+    <w:bookmarkStart w:name="z1170" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Профессор ғылыми атағы берілетін диплом </w:t>
+        <w:t xml:space="preserve"> Диплом с присуждением ученого звания профессор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4646"/>
         <w:gridCol w:w="7654"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4646" w:type="dxa"/>
@@ -35372,51 +35749,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төраға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ПР № Нұр-Сұлтан қаласы</w:t>
+ПР №               Нұр-Сұлтан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35576,135 +35953,135 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-By the decіsіon of the Commіttee for qualіty assurance іn Educatіon and Scіence </w:t>
-[...13 lines deleted...]
-under the Mіnіstry of Educatіon and Scіence</w:t>
+By the decision of the Committee for quality assurance in Education and Science </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+under the Ministry of Education and Science</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-of the Republіc of Kazakhstan </w:t>
-[...13 lines deleted...]
- Tіtle of FULL</w:t>
+of the Republic of Kazakhstan </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Title of FULL</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 PROFESSOR</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-іn ______________________________</w:t>
-[...13 lines deleted...]
- іs conferred on specіalty</w:t>
+in ______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+    is conferred on specialty</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -35757,103 +36134,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>14-қосымша</w:t>
+              <w:t>Приложение 14</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -35874,103 +36251,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">33- қосымша </w:t>
+              <w:t>Приложение 33</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -35991,74 +36368,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысаны </w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="26"/>
+    <w:bookmarkStart w:name="z1204" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Философия докторы (PhD) дәрежесі берілетін диплом</w:t>
+        <w:t xml:space="preserve"> Диплом с присуждением степени доктор философии (PhD)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4513"/>
         <w:gridCol w:w="7787"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
@@ -36223,51 +36600,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Төраға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҒД № Нұр-Сұлтан қаласы</w:t>
+ҒД №            Нұр-Сұлтан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36385,107 +36762,107 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДОКТОРА ФИЛОСОФИИ (PhD)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-By the decіsіon of the Commіttee for qualіty assurance іn Educatіon and Scіence</w:t>
-[...27 lines deleted...]
-of the Republіc of Kazakhstan іn _______________________________</w:t>
+By the decision of the Committee for quality assurance in Education and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+under the Ministry of Education and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+of the Republic of Kazakhstan in _______________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- DOCTOR of PHYLOSOPHY (PhD) </w:t>
-[...13 lines deleted...]
- degree іs conferred on</w:t>
+   DOCTOR of PHYLOSOPHY (PhD) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     degree is conferred on</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -36538,103 +36915,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>15-қосымша</w:t>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -36655,126 +37032,191 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">34- қосымша </w:t>
+              <w:t>Приложение 34</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="27"/>
+    <w:bookmarkStart w:name="z1233" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бейіні бойынша доктор дәрежесі берілетін дипломы</w:t>
+        <w:t xml:space="preserve"> Диплом с присуждением ученой степени доктор по профилю</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4646"/>
         <w:gridCol w:w="7654"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4646" w:type="dxa"/>
@@ -36953,51 +37395,51 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төраға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҒД № Нұр-Сұлтан қаласы</w:t>
+ҒД №               Нұр-Сұлтан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37115,121 +37557,121 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДОКТОРА ПО ПРОФИЛЮ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-By the decіsіon of the Commіttee for qualіty assurance іn Educatіon and Scіence</w:t>
-[...69 lines deleted...]
- conferred on</w:t>
+By the decision of the Committee for quality assurance in Education and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+under the Ministry of Education and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+of the Republic of Kazakhstan in</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in ______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+   DOCTOR OF PROFILE degree is</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+         conferred on</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -37282,103 +37724,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
-[...51 lines deleted...]
-              <w:t>16-қосымша</w:t>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 мая 2020 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -37399,2518 +37841,2730 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t>35-қосымша</w:t>
+              <w:t>Приложение 35</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 28 января 2015 года № 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:bookmarkStart w:name="z1263" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім туралы мемлекеттік үлгідегі құжаттарды беру қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила выдачи документов об образовании государственного образца</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z62" w:id="29"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z1264" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z1265" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Білім туралы мемлекеттік үлгідегі құжаттарды беру қағидалары "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      1. Настоящие Правила выдачи документов об образовании государственного образца (далее - Правила) разработаны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>39-бабына</w:t>
+        <w:t>статьей 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и с пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-бабы</w:t>
+        <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағына сәйкес әзірленген.</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z64" w:id="31"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z1266" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидалар білім туралы мемлекеттік үлгідегі құжаттарды беру тәртібін, сондай-ақ білім туралы құжаттардың телнұсқаларын беру тәртібін белгілейді.</w:t>
+      2. Настоящие Правила устанавливают порядок выдачи документов об образовании государственного образца, а также выдачи дубликатов документов об образовании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z65" w:id="32"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z1267" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік үлгідегі білім туралы құжаттарды беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок выдачи документов об образовании государственного образца</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z66" w:id="33"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z1268" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Білім туралы мемлекеттік үлгідегі құжаттарды білім беру ұйымдары "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      3. Документы об образовании государственного образца выдаются организациями образования в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>39-бабының</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тармағына сәйкес береді.</w:t>
+        <w:t xml:space="preserve"> статьи 39 Закона Республики Казахстан от 27 июля 2007 года "Об образовании".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z1269" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Основанием для выдачи обучающимся, прошедшим итоговую аттестацию, свидетельства об основном среднем образовании, аттестата об общем среднем образовании, диплома о техническом и профессиональном образовании, диплома о послесреднем образовании, диплома о высшем образовании с присуждением степени бакалавр, диплома о высшем образовании с присуждением квалификации, диплома о послевузовском образовании с присуждением степени магистр, а также свидетельства о профессиональной подготовке является решение соответствующей (экзаменационной, квалификационной, аттестационной) комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z1270" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Қорытынды аттестаттаудан өткен білім алушыларға негізгі орта білім туралы аттестат, жалпы орта білім туралы аттестат, техникалық және кәсіптік білім туралы диплом, орта білімнен кейінгі білім туралы диплом, бакалавр дәрежесі берілетін жоғары білім туралы диплом, біліктілік берілетін жоғары білім туралы диплом, магистр дәрежесі берілетін жоғары оқу орнынан кейінгі білім туралы диплом, сондай-ақ кәсіптік даярлау туралы куәлік беру үшін тиісті (емтихан, біліктілік, аттестаттау) комиссияның шешімі негіздеме болып табылады.</w:t>
+      Основанием для выдачи свидетельств об окончании интернатуры или резидентуры является решение аттестационной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z1271" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Интернатураны немесе резидентураны бітіргені туралы куәлікті беру үшін аттестаттау комиссиясының шешімі негіздеме болып табылады.</w:t>
+      Основанием для выдачи, обучавшимся с особыми образовательными потребностями в организации образования аттестата об основном среднем образовании, является приказ руководителя организации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z1272" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ерекше білім беруге қажеттілігі бар білім алушыға негізгі орта білім туралы аттестат беру үшін білім беру ұйымы басшысының бұйрығы негіздеме болып табылады.</w:t>
+      Основанием для выдачи диплома доктора философии (PhD), доктора по профилю лицам, защитившим диссертации в диссертационных советах при организациях высшего и (или) послевузовского образования Республики Казахстан, не имеющих особого статуса, является приказ председателя Комитета по обеспечению качества в сфере образования и науки Министерство образования и науки Республики Казахстан (далее – Комитет) по присуждению степени доктора философии (PhD), доктора по профилю.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z1273" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ерекше мәртебесі жоқ Қазақстан Республикасының жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары жанындағы диссертациялық кеңестерде диссертация қорғаған адамдарға философия докторы (PhD), бейіні бойынша доктор дипломын беру үшін Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласында сапаны қамтамасыз ету комитеті (бұдан әрі – Комитет) төрағасының философия докторы (PhD), бейіні бойынша доктор дәрежесін беру жөніндегі бұйрығы негіз болып табылады.</w:t>
+      Основанием для выдачи аттестата ассоциированного профессора (доцента) или профессора является приказ председателя Комитета по присвоению ученого звания ассоциированного профессора (доцента) или профессора.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z1274" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Аттестат с отличием об основном среднем образовании, аттестат с отличием об общем среднем образовании, диплом с отличием о техническом и профессиональном образовании, диплом с отличием о послесреднем образовании в организациях образования выдается в соответствии с Типовыми правилами проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучавшихся, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 5191), диплом с отличием о высшем образовании выдаются обучавшимся в организациях образования в соответствии с Типовыми правилами деятельности организаций образования соответствующего уровня образования, утвержденными приказом Министра образования и науки Республики Казахстан от 30 октября 2018 года № 595 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17657).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z1275" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Документ об образовании выдается обучавшемуся лично в торжественной обстановке не позднее тридцати рабочих дней со дня принятия соответствующего решения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z1276" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қауымдастырылған профессор (доцент) немесе профессор аттестатын беру үшін Комитет төрағасының қауымдастырылған профессор (доцент) немесе профессор ғылыми атағын беру жөніндегі бұйрығы негіздеме болып табылады.</w:t>
+      В случае отсутствия возможности личного получения документа он выдается третьему лицу по доверенности, оформленной в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="35"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z1277" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок выдачи дубликатов документов об образовании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z1278" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Дубликаты документов об образовании и приложения к ним (далее - дубликат) выдаются вместо утраченных или пришедших в негодность, а также лицам, изменивших свою фамилию (имя, отчество (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z1279" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Білім беру ұйымдарында негізгі орта білім туралы үздік аттестат, жалпы орта білім туралы үздік аттестат, техникалық және кәсіптік білім туралы үздік диплом, орта білімнен кейінгі білім туралы үздік диплом Қазақстан Респубдикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2018 жылғы 31 қазанда № 17657 тіркелген) бекітілген Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары қызметінің үлгілік қағидаларына сәйкес беріледі.</w:t>
+      Основанием для выдачи дубликата является: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z69" w:id="36"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z1280" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Білім туралы құжат тиісті шешім қабылданған күннен бастап отыз жұмыс күнінен кешіктірілмей салтанатты түрде білім алушының өзіне беріледі.</w:t>
+      1) заявление обучавшегося или родителя (законного представителя) несовершеннолетнего ребенка, утерявшего или испортившего документ, на имя руководителя организации образования, в котором излагаются обстоятельства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z1281" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжатты жеке өзі алу мүмкіндігі болмаған жағдайда ол үшінші тұлғаға Қазақстан Республикасының заңнамасында көзделген тәртіппен ресімделген сенімхат бойынша беріледі.</w:t>
+      2) свидетельство о рождении или удостоверение личности (паспорт) обучавшегося (требуется для идентификации личности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z1282" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Білім туралы құжаттардың телнұсқаларын беру тәртібі</w:t>
+        <w:t xml:space="preserve">
+      3) при изменении фамилии (имя, отчество (при его наличии) и (или) порче документа об образовании прилагается оригинал документа об образовании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z1283" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для получения дубликата документов об образовании физическим лицам, не являющимся гражданами Республики Казахстан и не имеющим электронную цифровую подпись, необходимо самостоятельно обращаться в организацию образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z1284" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Дубликат выдается на бесплатной основе не позднее 15 рабочего дня со дня подачи заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z1285" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В случае ликвидации организации образования физические лица обращаются в архив по месту нахождения организации образования. Копии и выписки, выданные государственными архивами и их филиалами, ведомственными и частными архивами, являются официальными документами, имеющими юридическую силу подлинников. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z1286" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Білім туралы құжаттардың телнұсқалары және оларға қосымшалар (бұдан әрі – телнұсқа) жоғалған немесе бүлінген құжаттардың орнына, сондай-ақ, өзінің тегін (атын, әкесінің атын (болған жағдайда) өзгерткендерге беріледі.</w:t>
+      10. Дубликаты документов выдаются на бланках образца, действующего на момент принятия решения о выдаче дубликата, и подписываются руководителем организации образования, заместителем по учебной работе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z1287" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттың телнұсқасын беру үшін мыналар негіздеме болып табылады:</w:t>
+      11. Дубликат диплома государственного образца о высшем и послевузовском образовании выдается выпускникам высших учебных заведений, завершившим обучение до 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z1288" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) құжатын жоғалтқан немесе бүлдірген білім алушының немесе кәмелет жасқа толмаған баланың ата-анасының (заңды өкілінің) білім беру ұйымы басшысының атына оның мән-жайы баяндалған жазбаша өтініші;</w:t>
+      12. На выдаваемом бланке документа в правом верхнем углу проставляется штамп "Дубликат взамен подлинника № ______________".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z1289" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Основанием для выдачи дубликатов дипломов "кандидата наук", "доктора наук", "доктора философии (PhD)", "доктора по профилю", дубликатов аттестатов "ассоциированного профессора (доцента)", "профессора" вместо утраченных либо испорченных документов являются приказы председателя Комитета о присуждении данным лицам степеней или ученых званий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z1290" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z1291" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Государственная услуга "Выдача дубликатов документов об основном среднем, общем среднем образовании" оказывается организациями основного среднего и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z1292" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Для получения дубликата документа об основном среднем, общем среднем образовании физическое лицо (далее - услугополучатель) направляет услугодателю через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) или канцелярию организации основного среднего и общего среднего образования или веб-портал "электронного правительства" www.egov.kz (далее - портал) заявление по форме или в форме электронного документа на имя руководителя организации основного среднего и общего среднего образования согласно приложению 1 к настоящим Правилам с приложением документов, указанных в пункте 8 стандарта государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании" согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z1293" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании" согласно приложению 2 к настоящим Правилам согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z1294" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z1295" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При приеме документов через Государственную корпорацию или канцелярию организации основного среднего и общего среднего образования выдается расписка о приеме соответствующих документов согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z1296" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. При подаче услугополучателем документов через портал в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z1297" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации или организации основного среднего и общего среднего образования отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z1298" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, регистрация заявления по оказанию государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z1299" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) білім алушының туу туралы куәлігі немесе жеке куәлігі (паспорты) (жеке басын сәйкестендіру үшін талап етіледі); </w:t>
+      22. Государственной корпорацией сформированные заявления (с пакетом документов при наличии) с двумя экземплярами реестра направляются в организацию основного среднего и общего среднего образования через курьерскую, и (или) почтовую связь согласно графику. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z1300" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тегі (аты, әкесінің аты (болған жағдайда) өзгерген және білім туралы құжат бүлінген жағдайда білім туралы құжаттың түпнұсқасы қоса беріледі.</w:t>
+      23. Доставка принятых заявлений с прилагаемыми документами в организацию основного среднего и общего среднего образования осуществляется не менее двух раз в день приема данных заявлений.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z1301" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z1302" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Сотрудник организации основного среднего и общего среднего образования осуществляет регистрацию документов в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z1303" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Сотрудники организации основного среднего и общего среднего образования в течение 5 (пяти) рабочих дней рассматривают, подготавливают результат государственной услуги и направляют дубликат документа об основном среднем, общем среднем образовании либо мотивированный ответ об отказе в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги, а в случае подачи заявления через портал, направляют уведомление услугополучателю о готовности дубликата документа об образовании с указанием места получения результата государственной услуги либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z1304" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. При подаче услугополучателем документов через портал в случае указания услугополучателем места получения результата государственной услуги Государственной корпорации, сотрудники организации основного среднего и общего среднего образования направляют дубликат документа об образовании в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z1305" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Білім туралы құжаттардың телнұсқасын алу үшін Қазақстан Республикасының азаматтары болып табылмайтын және электрондық цифрлық қолтаңбасы жоқ жеке тұлғалар өз бетінше білім беру ұйымына жүгінеді. </w:t>
+      28. Результатом оказания государственной услуги является выдача дубликата документа об основном среднем, общем среднем образовании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z1306" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. В Государственной корпорации выдача готовых документов осуществляется в соответствии с графиком работы Государственной корпорации, на основании расписки, при предъявлении документов, удостоверяющих личность, с отметкой в получении. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z1307" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Телнұсқа өтініш берілген күннен бастап 15 жұмыс күнінен кешіктірілмей тегін негізде беріледі.</w:t>
+      30. Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1308" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Білім беру ұйымдары жабылған жағдайда жеке тұлғалар білім беру ұйымының тұрғылықты орны бойынша архивке жүгінеді. Мемлекеттік архивтер мен олардың филиалдары, ведомстволық және жекеменшік архивтер берген көшірмелер мен үзінділер түпнұсқалық заңды күші бар ресми құжаттар болып табылады.</w:t>
+      31. Общий срок рассмотрения с момента сдачи услугополучателем документов в Государственную корпорацию или организацию основного среднего и общего среднего образования или на портал – 15 рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z74" w:id="41"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z1309" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Құжаттардың телнұсқалары телнұсқа беру туралы шешім қабылданған сәтте қолданыста болған үлгідегі бланкілерде беріледі және оларға білім беру ұйымының басшысы, оның оқу ісі жөніндегі орынбасары қол қояды.</w:t>
+      32. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z1310" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственной услуги "Выдача дубликатов документов о техническом и профессиональном образовании"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z1311" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. Государственная услуга "Выдача дубликатов документов о техническом и профессиональном образовании" оказывается организациями технического и профессионального образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z1312" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Жоғары оқу орындарын 2021 жылғы 1 қаңтарға дейін бітірген түлектерге жоғары және жоғары оқу орнынан кейінгі білім туралы мемлекеттік үлгідегі құжаттың телнұсқасы беріледі.</w:t>
+      34. Для получения дубликата документа о техническом и профессиональном образовании физическое лицо (далее - услугополучатель) направляет услугодателю через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) или канцелярию организации технического и профессионального образования или веб-портал "электронного правительства" www.egov.kz (далее - портал) заявление по форме или в форме электронного документа на имя руководителя организации технического и профессионального образования согласно приложению 5 к настоящим Правилам с приложением документов, указанных в пункте 8 стандарта государственной услуги в стандарте государственной услуги "Выдача дубликатов документов о техническом и профессиональном образовании" согласно приложению 6 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1313" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Берілетін құжаттың бланкісінде жоғары оң жақ бұрышында "Түпнұсқаның орнына берілген № ______ телнұсқа" деген мөртаңба қойылады.</w:t>
+       35. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги "Выдача дубликатов документов о техническом и профессиональном образовании" согласно приложению 6 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z1314" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Жоғалған немесе бүлінген құжаттардың орнына "ғылым кандидаты", "ғылым докторы", "философия докторы (PhD)", "бейіні бойынша доктор" дипломдарының, "қауымдастырылған профессор (доцент), "профессор" аттестаттарының телнұсқаларын беру үшін аталған тұлғаларға ғылыми дәрежелер немесе ғылыми атақтар беру туралы Комитет төрағасының бұйрықтары негіздеме болып табылады.</w:t>
+      36. Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z1315" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызметін негізгі орта және жалпы орта білім беру ұйымдары көрсетеді.</w:t>
+      37. При приеме документов через Государственную корпорацию выдается расписка о приеме соответствующих документов согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z80" w:id="47"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z1316" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. При подаче услугополучателем документов через портал в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z1317" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации или организации технического и профессионального образования отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z1318" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, регистрация заявления по оказанию государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1319" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқасын алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация) немесе негізгі орта және жалпы орта білім беру ұйымның кеңсесі немесе "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы негізгі орта және жалпы орта білім беру ұйымы басшысының атына осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысанда немесе электронды құжат нысанында осы Қағидаларға 2-қосымшаға сәйкес "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызмет стандартының 8-тармағында көрсетілген құжаттарды қоса бере отырып өтініш жолдайды.</w:t>
+      41. Государственная корпорация сформированные заявления (с пакетом документов при наличии) с двумя экземплярами реестра направляются в организацию технического и профессионального образования через курьерскую, и (или) почтовую связь согласно графику. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z81" w:id="48"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z1320" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызмет стандартында келтірілген.</w:t>
+      42. Доставка принятых заявлений с прилагаемыми документами в организацию технического и профессионального образования осуществляется не менее двух раз в день приема данных заявлений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z82" w:id="49"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z1321" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Жеке басты куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады және көрсетілетін қызметті берушіге жолдайды</w:t>
+      43. При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z83" w:id="50"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z1322" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Сотрудник организации технического и профессионального образования осуществляет регистрацию документов, в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z1323" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Сотрудники организации технического и профессионального образования я в течение 5 (пяти) рабочих дней рассматривают, подготавливает результат государственной услуги и направляют дубликат документа о техническом и профессиональном образовании либо мотивированный ответ об отказе в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги, а в случае подачи заявления через портал, направляют уведомление услугополучателю о готовности дубликата документа об образовании с указанием места получения результата государственной услуги либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z1324" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. При подаче услугополучателем документов через портал в случае указания услугополучателем места получения результата государственной услуги Государственной корпорации, сотрудники организации технического и профессионального образования направляют дубликат документа об образовании в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z1325" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. Мемлекеттік корпорация немесе негізгі орта және жалпы орта білім беру ұйымының кеңсесі арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға осы Қағидаларға </w:t>
+      47. Результатом оказания государственной услуги является выдача дубликата документа о техническом и профессиональном образовании. </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z1326" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаға</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
+        <w:t xml:space="preserve">
+      48. В Государственной корпорации выдача готовых документов осуществляется в соответствии с графиком работы Государственной корпорации, на основании расписки, при предъявлении документов, удостоверяющих личность, с отметкой в получении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z84" w:id="51"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z1327" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Көрсетілетін қызметті алушы портал арқылы өтініш берген жағдайда, оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      49. Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z85" w:id="52"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z1328" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Общий срок рассмотрения с момента сдачи услугополучателем документов в Государственную корпорацию или организацию технического и профессионально образования или на портал – 15 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z1329" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20. Көрсетілетін қызметті алушы құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, Мемлекеттік корпорацияның немесе негізгі орта және жалпы орта білім беру ұйымның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидалардың </w:t>
+      51. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-қосымшасына</w:t>
+        <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+        <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z86" w:id="53"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z1330" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок оказания государственной услуги "Выдача дубликатов документов о высшем и послевузовском образовании".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z1331" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда Қазақстан Республикасының еңбек заңнамасына сәйкес, мемлекеттік қызметті көрсету жөніндегі өтінішті тіркеу келесі жұмыс күні жүзеге асырылады.</w:t>
+      52. Государственная услуга "Выдача дубликатов документов о высшем и послевузовском образовании" оказывается высшими учебными заведениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z1332" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Мемлекеттік корпорация тізілімнің екі данасымен қалыптастырылған өтініштерді (бар болған жағдайда құжаттар топтамасымен) негізгі орта және жалпы орта білім беру ұйымына кестеге сәйкес курьерлік және (немесе) пошта байланысы арқылы жібереді.</w:t>
+      53. Для получения дубликата документа о высшем и послевузовском образовании физическое лицо (далее - услугополучатель) направляет услугодателю через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) или веб-портал "электронного правительства" www.egov.kz (далее - портал) заявление по форме или в форме электронного документа на имя руководителя высшего учебного заведения согласно приложению 7 к настоящим Правилам с приложением документов, указанных в пункте 8 стандарта государственной услуги "Выдача дубликатов документов о высшем и послевузовском образовании" согласно приложению 8 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z88" w:id="55"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z1333" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Қабылданған өтініштерді қоса берілген құжаттармен бірге негізгі орта және жалпы орта білім беру ұйымына жеткізу осы өтініштерді қабылдаған күні кемінде екі рет жүзеге асырылады.</w:t>
+      54. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги "Выдача дубликатов документов о высшем и послевузовском образовании" согласно приложению 8 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z89" w:id="56"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1334" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызметтерді көрсету мерзіміне кірмейді.</w:t>
+      55. Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z90" w:id="57"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1335" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Негізгі орта және жалпы орта білім беру ұйымының қызметкері құжаттарды түскен күні тіркеуді жүзеге асырады.</w:t>
+      56. При приеме документов через Государственную корпорацию выдается расписка о приеме соответствующих документов согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z91" w:id="58"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z1336" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Негізгі орта және жалпы орта білім беру ұйымының қызметкерлері 5 (бес) жұмыс күні ішінде қарайды, мемлекеттік көрсетілетін қызмет нәтижесін дайындайды және негізгі орта, жалпы орта білім туралы құжаттың телнұсқасын не бас тарту туралы дәлелді жауапты Мемлекеттік корпорацияға курьерлік және (немесе) пошта байланысы арқылы мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей, ал портал арқылы өтініш берген жағдайда мемлекеттік қызмет нәтижесін алу орны көрсетілген білім туралы құжаттың телнұсқасының дайындығы туралы хабарлама не бас тарту туралы дәлелді жауап жібереді.</w:t>
+      57. При подаче услугополучателем документов через портал в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги, а также уведомление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z92" w:id="59"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z1337" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z1338" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. В случае обращения услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, регистрация заявления по оказанию государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1339" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. Көрсетілетін қызметті алушы құжаттарды портал арқылы берген кезде көрсетілетін қызметті алушы Мемлекеттік корпорацияны мемлекеттік көрсетілетін қызмет нәтижесін алу орны ретінде көрсеткен жағдайда, негізгі орта және жалпы орта білім беру ұйымының қызметкерлері білім туралы құжаттың телнұсқасын Мемлекеттік корпорацияға курьерлік және (немесе) пошта байланысы арқылы мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей жібереді. </w:t>
+      60. Государственная корпорация сформированные заявления (с пакетом документов при наличии) с двумя экземплярами реестра направляются в высшее учебное заведения через курьерскую, и (или) почтовую связь согласно графику. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z93" w:id="60"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1340" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Доставка принятых заявлений с прилагаемыми документами в высшие учебные заведения осуществляется не менее двух раз в день приема данных заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1341" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. При обращении в Государственную корпорацию день приема документов не входит в срок оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z1342" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Сотрудник высшего учебного заведения осуществляет регистрацию документов в день их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1343" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Сотрудники высшего учебного заведения в течение 5 (пяти) рабочих дней рассматривают и доставляют дубликат документа о высшем и послевузовском образовании либо мотивированный ответ об отказе оказания государственной услуги в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги, а в случае подачи заявления через портал, направляют уведомление услугополучателю о готовности дубликата документа об образовании с указанием места получения результата государственной услуги либо мотивированный ответ об отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1344" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. При подаче услугополучателем документов через портал в случае указания услугополучателем места получения результата государственной услуги Государственной корпорации, сотрудники высших учебных заведений направляют дубликат документа об образовании в Государственную корпорацию через курьерскую, и (или) почтовую связь не позднее, чем за сутки до истечения срока оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z1345" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Мемлекеттік қызмет көрсету нәтижесі – негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру болып табылады. </w:t>
+      66. Результатом оказания государственной услуги является выдача дубликата документа о высшем и послевузовском образовании. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z94" w:id="61"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1346" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Мемлекеттік корпорацияда дайын құжаттарды беруді Мемлекеттік корпорацияның жұмыс кестесіне сәйкес, қолхаттың негізінде алу, белгісі бар жеке басын куәландыратын құжаттарды көрсеткен кезде жүзеге асырылады.</w:t>
+      67. В Государственной корпорации выдача готовых документов осуществляется в соответствии с графиком работы Государственной корпорации, на основании расписки, при предъявлении документов, удостоверяющих личность, с отметкой в получении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z95" w:id="62"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1347" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Мемлекеттік корпорация мемлекеттік қызмет көрсету нәтижесін бір ай ішінде сақтауды қамтамасыз етеді, содан кейін оны әрі қарай сақтау үшін көрсетілетін қызметті берушіге тапсырады. Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорацияның сұрауы бойынша көрсетілетін қызметті беруші көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға дайын құжаттарды жібереді.</w:t>
+      68. Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу Государственной корпорации услугодатель в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1348" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Көрсетілетін қызметті алушы Мемлекеттік корпорацияға немесе негізгі орта және жалпы орта білім беру ұйымына немесе порталға құжаттарды тапсырған сәттен бастап жалпы қарау мерзімі – 15 жұмыс күні.</w:t>
+      69. Общий срок рассмотрения с момента сдачи услугополучателем документов в Государственную корпорацию или на портал – 15 рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z97" w:id="64"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1349" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      32. Көрсетілетін қызметті беруші Заңның </w:t>
+      70. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-бабының</w:t>
+        <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тармағының 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z98" w:id="65"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z1350" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. "Техникалық және кәсіптік білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызметін көрсету тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 4. Порядок обжалования решений, действий (бездействия) услугодателя, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z99" w:id="66"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z1351" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. "Техникалық және кәсіптік білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызметін техникалық және кәсіптік білім беру ұйымдарымен көрсетіледі.</w:t>
+      71. Жалоба на решение, действий (бездействий) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, уполномоченного органа, осуществляющего руководство в сфере транспорта (далее – уполномоченный орган), в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z100" w:id="67"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z1352" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю филиала Государственной корпорации по адресам и телефонам, указанным на интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z1353" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы в Государственную корпорацию, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z1354" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Жалоба услугополучателя в соответствии с пунктом 2 статьи 25 Закона "О государственных услугах" подлежит рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z1355" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услугодателем, уполномоченным органом – в течение пяти рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z1356" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z1357" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      34. Техникалық және кәсіптік білім туралы құжаттардың телнұсқасың алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация) немесе техникалық және кәсіптік білім беру ұйымның кеңсесі немесе "электрондық үкіметітің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы техникалық және кәсіптік білім беру ұйымы басшысының атына осы Қағидаларға </w:t>
+      74. Срок рассмотрения жалобы услугодателем, уполномоченным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-қосымшаға</w:t>
+        <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысанда немесе электронды нысанда осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Техникалық және кәсіптік туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызмет стандартының 8-тармағында көрсетілген құжаттарды қоса бере отырып өтініш жолдайды.</w:t>
+        <w:t xml:space="preserve"> Закона "О государственных услугах" продлевается не более чем на десять рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="69"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z1358" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Жеке басты куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады және көрсетілетін қызметті берушіге жолдайды</w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="71"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z1359" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Көрсетілетін қызметті алушы портал арқылы өтініш берген жағдайда, оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="73"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z1360" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда Қазақстан Республикасының еңбек заңнамасына сәйкес, мемлекеттік қызметті көрсету жөніндегі өтінішті тіркеу келесі жұмыс күні жүзеге асырылады.</w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z107" w:id="74"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1361" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Мемлекеттік корпорация тізілімнің екі данасымен қалыптастырылған өтініштерді (бар болған жағдайда құжаттар топтамасымен) техникалық және кәсіптік білім беру ұйымына кестеге сәйкес курьерлік және (немесе) пошта байланысы арқылы жібереді.</w:t>
+      В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z108" w:id="75"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4846"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4846" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4846" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4846" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование учебного заведения)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от _________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при наличии) полностью и ИИН)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________ (год окончания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование и адрес учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения, в случае изменения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1365" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1366" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Қабылданған өтініштерді қоса берілген құжаттармен бірге техникалық және кәсіптік білім беру ұйымына жеткізу осы өтініштерді қабылдаған күні кемінде екі рет жүзеге асырылады.</w:t>
+      Прошу Вас выдать мне дубликат аттестата (свидетельства) в связи с (нужный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документ необходимо подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________  (указать причину)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Согласен(а) на использования сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан   от 21 мая 2013 года "О персональных данных и их защите" тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в  информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z109" w:id="76"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1367" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызметтерді көрсету мерзіміне кірмейді.</w:t>
+       "___" ____________ 20__года подпись гражданина (ки)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...961 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -39944,2246 +40598,1890 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім туралы мемлекеттік </w:t>
-[...636 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="610"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9546"/>
+        <w:gridCol w:w="641"/>
+        <w:gridCol w:w="2597"/>
+        <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
-[...5 lines deleted...]
-"Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік қызмет стандарты</w:t>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарт государственная услуга</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"Выдача дубликатов документов об основном среднем, общем среднем образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі орта және жалпы орта білім беру ұйымдары</w:t>
+Организации основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1369" w:id="154"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) канцелярию организации основного среднего и общего среднего образования;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="154"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
-[...41 lines deleted...]
-3) "электрондық үкімет" "www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1372" w:id="155"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) с момента сдачи услугополучателем документов в Государственную корпорацию или организацию основного среднего и общего среднего образования или на портал – 15 рабочих дней. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов Государственной корпорации – 15 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания в Государственной корпорации – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="155"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...14 lines deleted...]
-қызмет көрсету мерзімі</w:t>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушы құжаттарды Мемлекеттік корпорацияға немесе негізгі орта және жалпы орта білім беру ұйымына тапсырған сәттен бастап – 15 жұмыс күні.</w:t>
-[...27 lines deleted...]
-3) Мемлекеттік корпорацияда қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 15 минут.</w:t>
+Форма оказания</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсету нысаны</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электрондық (ішінара автоматтандырылған) және (немесе) қағаз жүзінде</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1374" w:id="156"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дубликат документов об основном среднем, общем среднем образовании либо мотивированный ответ об отказе. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Государственной корпорации выдача готовых документов осуществляется при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал результат оказания государственной услуги получают по адресу указанному в запросе.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная корпорация обеспечивает хранение документов, в течение 1 (одного) месяца, после чего передает их услугодателю для дальнейшего хранения.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="156"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Размер оплаты, взимаемой с услугополучателя  при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...70 lines deleted...]
-Көрсетілетін қызметті алушы 1 (бір) ай өткен соң жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті алушы 1 (бір) жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібіреді.</w:t>
+              <w:t>
+Государственная услуга оказывается на бесплатной основе физическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1379" w:id="157"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) канцелярии услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала - круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, прием заявлений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="157"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет ақысыз негізде жеке тұлғаларға көрсетіледі</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1386" w:id="158"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при обращении в канцелярию услугодателя или Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление обучавшегося или родителя (законного представителя) несовершеннолетнего ребенка, утерявшего или испортившего документ, на имя руководителя организации основного среднего и общего среднего образования согласно приложению 1 к настоящим Правилам; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) свидетельство о рождении или удостоверение личности (паспорт) обучавшегося (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) при изменении фамилии (имя, отчество (при его наличии) и (или) порче документа об образовании прилагается оригинал документа об образовании. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление в форме электронного документа на имя руководителя организации основного среднего и общего среднего образования согласно приложению 1 к настоящим Правилам, удостоверенного электронной цифровой подписью услугополучателя или удостоверенным одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="158"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушіде – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.00-ге дейін түскі үзіліспен, сағат 9.00-ден 18.00-ге дейін, көрсетілетін қызметті берушінің белгіленген жұмыс кестесіне сәйкес;</w:t>
-[...83 lines deleted...]
-3) www.egov.kz порталында.</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации или организации основного среднего и общего среднего образования отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттардың тізбесі</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9546" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...84 lines deleted...]
-көрсетілетін қызметті алушының электронды цифрлық қолтаңбасымен куәландырылған немесе порталдың есептік жазбасына көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған, абоненттік нөмірі қосылған және тіркелген жағдайда, бір рет қолданылатын парольмен куәландырылған электрондық құжат нысанындағы осы Қағидалардың 1-қосымшаға сәйкес негізгі орта және жалпы орта білім беру ұйымының басшысының атына өтініш.</w:t>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1392" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+Услугополучателям, имеющим полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту их жительства при обращении услугополучателя через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услуополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информацию о порядке и статусе оказания государственной услуги услугополучатель получает посредством Единого контакт-центра: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб услугодателя размещены на интернет-ресурсе Министерства: www.edu.gov.kz и Единого контакт-центра: www.egov.kz.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...225 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="159"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -42220,90 +42518,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім туралы мемлекеттік </w:t>
-[...38 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -42324,362 +42622,283 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="111"/>
+    <w:bookmarkStart w:name="z1397" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттардың қабылданғаны туралы қолхат № ___________</w:t>
+        <w:t xml:space="preserve">                                                 Расписка о приеме документов № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-[...269 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z1398" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20 ___ ж. "___" ______________</w:t>
+      Отдел № ___ филиала НАО "Государственная корпорация Правительство</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для граждан" \ организация образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Получены от ______________________________ следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            (Фамилия, имя, отчество (при его наличии) услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            1.Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            2. Другие ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            _______________________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            (Фамилия, имя, отчество (при его наличии) (подпись)  работника Государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    корпорации)\  работника организации образования</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1399" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получил: подпись услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            "___" ___________ 20 ___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -42713,90 +42932,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім туралы мемлекеттік </w:t>
-[...38 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -42817,417 +43036,1036 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. И. О. (при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1402" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1403" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Руководствуясь пунктом 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан  от 15 апреля 2013</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года "О государственных услугах", отдел №__ филиала Государственной корпорации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Правительство для граждан" (указать адрес)/ организация образования отказывает в приеме</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов на оказание государственной услуги (указать наименование государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги в соответствии со стандартом государственной услуги) ввиду представления Вами</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>неполного пакета документов согласно перечню, предусмотренному стандартом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            1) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            2) ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Настоящая расписка составлена в 2 экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Ф. И. О. (при его наличии) (работника   Государственной корпорации)/организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1404" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: Ф. И. О. (при его наличии) _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон __________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил: Ф. И. О. (при его наличии)/подпись услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4713"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4713" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственного образца </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4713" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
-[...77 lines deleted...]
-              <w:t>(көрсетілетін қызмет алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4713" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя организации полностью))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии) полностью))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения, год окончания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по специальности __________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование специальности)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование и адрес учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения, в случае изменения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="112"/>
+    <w:bookmarkStart w:name="z1408" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тартылғаны туралы қолхат</w:t>
+        <w:t xml:space="preserve">                                                                                    Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1409" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоқ құжаттардың атауы:</w:t>
+      Прошу Вас выдать мне дубликат диплома (дубликат диплома с приложениями,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дубликат   диплома, дубликат приложения) в связи с</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             (указать причину)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан от 21 мая 2013 года "О персональных данных и их защите" тайну, содержащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационных системах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1410" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ____________________;</w:t>
+      "____" _____________ 20____ г. __________ подпись</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43261,672 +44099,2662 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім туралы мемлекеттік </w:t>
-[...38 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственного образца </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="641"/>
+        <w:gridCol w:w="2597"/>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"Выдача дубликатов документов о техническом и профессиональном образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организации технического и профессионального образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1412" w:id="169"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) канцелярия организаций технического и профессионального образования;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="169"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1414" w:id="170"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) с момента сдачи услугополучателем документов в Государственную корпорацию или организацию технического и профессионального образования или на портал – 15 (пятнадцать) рабочих дней.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов Государственной корпорации – 15 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания в Государственной корпорации – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная (частично автоматизированная) и (или) бумажная.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1416" w:id="171"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дубликат документов о техническом и профессиональном образовании или мотивированный ответ об отказе. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Государственной корпорации выдача готовых документов осуществляется при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал результат оказания государственной услуги получают по адресу указанному в запросе.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная корпорация обеспечивает хранение документов, в течение 1 (одного) месяца, после чего передает их услугодателю для дальнейшего хранения.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="171"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя  при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная услуга оказывается на бесплатной основе физическим лицам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+График работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1421" w:id="172"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) канцелярии услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) портала - круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, прием заявлений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов осуществляется по выбору услугополучателя в порядке "электронной очереди", либо путем бронирования электронной очереди посредством веб-портала "электронного правительства" без ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="172"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1429" w:id="173"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+при обращении в канцелярию услугодателю или Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление обучавшегося или родителя (законного представителя) несовершеннолетнего ребенка, утерявшего или испортившего документ, на имя руководителя организации основного среднего и общего среднего образования согласно приложению 5 к настоящим Правилам; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) свидетельство о рождении или удостоверение личности (паспорт) обучавшегося (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) при изменении фамилии (имя, отчество (при его наличии) и (или) порче документа об образовании прилагается оригинал документа об образовании. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление в форме электронного документа на имя руководителя организации технического и профессионального образования согласно приложению 5 к настоящим Правилам, удостоверенного электронной цифровой подписью услугополучателя или удостоверенным одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="173"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 настоящего стандарта государственной услуги и (или) документов с истекшим сроком действия, работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 4 к настоящим правилам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1435" w:id="174"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучателям, имеющим полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту их жительства при обращении услугополучателя через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услуополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информацию о порядке и статусе оказания государственной услуги услугополучатель получает посредством Единого контакт-центра: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб услугодателя размещены на интернет-ресурсе Министерства: www.edu.gov.kz и Единого контакт-центра: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="174"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7365"/>
+        <w:gridCol w:w="6715"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7365" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="6715" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи документов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="7365" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="6715" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...246 lines deleted...]
-              <w:t>атауы және мекенжайы</w:t>
+              <w:t>____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/фамилия имя, отчество (при его наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководитель высшего учебного заведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - вуз) полностью/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от_______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/фамилия, имя, отчество (при его наличии) полностью/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на английском языке полностью/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/при изменении фамилии, имени, отчества (при его наличии)/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/контактные данные услугополучателя/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/год окончания вуза/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по специальности (образовательной программы)/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/наименование специальности (образовательной программы)/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/наименование и адрес вуза, в случае изменения/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7365" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6715" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="113"/>
+    <w:bookmarkStart w:name="z1441" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
+        <w:t xml:space="preserve">                                                                            Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...163 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1442" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                                  (қолы)</w:t>
+      Прошу Вас выдать мне дубликат диплома (дубликат диплома с приложениями,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дубликат диплома, дубликат приложения) в связи с</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________  /указать причину/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите" тайну,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z1443" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________20___года _____________________  /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z1444" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: фамилия, имя, отчество (при его наличии) услугополучателя заполняется</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>печатными буквами, согласно документу, удостоверяющему его личность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43960,4217 +46788,1924 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім туралы мемлекеттік </w:t>
-[...38 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам выдачи</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного образца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="605"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9462"/>
+        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="2147"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Техникалық және кәсіптік білім туралы құжаттардың телнұсқаларын беру" мемлекеттік қызмет стандарты</w:t>
+Стандарт государственной услуги "Выдача дубликатов документов о высшем и послевузовском образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Техникалық және кәсіптік білім беру ұйымдары </w:t>
+              <w:t>
+Высшие учебные заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті көрсету ттәсілдері</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1446" w:id="179"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="179"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
-[...41 lines deleted...]
-3) "www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1448" w:id="180"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) с момента сдачи услугополучателем документов в Государственную корпорацию или на портал – 15 (пятнадцать) рабочих дней. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов в Государственной корпорации-15 (пятнадцать) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) максимально допустимое время обслуживания в Государственной корпорации - 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="180"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушы Мемлекеттік корпорацияға немесе техникалық және кәсіптік білім беру ұйымына немесе порталға құжаттарды тапсырған сәттен бастап – 15 (он бес) жұмыс күні;</w:t>
-[...27 lines deleted...]
-3) Мемлекеттік корпорацияда қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Электронная (частично автоматизированная) и (или) бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электрондық (ішінара автоматтандырылған) және (немесе) қағаз жүзінде</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1450" w:id="181"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дубликат документа о высшем и послевузовском образовании либо мотивированный ответ об отказе. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Государственной корпорации выдача готовых документов осуществляется при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал результат оказания государственной услуги получают по адресу указанному в запросе.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная корпорация обеспечивает хранение документов, в течение 1 (одного) месяца, после чего передает их услугодателю для дальнейшего хранения.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении услугополучателя по истечении 1 (одного) месяца, по запросу Государственной корпорации услугодатель в течение 1 (одного) рабочего дня направляет готовые документы в Государственную корпорацию для выдачи услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="181"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Техникалық және кәсіптік білім туралы құжаттардың телнұсқасы не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап. </w:t>
-[...69 lines deleted...]
-Көрсетілетін қызметті алушы 1 (бір) ай өткен соң жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті алушы 1 (бір) жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+Бесплатно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының Заңында көзделген жағдайларда оны алу тәсілдері </w:t>
+              <w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1455" w:id="182"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя - с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, в соответствии с установленным графиком работы услугодателя с 9.00 до 18.00 часов, с перерывом на обед с 13.00 до 14.00 часов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации – с понедельника по субботу включительно, в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов осуществляется по выбору услугополучателя в порядке "электронной очереди", либо путем бронирования электронной очереди посредством веб-портала "электронного правительства" без ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала - круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года, прием заявлений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) интернет-ресурсе Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="182"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік көрсетілетін қызмет ақысыз негізде жеке тұлғаларға көрсетіледі </w:t>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1462" w:id="183"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление услугополучателя или его представителя (нотариально удостоверенная доверенность от услугополучателя) на имя руководителя высшего учебного заведения по форме согласно приложению 7 к Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность услугополучателя (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) при изменении фамилии (имя, отчество (при его наличии) и (или) порче документа об образовании прилагается оригинал документа об образовании. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства" и направляет услугодателю.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально удостоверенной доверенности).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заявление в форме электронного документа на имя руководителя высшего учебного заведения согласно приложению 7 к Правилам, удостоверенного электронной цифровой подписью услугополучателя или удостоверенным одноразовым паролем, в случае регистрации и подключения абонентского номера услугополучателя, предоставленного оператором сотовой связи, к учетной записи портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="183"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушіде – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.00-ге дейін түскі үзіліспен, сағат 9.00-ден 18.00-ге дейін, көрсетілетін қызметті берушінің белгіленген жұмыс кестесіне сәйкес;</w:t>
-[...83 lines deleted...]
-3) www.egov.kz порталында.</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+В случае представления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 4 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2233" w:type="dxa"/>
+            <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...14 lines deleted...]
-қажетті құжаттар тізімі </w:t>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9462" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Көрсетілетін қызметті берушінің кеңсесіне немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
-[...83 lines deleted...]
-көрсетілетін қызметті алушының электронды цифрлық қолтаңбасымен куәландырылған немесе порталдың есептік жазбасына көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған, абоненттік нөмірі қосылған және тіркелген жағдайда, бір рет қолданылатын парольмен куәландырылған электрондық құжат нысанындағы осы Қағидалардың 5-қосымшаға сәйкес техникалық және кәсіптік білім беру ұйымының басшысының атына өтініш. </w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="dxa"/>
+            <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1470" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-9</w:t>
+              <w:t xml:space="preserve">
+Услугополучателям, имеющим полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту их жительства при обращении услугополучателя через Единый контакт-центр 1414, 8 800 080 7777. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услуополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Информацию о порядке и статусе оказания государственной услуги услугополучатель получает посредством Единого контакт-центра: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб услугодателя размещены на интернет-ресурсе Министерства: www.edu.gov.kz и Единого контакт-центра: www.egov.kz.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2794 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="184"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -48187,51 +48722,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -48570,35 +49105,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>